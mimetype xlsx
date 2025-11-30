--- v0 (2025-10-15)
+++ v1 (2025-11-30)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1179">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1239">
   <si>
     <t>Sequência</t>
   </si>
   <si>
     <t>Nº Contrato</t>
   </si>
   <si>
     <t>Unidade/Objeto</t>
   </si>
   <si>
     <t>Fornecedor/CNPJ</t>
   </si>
   <si>
     <t>Data Assinatura/Valor</t>
   </si>
   <si>
     <t>Vigência</t>
   </si>
   <si>
     <t>046/2025</t>
   </si>
   <si>
     <t>SECRETARIA MUNICIPAL DE ADMINISTRAÇÃO
 Realização de Show Musical com o cantor de renome...</t>
   </si>
@@ -1001,2471 +1001,2665 @@
     <t>083/2023</t>
   </si>
   <si>
     <t>SECRETARIA MUNICIPAL DE EDUCAÇÃO
 Contratação de empresa especializada para Aquisiçã...</t>
   </si>
   <si>
     <t>02/10/2024
 40.800,00</t>
   </si>
   <si>
     <t>0201001/2024</t>
   </si>
   <si>
     <t>SECRETARIA MUNICIPAL DE SAÚDE
 Aquisição de Gêneros Alimentícios, para atender as...</t>
   </si>
   <si>
     <t>02/01/2024
 1.025.639,50</t>
   </si>
   <si>
     <t>02/01/2024 a 02/01/2025</t>
   </si>
   <si>
+    <t>103/2023</t>
+  </si>
+  <si>
+    <t>SECRETARIA MUNICIPAL DE EDUCAÇÃO
+Contratação de empresa visando a execução dos serv...</t>
+  </si>
+  <si>
+    <t>DOMÍNIOS CONSTRUÇÕES E SERVIÇOS LTDA
+21.398.119/0001-34</t>
+  </si>
+  <si>
+    <t xml:space="preserve">31/10/2024
+</t>
+  </si>
+  <si>
+    <t>31/10/2024 a 28/11/2025</t>
+  </si>
+  <si>
+    <t>127/2024</t>
+  </si>
+  <si>
+    <t>A SECRETARIA MUNICIPAL DE INFRAESTURA E MOBILIDADE URBANA
+CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA REALIZAÇ...</t>
+  </si>
+  <si>
+    <t>ROTA CONSTRUÇÕES LTDA
+13.041.586/0002-65</t>
+  </si>
+  <si>
+    <t>18/11/2024
+373.674,06</t>
+  </si>
+  <si>
+    <t>18/11/2024 a 18/05/2025</t>
+  </si>
+  <si>
+    <t>126/2024</t>
+  </si>
+  <si>
+    <t>SECRETARIA MUNICIPAL DE EDUCAÇÃO
+CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA A CONSTR...</t>
+  </si>
+  <si>
+    <t>ENGESERV CONSTRUTORA LTDA
+31.570.201/0001-58</t>
+  </si>
+  <si>
+    <t>14/11/2024
+2.246.000,00</t>
+  </si>
+  <si>
+    <t>14/11/2024 a 14/01/2026</t>
+  </si>
+  <si>
+    <t>0111001/2024</t>
+  </si>
+  <si>
+    <t>SECRETARIA MUNICIPAL DE SAÚDE
+Forrnecimento contínuo de derivados de petróleo: g...</t>
+  </si>
+  <si>
+    <t>j m combustiveis ltda
+24.692.842/0001-10</t>
+  </si>
+  <si>
+    <t>01/11/2024
+304.161,56</t>
+  </si>
+  <si>
+    <t>01/11/2024 a 01/05/2025</t>
+  </si>
+  <si>
+    <t>125/2024</t>
+  </si>
+  <si>
+    <t>A SECRETARIA MUNICIPAL DE INFRAESTURA E MOBILIDADE URBANA
+CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA A REVITA...</t>
+  </si>
+  <si>
+    <t>SAMBAIBA CONSTRUÇÕES LTDA
+32.611.684/0001-54</t>
+  </si>
+  <si>
+    <t>19/11/2024
+274.298,41</t>
+  </si>
+  <si>
+    <t>19/11/2024 a 30/06/2025</t>
+  </si>
+  <si>
+    <t>124/2024</t>
+  </si>
+  <si>
+    <t>SAMBAIBA CONSTRUÇÕES LTDA
+10.561.407/0001-41</t>
+  </si>
+  <si>
+    <t>19/11/2024
+194.363,52</t>
+  </si>
+  <si>
+    <t>1710001/2024</t>
+  </si>
+  <si>
+    <t>SECRETARIA MUNICIPAL DE SAÚDE
+Aquisição de Carnes Bovina para atender as demanda...</t>
+  </si>
+  <si>
+    <t>17/10/2024
+112.200,00</t>
+  </si>
+  <si>
+    <t>17/10/2024 a 17/10/2025</t>
+  </si>
+  <si>
+    <t>095/2023</t>
+  </si>
+  <si>
+    <t>SECRETARIA MUNICIPAL DE EDUCAÇÃO
+Aquisição de Pamonhas e Derivados do Milho, para a...</t>
+  </si>
+  <si>
+    <t>M M MARTINS LTDA
+42.588.873/0001-07</t>
+  </si>
+  <si>
+    <t>10/10/2024
+270.000,00</t>
+  </si>
+  <si>
+    <t>10/10/2024 a 10/10/2025</t>
+  </si>
+  <si>
+    <t>107/2024</t>
+  </si>
+  <si>
+    <t>SECRETARIA MUNICIPAL DE EDUCAÇÃO
+Aquisição de Materiais de Expediente para atender...</t>
+  </si>
+  <si>
+    <t>WELSON BARBOSA DA SILVA
+27.549.861/0001-80</t>
+  </si>
+  <si>
+    <t>17/10/2024
+56.196,50</t>
+  </si>
+  <si>
+    <t>106/2024</t>
+  </si>
+  <si>
+    <t>SUPERMERCADO MONTEIRO LTDA
+29.335.548/0001-74</t>
+  </si>
+  <si>
+    <t>17/10/2024
+38.866,25</t>
+  </si>
+  <si>
+    <t>105/2024</t>
+  </si>
+  <si>
+    <t>17/10/2024
+239.685,40</t>
+  </si>
+  <si>
+    <t>104/2024</t>
+  </si>
+  <si>
+    <t>GCL DISTRIBUIDORA E REPRESENTACOES LTDA
+46.743.683/0001-78</t>
+  </si>
+  <si>
+    <t>17/10/2024
+59.931,60</t>
+  </si>
+  <si>
+    <t>103/2024</t>
+  </si>
+  <si>
+    <t>SECRETARIA MUNICIPAL DE ASSISTÊNCIA SOCIAL E DIREITOS HUMANOS
+Aquisição de Materiais de Expediente para atender...</t>
+  </si>
+  <si>
+    <t>17/10/2024
+15.843,40</t>
+  </si>
+  <si>
+    <t>102/2024</t>
+  </si>
+  <si>
+    <t>17/10/2024
+29.457,70</t>
+  </si>
+  <si>
+    <t>101/2024</t>
+  </si>
+  <si>
+    <t>17/10/2024
+130.507,60</t>
+  </si>
+  <si>
+    <t>100/2024</t>
+  </si>
+  <si>
+    <t>17/10/2024
+19.567,10</t>
+  </si>
+  <si>
+    <t>096/2024</t>
+  </si>
+  <si>
+    <t>SECRETARIA MUNICIPAL DE ADMINSITRAÇÃO
+Aquisição de Materiais de Expediente para atender...</t>
+  </si>
+  <si>
+    <t>17/10/2024
+9.547,00</t>
+  </si>
+  <si>
+    <t>097/2024</t>
+  </si>
+  <si>
+    <t>17/10/2024
+1.920,50</t>
+  </si>
+  <si>
+    <t>098/2024</t>
+  </si>
+  <si>
+    <t>SECRETARIA MUNICIPAL DE ADMINISTRAÇÃO
+Aquisição de Materiais de Expediente para atender...</t>
+  </si>
+  <si>
+    <t>30/10/2024
+137.711,00</t>
+  </si>
+  <si>
+    <t>099/2024</t>
+  </si>
+  <si>
+    <t>17/10/2024
+19.868,20</t>
+  </si>
+  <si>
+    <t>122/2024</t>
+  </si>
+  <si>
+    <t>SECRETARIA MUNICIPAL DE EDUCAÇÃO
+Aquisição de Materiais de Limpeza para atender as...</t>
+  </si>
+  <si>
+    <t>21/10/2024
+232.063,90</t>
+  </si>
+  <si>
+    <t>23/10/2024 a 23/10/2025</t>
+  </si>
+  <si>
+    <t>121/2024</t>
+  </si>
+  <si>
+    <t>17/10/2024
+161.246,44</t>
+  </si>
+  <si>
+    <t>120/2024</t>
+  </si>
+  <si>
+    <t>17/10/2024
+21.958,70</t>
+  </si>
+  <si>
+    <t>119/2024</t>
+  </si>
+  <si>
+    <t>FORT CLEAN - DISTRIBUIDORA LTDA
+22.525.037/0001-76</t>
+  </si>
+  <si>
+    <t>17/10/2024
+82.140,00</t>
+  </si>
+  <si>
+    <t>118/2024</t>
+  </si>
+  <si>
+    <t>COMASA COMERCIO E SERVICOS LTDA
+12.088.738/0001-31</t>
+  </si>
+  <si>
+    <t>17/10/2024
+4.429,80</t>
+  </si>
+  <si>
+    <t>117/2024</t>
+  </si>
+  <si>
+    <t>SECRETARIA MUNICIPAL DE ASSISTÊNCIA SOCIAL E DIREITOS HUMANOS
+Aquisição de Materiais de Limpeza para atender as...</t>
+  </si>
+  <si>
+    <t>21/10/2024
+32.510,15</t>
+  </si>
+  <si>
+    <t>116/2024</t>
+  </si>
+  <si>
+    <t>17/10/2024
+11.797,90</t>
+  </si>
+  <si>
+    <t>115/2024</t>
+  </si>
+  <si>
+    <t>17/10/2024
+6.572,50</t>
+  </si>
+  <si>
+    <t>114/2024</t>
+  </si>
+  <si>
+    <t>22/10/2024
+11.923,40</t>
+  </si>
+  <si>
+    <t>113/2024</t>
+  </si>
+  <si>
+    <t>22/10/2024
+210,10</t>
+  </si>
+  <si>
+    <t>112/2024</t>
+  </si>
+  <si>
+    <t>SECRETARIA MUNICIPAL DE ADMINSITRAÇÃO
+Aquisição de Materiais de Limpeza para atender as...</t>
+  </si>
+  <si>
+    <t>21/10/2024
+44.234,32</t>
+  </si>
+  <si>
+    <t>111/2024</t>
+  </si>
+  <si>
+    <t>22/10/2024
+60.178,05</t>
+  </si>
+  <si>
+    <t>110/2024</t>
+  </si>
+  <si>
+    <t>22/10/2024
+4.975,78</t>
+  </si>
+  <si>
+    <t>109/2024</t>
+  </si>
+  <si>
+    <t>SECRETARIA MUNICIPAL DE COMUNICAÇÃO
+Aquisição de Materiais de Limpeza para atender as...</t>
+  </si>
+  <si>
+    <t>22/10/2024
+21.488,24</t>
+  </si>
+  <si>
+    <t>108/2024</t>
+  </si>
+  <si>
+    <t>22/10/2024
+990,20</t>
+  </si>
+  <si>
+    <t>092/2024</t>
+  </si>
+  <si>
+    <t>SECRETARIA MUNICIPAL DE EDUCAÇÃO
+Aquisição de gêneros alimentícios para compor o ca...</t>
+  </si>
+  <si>
+    <t>CARVALHO BONFIM LTDA
+37.790.723/0001-41</t>
+  </si>
+  <si>
+    <t>29/08/2024
+155.697,00</t>
+  </si>
+  <si>
+    <t>29/08/2024 a 29/08/2025</t>
+  </si>
+  <si>
+    <t>093/2024</t>
+  </si>
+  <si>
+    <t>MEGA VENDAS DISTRIBUIDORA LTDA
+12.145.041/0001-55</t>
+  </si>
+  <si>
+    <t>29/08/2024
+593.884,00</t>
+  </si>
+  <si>
+    <t>094/2024</t>
+  </si>
+  <si>
+    <t>22/08/2024
+559.530,68</t>
+  </si>
+  <si>
+    <t>22/08/2024 a 22/08/2025</t>
+  </si>
+  <si>
+    <t>091/2024</t>
+  </si>
+  <si>
+    <t>K N SILVA MATOS
+27.490.149/0001-52</t>
+  </si>
+  <si>
+    <t>22/08/2024
+1.216.902,00</t>
+  </si>
+  <si>
+    <t>089/2024</t>
+  </si>
+  <si>
+    <t>SECRETARIA MUNICIPAL DE EDUCAÇÃO
+Aquisição de Livros Didáticos para atender as dema...</t>
+  </si>
+  <si>
+    <t>INOVE EDUCACIONAL LTDA
+35.187.278/0001-02</t>
+  </si>
+  <si>
+    <t>16/08/2024
+302.510,00</t>
+  </si>
+  <si>
+    <t>16/08/2024 a 16/08/2025</t>
+  </si>
+  <si>
+    <t>090/2024</t>
+  </si>
+  <si>
+    <t>SECRETARIA MUNICIPAL DE EDUCAÇÃO
+Contratação de serviços profissional para realizar...</t>
+  </si>
+  <si>
+    <t>WESGLY DE MATOS SALES
+27.612.207/0001-73</t>
+  </si>
+  <si>
+    <t>31/07/2024
+64.000,00</t>
+  </si>
+  <si>
+    <t>31/07/2024 a 31/01/2025</t>
+  </si>
+  <si>
+    <t>087/2024</t>
+  </si>
+  <si>
+    <t>SECRETARIA MUNICIPAL DE ASSISTÊNCIA SOCIAL E DIREITOS HUMANOS
+Fornecimento contínuo de derivados de petróleo: g...</t>
+  </si>
+  <si>
+    <t>05/08/2024
+183.120,00</t>
+  </si>
+  <si>
+    <t>05/08/2024 a 05/02/2025</t>
+  </si>
+  <si>
+    <t>086/2024</t>
+  </si>
+  <si>
+    <t>SECRETARIA MUNICIPAL DE EDUCAÇÃO
+Fornecimento contínuo de derivados de petróleo: g...</t>
+  </si>
+  <si>
+    <t>05/08/2024
+443.010,00</t>
+  </si>
+  <si>
+    <t>088/2024</t>
+  </si>
+  <si>
+    <t>A SECRETARIA MUNICIPAL DE INFRAESTURA E MOBILIDADE URBANA
+fornecimento contínuo de derivados de petróleo: g...</t>
+  </si>
+  <si>
+    <t>05/08/2024
+1.496.400,00</t>
+  </si>
+  <si>
+    <t>085/2024</t>
+  </si>
+  <si>
+    <t>SECRETARIA MUNICIPAL DE ADMINSITRAÇÃO
+Fornecimento contínuo de derivados de petróleo: g...</t>
+  </si>
+  <si>
+    <t>05/08/2024
+1.030.560,00</t>
+  </si>
+  <si>
+    <t>806001/2024</t>
+  </si>
+  <si>
+    <t>SECRETARIA MUNICIPAL DE EDUCAÇÃO
+Aquisição de coletânea de material lúdico para cre...</t>
+  </si>
+  <si>
+    <t>S. R. DA SILVA LIVROS
+12.363.679/0001-62</t>
+  </si>
+  <si>
+    <t>06/08/2024
+57.500,00</t>
+  </si>
+  <si>
+    <t>06/08/2024 a 06/08/2025</t>
+  </si>
+  <si>
+    <t>084/2024</t>
+  </si>
+  <si>
+    <t>SECRETARIA MUNICIPAL DE EDUCAÇÃO
+Aquisição dos Livros Didáticos, Coleção Caderno do...</t>
+  </si>
+  <si>
+    <t>IBEP INSTITUTO BRASILEIRO DE EDIÇÕES PEDAGÓGICAS LTDA
+61.016.028/0001-01</t>
+  </si>
+  <si>
+    <t>31/07/2024
+377.608,00</t>
+  </si>
+  <si>
+    <t>31/07/2024 a 31/07/2025</t>
+  </si>
+  <si>
+    <t>088/2023/</t>
+  </si>
+  <si>
+    <t>SECRETARIA MUNICIPAL DE ADMINISTRAÇÃO
+fornecimento de Refeições, Marmitex, Self Service...</t>
+  </si>
+  <si>
+    <t>MATHEUS MIRANDA MARINHO
+41.805.720/0001-01</t>
+  </si>
+  <si>
+    <t>10/10/2023
+61.704,91</t>
+  </si>
+  <si>
+    <t>10/10/2023 a 10/10/2024</t>
+  </si>
+  <si>
+    <t>618001/2024</t>
+  </si>
+  <si>
+    <t>A SECRETARIA MUNICIPAL DE INFRAESTURA E MOBILIDADE URBANA
+Aquisição de Parque Infantil, do tipo Playground p...</t>
+  </si>
+  <si>
+    <t>AQUARELA PARQUES LTDA
+10.433.905/0001-09</t>
+  </si>
+  <si>
+    <t>19/06/2024
+57.000,00</t>
+  </si>
+  <si>
+    <t>18/06/2024 a 18/06/2025</t>
+  </si>
+  <si>
+    <t>0703001/2024</t>
+  </si>
+  <si>
+    <t>SECRETARIA MUNICIPAL DE SAÚDE
+Contratação de empresa especializada na Confecção...</t>
+  </si>
+  <si>
+    <t>04/03/2024
+130.590,00</t>
+  </si>
+  <si>
+    <t>04/03/2024 a 04/03/2025</t>
+  </si>
+  <si>
+    <t>083/2024</t>
+  </si>
+  <si>
+    <t>SECRETARIA MUNICIPAL DE ASSISTÊNCIA SOCIAL E DIREITOS HUMANOS
+Constitui objeto do presente instrumento a contrat...</t>
+  </si>
+  <si>
+    <t>PAX CRISTO REI LTDA
+38.240.274/0001-20</t>
+  </si>
+  <si>
+    <t>13/06/2024
+626.000,00</t>
+  </si>
+  <si>
+    <t>13/06/2024 a 13/06/2025</t>
+  </si>
+  <si>
+    <t>016/2024/2024</t>
+  </si>
+  <si>
+    <t>SECRETARIA MUNICIPAL DE ADMINSITRAÇÃO
+Prestação dos Serviços de Locação de Palco, Ilumin...</t>
+  </si>
+  <si>
+    <t>05/02/2024
+713.125,00</t>
+  </si>
+  <si>
+    <t>05/02/2024 a 05/02/2025</t>
+  </si>
+  <si>
+    <t>2102001/2022</t>
+  </si>
+  <si>
+    <t>A SECRETARIA MUNICIPAL DE INFRAESTURA E MOBILIDADE URBANA
+OBJETO DO ADITIVO. O presente instrumento tem por...</t>
+  </si>
+  <si>
+    <t>H. DOS SANTOS BRAGA COMERCIO E SERVIÇOS
+24704746000144</t>
+  </si>
+  <si>
+    <t>29/12/2023
+676.164,63</t>
+  </si>
+  <si>
+    <t>02/01/2024 a 31/12/2024</t>
+  </si>
+  <si>
+    <t>A SECRETARIA MUNICIPAL DE INFRAESTURA E MOBILIDADE URBANA
+Prestação de Serviços de Sinalização Vertical e Ho...</t>
+  </si>
+  <si>
+    <t>28/02/2022
+676.164,63</t>
+  </si>
+  <si>
+    <t>28/02/2022 a 31/12/2022</t>
+  </si>
+  <si>
+    <t>SECRETARIA MUNICIPAL DE EDUCAÇÃO
+Objeto prorrogar o prazo de vigência do Contrato o...</t>
+  </si>
+  <si>
+    <t xml:space="preserve">31/03/2024
+</t>
+  </si>
+  <si>
+    <t>31/03/2024 a 31/10/2024</t>
+  </si>
+  <si>
+    <t>1011013/2022</t>
+  </si>
+  <si>
+    <t>SECRETARIA MUNICIPAL DE ASSISTÊNCIA SOCIAL E DIREITOS HUMANOS
+Contratação de empresa especializada no fornecimen...</t>
+  </si>
+  <si>
+    <t>09/11/2023
+9.858,00</t>
+  </si>
+  <si>
+    <t>11/11/2023 a 11/05/2024</t>
+  </si>
+  <si>
+    <t>1011012/2022</t>
+  </si>
+  <si>
+    <t>09/11/2023
+32.030,00</t>
+  </si>
+  <si>
+    <t>1011009/2022</t>
+  </si>
+  <si>
+    <t>SECRETARIA MUNICIPAL DE SAÚDE
+Contratação de empresa especializada no fornecimen...</t>
+  </si>
+  <si>
+    <t>10/11/2023
+30.509,50</t>
+  </si>
+  <si>
+    <t>10/11/2023 a 10/11/2023</t>
+  </si>
+  <si>
+    <t>1011007/2022</t>
+  </si>
+  <si>
+    <t>SECRETARIA MUNICIPAL DE EDUCAÇÃO
+Contratação de empresa especializada no fornecimen...</t>
+  </si>
+  <si>
+    <t>09/11/2023
+53.087,00</t>
+  </si>
+  <si>
+    <t>1011006/2022</t>
+  </si>
+  <si>
+    <t>09/11/2023
+58.666,75</t>
+  </si>
+  <si>
+    <t>1011005/2022</t>
+  </si>
+  <si>
+    <t>09/11/2023
+45.669,75</t>
+  </si>
+  <si>
+    <t>1011004/2022</t>
+  </si>
+  <si>
+    <t>SECRETARIA MUNICIPAL DE ADMINSITRAÇÃO
+Contratação de empresa especializada no fornecimen...</t>
+  </si>
+  <si>
+    <t>09/11/2023
+11.552,50</t>
+  </si>
+  <si>
+    <t>1011003/2022</t>
+  </si>
+  <si>
+    <t>09/11/2023
+31.006,00</t>
+  </si>
+  <si>
+    <t>1011002/2022</t>
+  </si>
+  <si>
+    <t>09/11/2023
+8.297,75</t>
+  </si>
+  <si>
+    <t>10/11/2022
+39.432,00</t>
+  </si>
+  <si>
+    <t>10/11/2022 a 10/11/2023</t>
+  </si>
+  <si>
+    <t>10/11/2022
+122.038,00</t>
+  </si>
+  <si>
+    <t>1011008/2022</t>
+  </si>
+  <si>
+    <t>10/11/2022
+28.238,50</t>
+  </si>
+  <si>
+    <t>1011010/2022</t>
+  </si>
+  <si>
+    <t>10/11/2022
+59.060,00</t>
+  </si>
+  <si>
+    <t>10/11/2022
+234.667,50</t>
+  </si>
+  <si>
+    <t>10/11/2022
+182.679,50</t>
+  </si>
+  <si>
+    <t>10/11/2022
+212.348,60</t>
+  </si>
+  <si>
+    <t>10/11/2022
+128.120,00</t>
+  </si>
+  <si>
+    <t>1011011/2022</t>
+  </si>
+  <si>
+    <t>10/11/2022
+23.906,50</t>
+  </si>
+  <si>
+    <t>10/11/2022
+124.024,50</t>
+  </si>
+  <si>
+    <t>10/11/2022
+33.191,50</t>
+  </si>
+  <si>
+    <t>10/11/2022
+46.210,00</t>
+  </si>
+  <si>
+    <t>093/2023</t>
+  </si>
+  <si>
+    <t>SECRETARIA MUNICIPAL DE EDUCAÇÃO
+contratação de empresa para realização das Obras d...</t>
+  </si>
+  <si>
+    <t>SAMBAIBA CONSTRUÇÕES L TDA
+10.561.407/0001-41</t>
+  </si>
+  <si>
+    <t>06/02/2024
+723.377,93</t>
+  </si>
+  <si>
+    <t>06/02/2024 a 31/07/2024</t>
+  </si>
+  <si>
+    <t>039/2023</t>
+  </si>
+  <si>
+    <t>04/04/2024
+36.055,17</t>
+  </si>
+  <si>
+    <t>06/04/2024 a 03/10/2024</t>
+  </si>
+  <si>
+    <t>04/04/2024
+212.725,49</t>
+  </si>
+  <si>
+    <t>04/04/2024
+111.771,02</t>
+  </si>
+  <si>
+    <t>042/2023</t>
+  </si>
+  <si>
+    <t>LIDER CONSTRUÇÕES LTDA
+13.234.270/0001-09</t>
+  </si>
+  <si>
+    <t>05/04/2023
+208.603,54</t>
+  </si>
+  <si>
+    <t>05/04/2023 a 05/04/2024</t>
+  </si>
+  <si>
+    <t>041/2023</t>
+  </si>
+  <si>
+    <t>05/04/2023
+78.226,33</t>
+  </si>
+  <si>
+    <t>040/2023</t>
+  </si>
+  <si>
+    <t>05/04/2023
+234.678,99</t>
+  </si>
+  <si>
+    <t>05/04/2023
+144.220,67</t>
+  </si>
+  <si>
+    <t>05/04/2023
+447.084,08</t>
+  </si>
+  <si>
+    <t>057/2025</t>
+  </si>
+  <si>
+    <t>SECRETARIA MUNICIPAL DE EDUCAÇÃO
+Aquisição de 01 (um) Caminhão Bau Refrigerado para...</t>
+  </si>
+  <si>
+    <t>EMPORIUM COMERCIO DE VEICULOS E EQUIPAMENTOS E SERVIÇOS LTDA
+05.163.253/0001-08</t>
+  </si>
+  <si>
+    <t>17/09/2025
+541.500,00</t>
+  </si>
+  <si>
+    <t>17/09/2025 a 17/09/2026</t>
+  </si>
+  <si>
+    <t>05/04/2023
+850.901,95</t>
+  </si>
+  <si>
+    <t>047/2025</t>
+  </si>
+  <si>
+    <t>SECRETARIA MUNICIPAL DE ADMINISTRAÇÃO
+Consultoria Especializada em Desenvolvimento Terri...</t>
+  </si>
+  <si>
+    <t>SERVIÇO DE APOIO ÀS MICRO E PEQUENAS EMPRESAS DO MARANHÃO SEBRAEMA
+06.053.847/0001-10</t>
+  </si>
+  <si>
+    <t>04/07/2025
+80.672,50</t>
+  </si>
+  <si>
+    <t>04/07/2025 a 04/07/2026</t>
+  </si>
+  <si>
+    <t>063/2024</t>
+  </si>
+  <si>
+    <t>A SECRETARIA MUNICIPAL DE INFRAESTURA E MOBILIDADE URBANA
+Contratação de empresa especializada na prestação...</t>
+  </si>
+  <si>
+    <t>01/03/2023
+280.050,00</t>
+  </si>
+  <si>
+    <t>01/03/2024 a 01/03/2025</t>
+  </si>
+  <si>
+    <t>062/2024</t>
+  </si>
+  <si>
+    <t>SECRETARIA MUNICIPAL DE EDUCAÇÃO
+Contratação de empresa especializada na prestação...</t>
+  </si>
+  <si>
+    <t>01/03/2023
+49.800,00</t>
+  </si>
+  <si>
+    <t>061/2024</t>
+  </si>
+  <si>
+    <t>SECRETARIA MUNICIPAL DE ASSISTÊNCIA SOCIAL E DIREITOS HUMANOS
+Contratação de empresa especializada na prestação...</t>
+  </si>
+  <si>
+    <t>01/03/2023
+51.900,00</t>
+  </si>
+  <si>
+    <t>082/2024</t>
+  </si>
+  <si>
+    <t>SECRETARIA MUNICIPAL DE EDUCAÇÃO
+Aquisição do Sistema de Ensino NAME para atender a...</t>
+  </si>
+  <si>
+    <t>GRAFICA E EDITORA POSIGRAF LTDA
+75.104.422/0008-82</t>
+  </si>
+  <si>
+    <t>03/04/2024
+429.147,00</t>
+  </si>
+  <si>
+    <t>03/04/2024 a 03/04/2025</t>
+  </si>
+  <si>
+    <t>905001/2025</t>
+  </si>
+  <si>
+    <t>SECRETARIA MUNICIPAL DE EDUCAÇÃO
+Aquisição de 01 (um) Parque Infantil, do tipo Play...</t>
+  </si>
+  <si>
+    <t>ROTOCYCLE INDUSTRIA E COMÉRCIO E PLASTICO LTDA
+34.914.897/0001-80</t>
+  </si>
+  <si>
+    <t>09/09/2025
+53.883,00</t>
+  </si>
+  <si>
+    <t>09/09/2025 a 09/12/2025</t>
+  </si>
+  <si>
+    <t>0603001/2023</t>
+  </si>
+  <si>
+    <t>SECRETARIA MUNICIPAL DE ADMINSITRAÇÃO
+Contratação De Empresa Especializada Na Prestação...</t>
+  </si>
+  <si>
+    <t>NP TECNOLOGIA E GESTAO DE DADOS LTDA
+07.797.967/0001-95</t>
+  </si>
+  <si>
+    <t>18/04/2024
+11.960,00</t>
+  </si>
+  <si>
+    <t>18/04/2024 a 18/04/2025</t>
+  </si>
+  <si>
+    <t>088/2025</t>
+  </si>
+  <si>
+    <t>SECRETARIA MUNICIPAL DE ADMINISTRAÇÃO
+Contratação de empresa especializada para o fornec...</t>
+  </si>
+  <si>
+    <t>AUTOGIRO PEÇAS E SERVIÇOS LTDA
+02.695.358/0001-01</t>
+  </si>
+  <si>
+    <t>24/11/2025
+701.587,33</t>
+  </si>
+  <si>
+    <t>24/11/2025 a 24/11/2026</t>
+  </si>
+  <si>
+    <t>089/2025</t>
+  </si>
+  <si>
+    <t>SECRETARIA MUNICIPAL DE EDUCAÇÃO
+Contratação de empresa especializada para o forne...</t>
+  </si>
+  <si>
+    <t>24/11/2025
+515.959,20</t>
+  </si>
+  <si>
+    <t>090/2025</t>
+  </si>
+  <si>
+    <t>SECRETARIA MUNICIPAL DE ASSISTÊNCIA SOCIAL E DIREITOS HUMANOS
+Contratação de empresa especializada para o forne...</t>
+  </si>
+  <si>
+    <t>24/11/2025
+103.657,79</t>
+  </si>
+  <si>
+    <t>081/2024</t>
+  </si>
+  <si>
+    <t>SECRETARIA MUNICIPAL DE EDUCAÇÃO
+Aquisição de Computadores e Materiais de Consumo p...</t>
+  </si>
+  <si>
+    <t>V. C. DA ROCHA DISTRIBUIDORA
+05.808.979/0001-42</t>
+  </si>
+  <si>
+    <t>26/04/2024
+940,00</t>
+  </si>
+  <si>
+    <t>26/04/2024 a 26/04/2025</t>
+  </si>
+  <si>
+    <t>071/2025</t>
+  </si>
+  <si>
+    <t>A SECRETARIA MUNICIPAL DE INFRAESTRUTURA E MOBILIDADE URBANA
+Serviços de PAVIMENTAÇÃO em tratamento superficial...</t>
+  </si>
+  <si>
+    <t>07/10/2025
+3.350.000,00</t>
+  </si>
+  <si>
+    <t>07/10/2025 a 07/10/2026</t>
+  </si>
+  <si>
+    <t>080/2024</t>
+  </si>
+  <si>
+    <t>SECRETARIA MUNICIPAL DE ASSISTÊNCIA SOCIAL E DIREITOS HUMANOS
+Aquisição de Computadores e Materiais de Consumo p...</t>
+  </si>
+  <si>
+    <t>26/04/2024
+4.972,00</t>
+  </si>
+  <si>
+    <t>073/2025</t>
+  </si>
+  <si>
+    <t>SECRETARIA MUNICIPAL DE ADMINISTRAÇÃO
+Contratação de empresa especializada na prestação...</t>
+  </si>
+  <si>
+    <t>SILOMI DE OLIVEIRA MOREIRA
+06.697.072/0001-16</t>
+  </si>
+  <si>
+    <t>01/10/2025
+435.946,20</t>
+  </si>
+  <si>
+    <t>01/10/2025 a 01/10/2026</t>
+  </si>
+  <si>
+    <t>074/2025</t>
+  </si>
+  <si>
+    <t>01/10/2025
+386.250,60</t>
+  </si>
+  <si>
+    <t>075/2025</t>
+  </si>
+  <si>
+    <t>01/10/0205
+282.457,00</t>
+  </si>
+  <si>
+    <t>1011001/2025</t>
+  </si>
+  <si>
+    <t>SECRETARIA MUNICIPAL DE SAÚDE
+Contratação de empresa especializada na prestação...</t>
+  </si>
+  <si>
+    <t>10/11/2025
+504.095,60</t>
+  </si>
+  <si>
+    <t>10/11/2025 a 10/11/2026</t>
+  </si>
+  <si>
+    <t>079/2024</t>
+  </si>
+  <si>
+    <t>SECRETARIA MUNICIPAL DE ADMINSITRAÇÃO
+Aquisição de Computadores e Materiais de Consumo p...</t>
+  </si>
+  <si>
+    <t>26/04/2024
+5.983,00</t>
+  </si>
+  <si>
+    <t>062/2025</t>
+  </si>
+  <si>
+    <t>SECRETARIA MUNICIPAL DE EDUCAÇÃO
+Contratação dos serviços técnicos profissionais de...</t>
+  </si>
+  <si>
+    <t>WESGLY DE M. SALES - QUALITY ASSESSORIA E CONSULTORIA EDUCACIONAL
+27.612.207/0001-73</t>
+  </si>
+  <si>
+    <t>05/08/2025
+216.000,00</t>
+  </si>
+  <si>
+    <t>05/08/2025 a 05/08/2026</t>
+  </si>
+  <si>
+    <t>078/2024</t>
+  </si>
+  <si>
+    <t>TECHNO SOLUCOES LTDA
+27.499.665/0001-48</t>
+  </si>
+  <si>
+    <t>26/04/2024
+44.673,00</t>
+  </si>
+  <si>
+    <t>065/2025</t>
+  </si>
+  <si>
+    <t>SECRETARIA MUNICIPAL DE ADMINISTRAÇÃO
+Contratação de serviços de Hospedagem em hotéis na...</t>
+  </si>
+  <si>
+    <t>MARTINS E RICCI LTDA
+00.099.203/0001-87</t>
+  </si>
+  <si>
+    <t>05/09/2025
+377.884,40</t>
+  </si>
+  <si>
+    <t>05/09/2025 a 05/09/2026</t>
+  </si>
+  <si>
+    <t>066/2025</t>
+  </si>
+  <si>
+    <t>SECRETARIA MUNICIPAL DE ASSISTÊNCIA SOCIAL E DIREITOS HUMANOS
+Contratação de serviços de Hospedagem em hotéis na...</t>
+  </si>
+  <si>
+    <t>05/09/2025
+31.698,50</t>
+  </si>
+  <si>
+    <t>077/2024</t>
+  </si>
+  <si>
+    <t>26/04/2024
+28.045,00</t>
+  </si>
+  <si>
+    <t>041/2025</t>
+  </si>
+  <si>
+    <t>B E R COMÉRCIO E SERVIÇOS LTDA
+48.080.768/0001-49</t>
+  </si>
+  <si>
+    <t>21/05/2025
+44.465,00</t>
+  </si>
+  <si>
+    <t>21/05/2025 a 21/05/2026</t>
+  </si>
+  <si>
+    <t>076/2024</t>
+  </si>
+  <si>
+    <t>26/04/2024
+67.123,00</t>
+  </si>
+  <si>
+    <t>059/2025</t>
+  </si>
+  <si>
+    <t>SECRETARIA MUNICIPAL DE EDUCAÇÃO
+Fornecimento de combustíveis (Gasolina Comum, Dies...</t>
+  </si>
+  <si>
+    <t>J M COMBUSTIVEIS LTDA
+24.692.842/0001-10</t>
+  </si>
+  <si>
+    <t>11/08/2025
+853.702,00</t>
+  </si>
+  <si>
+    <t>11/08/2025 a 11/08/2026</t>
+  </si>
+  <si>
+    <t>060/2025</t>
+  </si>
+  <si>
+    <t>SECRETARIA MUNICIPAL DE ASSISTÊNCIA SOCIAL E DIREITOS HUMANOS
+Fornecimento de combustíveis (Gasolina Comum, Dies...</t>
+  </si>
+  <si>
+    <t>11/08/2025
+216.482,00</t>
+  </si>
+  <si>
+    <t>061/2025</t>
+  </si>
+  <si>
+    <t>A SECRETARIA MUNICIPAL DE INFRAESTRUTURA E MOBILIDADE URBANA
+Fornecimento de combustíveis (Gasolina Comum, Dies...</t>
+  </si>
+  <si>
+    <t>11/08/2025
+1.618.600,00</t>
+  </si>
+  <si>
+    <t>063/2025</t>
+  </si>
+  <si>
+    <t>SECRETARIA MUNICIPAL DE ADMINISTRAÇÃO
+Fornecimento de combustíveis (Gasolina Comum, Dies...</t>
+  </si>
+  <si>
+    <t>11/08/2025
+1.169.110,00</t>
+  </si>
+  <si>
+    <t>1610001/2025</t>
+  </si>
+  <si>
+    <t>SECRETARIA MUNICIPAL DE SAÚDE
+fornecimento contínuo de derivados de petróleo: ga...</t>
+  </si>
+  <si>
+    <t>16/10/2025
+1.263.760,00</t>
+  </si>
+  <si>
+    <t>16/10/2025 a 16/10/2026</t>
+  </si>
+  <si>
+    <t>075/2024</t>
+  </si>
+  <si>
+    <t>PAPELARIA IMPERATRIZ LTDA
+46.928.415/0001-20</t>
+  </si>
+  <si>
+    <t>26/04/2024
+14.999,54</t>
+  </si>
+  <si>
+    <t>074/2024</t>
+  </si>
+  <si>
+    <t>26/04/2024
+12.790,65</t>
+  </si>
+  <si>
+    <t>067/2025</t>
+  </si>
+  <si>
+    <t>SECRETARIA MUNICIPAL DE EDUCAÇÃO
+Aquisição de Aparelhos de Ar Condicionados, do tip...</t>
+  </si>
+  <si>
+    <t>LUKMAN REFRIGERACAO COMERCIAL E INDUSTRIAL LTDA
+38.249.690/0001-90</t>
+  </si>
+  <si>
+    <t>09/09/2025
+560.970,00</t>
+  </si>
+  <si>
+    <t>09/09/2025 a 09/09/2026</t>
+  </si>
+  <si>
+    <t>068/2025</t>
+  </si>
+  <si>
+    <t>SECRETARIA MUNICIPAL DE ADMINISTRAÇÃO
+Aquisição de Aparelhos de Ar Condicionados, do tip...</t>
+  </si>
+  <si>
+    <t>09/09/2025
+136.210,00</t>
+  </si>
+  <si>
+    <t>069/2025</t>
+  </si>
+  <si>
+    <t>SECRETARIA MUNICIPAL DE ASSISTÊNCIA SOCIAL E DIREITOS HUMANOS
+Aquisição de Aparelhos de Ar Condicionados, do tip...</t>
+  </si>
+  <si>
+    <t>09/09/2025
+29.520,00</t>
+  </si>
+  <si>
+    <t>073/2024</t>
+  </si>
+  <si>
+    <t>26/04/2024
+17.537,39</t>
+  </si>
+  <si>
+    <t>000/2025</t>
+  </si>
+  <si>
+    <t>SECRETARIA MUNICIPAL DE ADMINISTRAÇÃO
+Contratação da empresa a CAIXA ECONOMICA FEDERAL,...</t>
+  </si>
+  <si>
+    <t>11/02/2025
+97.977,72</t>
+  </si>
+  <si>
+    <t>11/02/2025 a 11/02/2030</t>
+  </si>
+  <si>
+    <t>072/2024</t>
+  </si>
+  <si>
+    <t>MR TECH INFORMATICA LTDA
+48.000.136/0001-28</t>
+  </si>
+  <si>
+    <t>26/04/2024
+18.900,00</t>
+  </si>
+  <si>
+    <t>040/2025</t>
+  </si>
+  <si>
+    <t>SECRETARIA MUNICIPAL DE ADMINISTRAÇÃO
+Realização de Show Musical com a Banda de renome n...</t>
+  </si>
+  <si>
+    <t>REY VAQUEIRO PRODUÇÕES ARTISRTICAS LTDA
+21.488.092/0001-70</t>
+  </si>
+  <si>
+    <t>30/05/2025
+240.000,00</t>
+  </si>
+  <si>
+    <t>30/05/2025 a 28/08/2025</t>
+  </si>
+  <si>
+    <t>071/2024</t>
+  </si>
+  <si>
+    <t>26/04/2024
+9.450,00</t>
+  </si>
+  <si>
+    <t>042/2025</t>
+  </si>
+  <si>
+    <t>SECRETARIA MUNICIPAL DE ADMINISTRAÇÃO
+Contratação do Show Musical com a artista de renom...</t>
+  </si>
+  <si>
+    <t>KS PRODUÇÕES LTDA
+53.988.921/0001-70</t>
+  </si>
+  <si>
+    <t>05/06/2025
+85.000,00</t>
+  </si>
+  <si>
+    <t>05/06/2025 a 02/09/2025</t>
+  </si>
+  <si>
+    <t>070/2024</t>
+  </si>
+  <si>
+    <t>26/04/2024
+28.350,00</t>
+  </si>
+  <si>
+    <t>069/2024</t>
+  </si>
+  <si>
+    <t>IPE SOLUCOES E ENGENHARIA LTDA
+09.593.842/0001-79</t>
+  </si>
+  <si>
+    <t>26/04/2024
+97.320,49</t>
+  </si>
+  <si>
+    <t>068/2024</t>
+  </si>
+  <si>
+    <t>26/04/2024
+31.251,46</t>
+  </si>
+  <si>
+    <t>064/2025</t>
+  </si>
+  <si>
+    <t>A SECRETARIA MUNICIPAL DE INFRAESTRUTURA E MOBILIDADE URBANA
+Serviços de Recuperação de Pavimentação Asfáltica...</t>
+  </si>
+  <si>
+    <t>01/09/2025
+1.808.371,15</t>
+  </si>
+  <si>
+    <t>01/09/2025 a 01/09/2026</t>
+  </si>
+  <si>
+    <t>067/2024</t>
+  </si>
+  <si>
+    <t>26/04/2024
+115.216,49</t>
+  </si>
+  <si>
+    <t>058/2025</t>
+  </si>
+  <si>
+    <t>SECRETARIA MUNICIPAL DE ASSISTÊNCIA SOCIAL E DIREITOS HUMANOS
+Aquisição de produtos para composição do enxoval d...</t>
+  </si>
+  <si>
+    <t>HIPERMARCAS DISTRIBUIDORA LTDA
+15.386.462/0001-66</t>
+  </si>
+  <si>
+    <t>07/08/2025
+68.400,00</t>
+  </si>
+  <si>
+    <t>07/08/2025 a 07/08/2026</t>
+  </si>
+  <si>
+    <t>002/2024/2024</t>
+  </si>
+  <si>
+    <t>SECRETARIA MUNICIPAL DE ADMINSITRAÇÃO
+Contratação do Show Musical com a Cantora de renom...</t>
+  </si>
+  <si>
+    <t>MARCIA A FENOMENAL SHOWS LTDA
+22.413.698/0001-00</t>
+  </si>
+  <si>
+    <t>19/02/2024
+200.000,00</t>
+  </si>
+  <si>
+    <t>19/01/2024 a 19/02/2024</t>
+  </si>
+  <si>
+    <t>2310001/2025</t>
+  </si>
+  <si>
+    <t>SECRETARIA MUNICIPAL DE SAÚDE
+Aquisição de Materiais de Limpeza e Materiais de E...</t>
+  </si>
+  <si>
+    <t>R. C. LIMA GOMES DISTRIBUIDORA LTDA
+17.117.156/0001-50</t>
+  </si>
+  <si>
+    <t>23/10/2025
+708.771,36</t>
+  </si>
+  <si>
+    <t>23/10/2025 a 23/10/2026</t>
+  </si>
+  <si>
+    <t>2310002/2025</t>
+  </si>
+  <si>
+    <t>23/10/2025
+251.874,05</t>
+  </si>
+  <si>
+    <t>2310003/2025</t>
+  </si>
+  <si>
+    <t>ESSE CHEMICAL - DISTRIBUIDORA DE PRODUTOS DE LIMPEZA LTDA
+42.458.725/0001-78</t>
+  </si>
+  <si>
+    <t>23/10/2025
+80.837,35</t>
+  </si>
+  <si>
+    <t>001/2024/2024</t>
+  </si>
+  <si>
+    <t>SECRETARIA MUNICIPAL DE ADMINSITRAÇÃO
+Contratação do Show Musical com a Banda de renome...</t>
+  </si>
+  <si>
+    <t>Barão Produções Musicais e Artísticas LTDA
+96.744.370/0001-02</t>
+  </si>
+  <si>
+    <t>15/01/2024
+290.000,00</t>
+  </si>
+  <si>
+    <t>15/01/2024 a 15/03/2024</t>
+  </si>
+  <si>
+    <t>092/2023</t>
+  </si>
+  <si>
+    <t>SECRETARIA MUNICIPAL DE ADMINSITRAÇÃO
+Contratação de instituição especializada para fins...</t>
+  </si>
+  <si>
+    <t>SOUSANDRADE DE APOIO AO DESENVOLVIMENTO DA UFMA-FSADU
+07.060.718/0001-12</t>
+  </si>
+  <si>
+    <t>11/04/2024
+0</t>
+  </si>
+  <si>
+    <t>27/04/2024 a 27/10/2024</t>
+  </si>
+  <si>
+    <t>037/2024</t>
+  </si>
+  <si>
+    <t>SECRETARIA MUNICIPAL DE EDUCAÇÃO
+Aquisição de Móveis para atender as demandas da Se...</t>
+  </si>
+  <si>
+    <t>ONE SERVIÇOS E EMPREENDIMENTOS LTDA
+35.079.942/0001-91</t>
+  </si>
+  <si>
+    <t>22/03/2024
+143.640,00</t>
+  </si>
+  <si>
+    <t>22/03/2024 a 22/03/2025</t>
+  </si>
+  <si>
+    <t>036/2024</t>
+  </si>
+  <si>
+    <t>NOVE8 COMERCIO E REPRESENTAÇÕES LTDA
+18.869.486/0001-64</t>
+  </si>
+  <si>
+    <t>08/03/2024
+1.904.500,00</t>
+  </si>
+  <si>
+    <t>08/03/2024 a 08/03/2025</t>
+  </si>
+  <si>
+    <t>049/2025</t>
+  </si>
+  <si>
+    <t>SECRETARIA MUNICIPAL DE ASSISTÊNCIA SOCIAL E DIREITOS HUMANOS
+Aquisição de gêneros alimentícios para atender as...</t>
+  </si>
+  <si>
+    <t>18/06/2025
+76.128,90</t>
+  </si>
+  <si>
+    <t>18/06/2025 a 18/06/2026</t>
+  </si>
+  <si>
+    <t>050/2025</t>
+  </si>
+  <si>
+    <t>18/06/2025
+35.515,20</t>
+  </si>
+  <si>
+    <t>051/2025</t>
+  </si>
+  <si>
+    <t>18/06/2025
+47.715,25</t>
+  </si>
+  <si>
+    <t>054/2025</t>
+  </si>
+  <si>
+    <t>SECRETARIA MUNICIPAL DE ADMINISTRAÇÃO
+Aquisição de gêneros alimentícios para atender as...</t>
+  </si>
+  <si>
+    <t>18/06/2025
+4.610,50</t>
+  </si>
+  <si>
+    <t>052/2025</t>
+  </si>
+  <si>
+    <t>18/06/2025
+38.678,90</t>
+  </si>
+  <si>
+    <t>053/2025</t>
+  </si>
+  <si>
+    <t>18/06/2025
+3.157,40</t>
+  </si>
+  <si>
+    <t>055/2025</t>
+  </si>
+  <si>
+    <t>18/06/2025
+24.714,00</t>
+  </si>
+  <si>
+    <t>056/2025</t>
+  </si>
+  <si>
+    <t>18/06/2025
+23.962,80</t>
+  </si>
+  <si>
+    <t>1711001/2025</t>
+  </si>
+  <si>
+    <t>SECRETARIA MUNICIPAL DE SAÚDE
+Aquisição de gêneros alimentícios para atender as...</t>
+  </si>
+  <si>
+    <t>17/11/2025
+173.869,50</t>
+  </si>
+  <si>
+    <t>17/11/2025 a 17/11/2026</t>
+  </si>
+  <si>
+    <t>1711002/2025</t>
+  </si>
+  <si>
+    <t>17/11/2025
+239.737,20</t>
+  </si>
+  <si>
+    <t>1711003/2025</t>
+  </si>
+  <si>
+    <t>17/11/2025
+140.207,18</t>
+  </si>
+  <si>
+    <t>1711004/2025</t>
+  </si>
+  <si>
+    <t>17/11/2025
+370.623,30</t>
+  </si>
+  <si>
+    <t>066/2024</t>
+  </si>
+  <si>
+    <t>SECRETARIA MUNICIPAL DE ASSISTÊNCIA SOCIAL E DIREITOS HUMANOS
+Prestação de Serviços Gráficos para atender as dem...</t>
+  </si>
+  <si>
+    <t>09/04/2024
+139.961,69</t>
+  </si>
+  <si>
+    <t>09/04/2024 a 09/04/2025</t>
+  </si>
+  <si>
+    <t>065/2024</t>
+  </si>
+  <si>
+    <t>SECRETARIA MUNICIPAL DE ADMINSITRAÇÃO
+Prestação de Serviços Gráficos para atender as dem...</t>
+  </si>
+  <si>
+    <t>09/04/2024
+165.969,50</t>
+  </si>
+  <si>
+    <t>0906001/2025</t>
+  </si>
+  <si>
+    <t>SECRETARIA MUNICIPAL DE SAÚDE
+Aquisição de Frutas e Verduras para atender as dem...</t>
+  </si>
+  <si>
+    <t>09/06/2025
+111.120,00</t>
+  </si>
+  <si>
+    <t>09/06/2025 a 09/06/2026</t>
+  </si>
+  <si>
+    <t>0906002/2025</t>
+  </si>
+  <si>
+    <t>09/06/2025
+215.939,00</t>
+  </si>
+  <si>
+    <t>064/2024</t>
+  </si>
+  <si>
+    <t>SECRETARIA MUNICIPAL DE EDUCAÇÃO
+Contratação de serviços de transporte escolar, atr...</t>
+  </si>
+  <si>
+    <t>FILEO EMPREENDIMENTOS LTDA
+31.861.178/0001-50</t>
+  </si>
+  <si>
+    <t>03/04/2024
+5.085.868,00</t>
+  </si>
+  <si>
+    <t>1106001/2025</t>
+  </si>
+  <si>
+    <t>SECRETARIA MUNICIPAL DE SAÚDE
+Aquisição de gás de cozinha – GLP (botijão 13 kg e...</t>
+  </si>
+  <si>
+    <t>11/06/2025
+251.868,75</t>
+  </si>
+  <si>
+    <t>11/06/2025 a 11/06/2026</t>
+  </si>
+  <si>
+    <t>1106002/2025</t>
+  </si>
+  <si>
+    <t>11/06/2025
+215.525,65</t>
+  </si>
+  <si>
+    <t>0403002/2024</t>
+  </si>
+  <si>
+    <t>SECRETARIA MUNICIPAL DE SAÚDE
+Contratação de empresa especializada para prestaç...</t>
+  </si>
+  <si>
+    <t>04/03/2024
+302.987,50</t>
+  </si>
+  <si>
+    <t>0406001/2025</t>
+  </si>
+  <si>
+    <t>SECRETARIA MUNICIPAL DE SAÚDE
+Aquisição de Carnes e Peixes in Natura para atende...</t>
+  </si>
+  <si>
+    <t>04/06/2025
+150.450,00</t>
+  </si>
+  <si>
+    <t>04/06/2025 a 04/06/2026</t>
+  </si>
+  <si>
+    <t>0406002/2025</t>
+  </si>
+  <si>
+    <t>04/06/2025
+312.642,00</t>
+  </si>
+  <si>
+    <t>070/2025</t>
+  </si>
+  <si>
+    <t>SECRETARIA MUNICIPAL DE EDUCAÇÃO
+Aquisição de Carnes para atender as demandas da Se...</t>
+  </si>
+  <si>
+    <t>10/09/2025
+256.125,00</t>
+  </si>
+  <si>
+    <t>10/09/2025 a 10/09/2026</t>
+  </si>
+  <si>
+    <t>072/2025</t>
+  </si>
+  <si>
+    <t>10/09/2025
+370.055,00</t>
+  </si>
+  <si>
+    <t>015/2024</t>
+  </si>
+  <si>
+    <t>SECRETARIA MUNICIPAL DE ASSISTÊNCIA SOCIAL E DIREITOS HUMANOS
+Aquisição de Centrais de Ar do tipo Split para ate...</t>
+  </si>
+  <si>
+    <t>MICROTECNICA INFORMATICA LTDA
+01.590.728/0009-30</t>
+  </si>
+  <si>
+    <t>06/02/2024
+16.319,96</t>
+  </si>
+  <si>
+    <t>06/02/2024 a 06/02/2025</t>
+  </si>
+  <si>
+    <t>014/2024</t>
+  </si>
+  <si>
+    <t>SECRETARIA MUNICIPAL DE ADMINSITRAÇÃO
+Aquisição de Centrais de Ar do tipo Split para ate...</t>
+  </si>
+  <si>
+    <t>06/02/2024
+48.959,88</t>
+  </si>
+  <si>
+    <t>013/2024</t>
+  </si>
+  <si>
+    <t>SECRETARIA MUNICIPAL DE EDUCAÇÃO
+Aquisição de Centrais de Ar do tipo Split para ate...</t>
+  </si>
+  <si>
+    <t>06/02/2024
+155.039,62</t>
+  </si>
+  <si>
+    <t>059/2024</t>
+  </si>
+  <si>
+    <t>SECRETARIA MUNICIPAL DE EDUCAÇÃO
+Aquisição de Centrais de Ar do tipo Split para at...</t>
+  </si>
+  <si>
+    <t>GO VENDAS ELETRONICAS LTDA
+36.521.392/0001-81</t>
+  </si>
+  <si>
+    <t>01/04/2024
+112.798,57</t>
+  </si>
+  <si>
+    <t>01/04/2024 a 01/04/2025</t>
+  </si>
+  <si>
+    <t>009/2024</t>
+  </si>
+  <si>
+    <t>06/02/2024
+134.727,48</t>
+  </si>
+  <si>
+    <t>008/2024</t>
+  </si>
+  <si>
+    <t>06/02/2024
+10.223,80</t>
+  </si>
+  <si>
+    <t>048/2025</t>
+  </si>
+  <si>
+    <t>A SECRETARIA MUNICIPAL DE INFRAESTRUTURA E MOBILIDADE URBANA
+CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA REALIZAÇ...</t>
+  </si>
+  <si>
+    <t>CONSTRUTORA RINCAO LTDA
+10.984.741/0002-99</t>
+  </si>
+  <si>
+    <t>17/06/2025
+649.950,83</t>
+  </si>
+  <si>
+    <t>17/06/2025 a 01/04/2026</t>
+  </si>
+  <si>
+    <t>007/2024</t>
+  </si>
+  <si>
+    <t>06/02/2024
+63.818,28</t>
+  </si>
+  <si>
+    <t>1107003/2022</t>
+  </si>
+  <si>
+    <t>SECRETARIA MUNICIPAL DE SAÚDE
+Prorrogar o prazo do presente contrato, ficando a...</t>
+  </si>
+  <si>
+    <t>30/12/2024
+102.826,26</t>
+  </si>
+  <si>
+    <t>006/2024</t>
+  </si>
+  <si>
+    <t>EMPECO LTDA
+10.785.173/0001-16</t>
+  </si>
+  <si>
+    <t>06/02/2024
+171.760,00</t>
+  </si>
+  <si>
+    <t>005/2024</t>
+  </si>
+  <si>
+    <t>BT COMÉRCIO INTELIGENTE L TOA
+45.329.312/0001-81</t>
+  </si>
+  <si>
+    <t>06/02/2024
+62.730,16</t>
+  </si>
+  <si>
+    <t>004/2024</t>
+  </si>
+  <si>
+    <t>06/02/2024
+6.134,28</t>
+  </si>
+  <si>
+    <t>003/2024</t>
+  </si>
+  <si>
+    <t>06/02/2024
+2.044,76</t>
+  </si>
+  <si>
+    <t>058/2024</t>
+  </si>
+  <si>
+    <t>01/04/2024
+15.243,05</t>
+  </si>
+  <si>
+    <t>057/2024</t>
+  </si>
+  <si>
+    <t>01/04/2024
+48.777,76</t>
+  </si>
+  <si>
+    <t>056/2024</t>
+  </si>
+  <si>
+    <t>01/04/2024
+16.641,69</t>
+  </si>
+  <si>
+    <t>055/2024</t>
+  </si>
+  <si>
+    <t>01/04/2024
+98.209,29</t>
+  </si>
+  <si>
+    <t>054/2024</t>
+  </si>
+  <si>
+    <t>01/04/2024
+46.053,90</t>
+  </si>
+  <si>
+    <t>053/2024</t>
+  </si>
+  <si>
+    <t>01/04/2024
+67.200,00</t>
+  </si>
+  <si>
+    <t>052/2024</t>
+  </si>
+  <si>
+    <t>26/03/2024
+110.240,00</t>
+  </si>
+  <si>
+    <t>26/03/2024 a 26/03/2025</t>
+  </si>
+  <si>
+    <t>SECRETARIA MUNICIPAL DE EDUCAÇÃO
+Aquisição de Materiais de Esportivos para atender...</t>
+  </si>
+  <si>
+    <t>01/03/2024
+277.111,00</t>
+  </si>
+  <si>
+    <t>SECRETARIA MUNICIPAL DE ASSISTÊNCIA SOCIAL E DIREITOS HUMANOS
+Aquisição de Materiais de Esportivos para atender...</t>
+  </si>
+  <si>
+    <t>04/03/2024
+48.936,35</t>
+  </si>
+  <si>
+    <t>SECRETARIA MUNICIPAL DE ADMINSITRAÇÃO
+Aquisição de Materiais de Esportivos para atender...</t>
+  </si>
+  <si>
+    <t>01/03/2024
+197.555,80</t>
+  </si>
+  <si>
+    <t>0403001/2024</t>
+  </si>
+  <si>
+    <t>SECRETARIA MUNICIPAL DE SAÚDE
+Constitui objeto do presente contrato de fornecime...</t>
+  </si>
+  <si>
+    <t>04/03/2024
+233.805,00</t>
+  </si>
+  <si>
+    <t>SECRETARIA MUNICIPAL DE EDUCAÇÃO
+Constitui objeto do presente contrato a prestação...</t>
+  </si>
+  <si>
+    <t>01/03/2024
+227.340,00</t>
+  </si>
+  <si>
+    <t>SECRETARIA MUNICIPAL DE ASSISTÊNCIA SOCIAL E DIREITOS HUMANOS
+Constitui objeto do presente contrato a prestação...</t>
+  </si>
+  <si>
+    <t>01/03/2024
+72.978,50</t>
+  </si>
+  <si>
+    <t>039/2024</t>
+  </si>
+  <si>
+    <t>SECRETARIA MUNICIPAL DE ADMINSITRAÇÃO
+Constitui objeto do presente contrato a prestação...</t>
+  </si>
+  <si>
+    <t>01/03/2024
+550.700,00</t>
+  </si>
+  <si>
+    <t>1910001/2023</t>
+  </si>
+  <si>
+    <t>SECRETARIA MUNICIPAL DE SAÚDE
+Aquisição de Carnes Bovina, Suína e Peixes para at...</t>
+  </si>
+  <si>
+    <t>SUPERMERCADO NELORE
+05.688.063/0001-04</t>
+  </si>
+  <si>
+    <t>11/01/2024
+55.414,25</t>
+  </si>
+  <si>
+    <t>19/10/2023 a 19/10/2024</t>
+  </si>
+  <si>
+    <t>0502001/2024</t>
+  </si>
+  <si>
+    <t>05/02/2024
+159.850,00</t>
+  </si>
+  <si>
+    <t>19/10/2023
+221.657,00</t>
+  </si>
+  <si>
+    <t>30/10/2023
+141.690,00</t>
+  </si>
+  <si>
+    <t>30/10/2023 a 30/10/2024</t>
+  </si>
+  <si>
+    <t>30/10/2023
+142.385,00</t>
+  </si>
+  <si>
+    <t>046/2024</t>
+  </si>
+  <si>
+    <t>SECRETARIA MUNICIPAL DE ASSISTÊNCIA SOCIAL E DIREITOS HUMANOS
+Aquisição de Gêneros Alimentícios para atender as...</t>
+  </si>
+  <si>
+    <t>06/03/2024
+209.727,85</t>
+  </si>
+  <si>
+    <t>06/03/2024 a 06/03/2025</t>
+  </si>
+  <si>
+    <t>045/2024</t>
+  </si>
+  <si>
+    <t>SECRETARIA MUNICIPAL DE ADMINSITRAÇÃO
+Aquisição de Gêneros Alimentícios para atender as...</t>
+  </si>
+  <si>
+    <t>06/03/2024
+43.377,58</t>
+  </si>
+  <si>
+    <t>032/2024</t>
+  </si>
+  <si>
+    <t>SECRETARIA MUNICIPAL DE ASSISTÊNCIA SOCIAL E DIREITOS HUMANOS
+Aquisição de Utensílios para Cozinha para atender...</t>
+  </si>
+  <si>
+    <t>WELSON BARBOSA DA SILVA
+27.549.861//000-18</t>
+  </si>
+  <si>
+    <t>28/02/2024
+10.592,77</t>
+  </si>
+  <si>
+    <t>28/02/2024 a 28/02/2025</t>
+  </si>
+  <si>
+    <t>027/2024</t>
+  </si>
+  <si>
+    <t>SECRETARIA MUNICIPAL DE EDUCAÇÃO
+Aquisição de Carnes Bovina para atender as demanda...</t>
+  </si>
+  <si>
+    <t>16/02/2024
+546.750,00</t>
+  </si>
+  <si>
+    <t>16/02/2024 a 16/02/2025</t>
+  </si>
+  <si>
+    <t>026/2024</t>
+  </si>
+  <si>
+    <t>SECRETARIA MUNICIPAL DE ASSISTÊNCIA SOCIAL E DIREITOS HUMANOS
+Aquisição de Carnes Bovina para atender as demanda...</t>
+  </si>
+  <si>
+    <t>16/02/2024
+10.700,00</t>
+  </si>
+  <si>
+    <t>024/2024</t>
+  </si>
+  <si>
+    <t>16/02/2024
+382.500,00</t>
+  </si>
+  <si>
+    <t>029/2024</t>
+  </si>
+  <si>
+    <t>SECRETARIA MUNICIPAL DE EDUCAÇÃO
+Aquisição de Pães e Bolos para atender as demandas...</t>
+  </si>
+  <si>
+    <t>16/02/2024
+867.875,00</t>
+  </si>
+  <si>
+    <t>031/2024</t>
+  </si>
+  <si>
+    <t>SECRETARIA MUNICIPAL DE EDUCAÇÃO
+Aquisição de Frutas, Legumes e Verduras para atend...</t>
+  </si>
+  <si>
+    <t>16/02/2024
+287.465,00</t>
+  </si>
+  <si>
+    <t>030/2024</t>
+  </si>
+  <si>
+    <t>SECRETARIA MUNICIPAL DE ASSISTÊNCIA SOCIAL E DIREITOS HUMANOS
+ Aquisição de Frutas, Legumes e Verduras para...</t>
+  </si>
+  <si>
+    <t>16/02/2023
+26.676,30</t>
+  </si>
+  <si>
+    <t>028/2024</t>
+  </si>
+  <si>
+    <t>16/02/2024
+62.640,00</t>
+  </si>
+  <si>
+    <t>028/</t>
+  </si>
+  <si>
+    <t>025/2024</t>
+  </si>
+  <si>
+    <t>SECRETARIA MUNICIPAL DE ASSISTÊNCIA SOCIAL E DIREITOS HUMANOS
+Aquisição de Carne Bovina para atender as demandas...</t>
+  </si>
+  <si>
+    <t>16/02/2024
+12.000,00</t>
+  </si>
+  <si>
+    <t>16/02/2024 a 16/02/2024</t>
+  </si>
+  <si>
+    <t>038/2024</t>
+  </si>
+  <si>
+    <t>SECRETARIA MUNICIPAL DE ASSISTÊNCIA SOCIAL E DIREITOS HUMANOS
+Aquisição de Cestas Básicas para atender as demand...</t>
+  </si>
+  <si>
+    <t>01/03/2024
+297.000,00</t>
+  </si>
+  <si>
+    <t>035/2024</t>
+  </si>
+  <si>
+    <t>SECRETARIA MUNICIPAL DE EDUCAÇÃO
+Aquisição de Utensílios para Cozinha para atender...</t>
+  </si>
+  <si>
+    <t>ALEXON DE J F MAGALHÃES LTDA
+14.487.216/0001-00</t>
+  </si>
+  <si>
+    <t>28/02/2024
+4.900,00</t>
+  </si>
+  <si>
+    <t>034/2024</t>
+  </si>
+  <si>
+    <t>PALMIRA DISTRIBUIDORA DE UTILIZADAS DOMESTICAS LTDA
+37.730.284/0001-81</t>
+  </si>
+  <si>
+    <t>28/02/2024
+23.450,00</t>
+  </si>
+  <si>
+    <t>033/2024</t>
+  </si>
+  <si>
+    <t>28/02/2024
+131.325,00</t>
+  </si>
+  <si>
+    <t>SECRETARIA MUNICIPAL DE ASSISTÊNCIA SOCIAL E DIREITOS HUMANOS
+Contratação de empresa especializada na Confecção...</t>
+  </si>
+  <si>
+    <t>27/02/2024
+98.250,00</t>
+  </si>
+  <si>
+    <t>27/02/2024 a 27/02/2025</t>
+  </si>
+  <si>
+    <t>SECRETARIA MUNICIPAL DE ADMINSITRAÇÃO
+Contratação de empresa especializada na Confecção...</t>
+  </si>
+  <si>
+    <t>27/02/2024
+79.550,00</t>
+  </si>
+  <si>
+    <t>SECRETARIA MUNICIPAL DE EDUCAÇÃO
+Contratação de empresa especializada na Confecção...</t>
+  </si>
+  <si>
+    <t>27/02/2024
+325.400,00</t>
+  </si>
+  <si>
+    <t>022/2024</t>
+  </si>
+  <si>
+    <t>SECRETARIA MUNICIPAL DE ASSISTÊNCIA SOCIAL E DIREITOS HUMANOS
+Fornecimento de Refeições, Marmitex, Self Service...</t>
+  </si>
+  <si>
+    <t>08/02/2024
+45.438,79</t>
+  </si>
+  <si>
+    <t>08/02/2024 a 08/02/2025</t>
+  </si>
+  <si>
+    <t>SECRETARIA MUNICIPAL DE ADMINSITRAÇÃO
+Contratação de empresa especializada para prestaçã...</t>
+  </si>
+  <si>
+    <t>07/02/2024
+6.797.491,80</t>
+  </si>
+  <si>
+    <t>07/02/2024 a 07/02/2025</t>
+  </si>
+  <si>
+    <t>023/2024</t>
+  </si>
+  <si>
+    <t>SECRETARIA MUNICIPAL DE EDUCAÇÃO
+Fornecimento de Refeições, Marmitex, Self Service...</t>
+  </si>
+  <si>
+    <t>08/02/2024
+74.711,27</t>
+  </si>
+  <si>
+    <t>105/2023</t>
+  </si>
+  <si>
+    <t>SECRETARIA MUNICIPAL DE ADMINSITRAÇÃO
+CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA PRESTAÇÃ...</t>
+  </si>
+  <si>
+    <t>IMPERSPORTS COMERCIO LTDA
+13774425000108</t>
+  </si>
+  <si>
+    <t>27/12/2023
+57.510,00</t>
+  </si>
+  <si>
+    <t>27/12/2023 a 11/02/2024</t>
+  </si>
+  <si>
+    <t>101/2023</t>
+  </si>
+  <si>
+    <t>SECRETARIA MUNICIPAL DE ADMINSITRAÇÃO
+Execução do PROJETO CIDADE EMPREENDEDORA, na modal...</t>
+  </si>
+  <si>
+    <t>20/11/2023
+85.000,00</t>
+  </si>
+  <si>
+    <t>20/11/2023 a 20/11/2025</t>
+  </si>
+  <si>
+    <t>104/2023</t>
+  </si>
+  <si>
+    <t>SECRETARIA MUNICIPAL DE ADMINSITRAÇÃO
+Contratação do Show Gospel com a Artista de renome...</t>
+  </si>
+  <si>
+    <t>CODE IMAGEM MUSIC ENTRETENIMENTO LTDA
+21.937.827/0001-04</t>
+  </si>
+  <si>
+    <t>14/12/2023
+65.000,00</t>
+  </si>
+  <si>
+    <t>14/12/2023 a 14/02/2024</t>
+  </si>
+  <si>
+    <t>SECRETARIA MUNICIPAL DE ADMINSITRAÇÃO
+contratação de instituição especializada para fin...</t>
+  </si>
+  <si>
+    <t>26/10/2023
+303.400,00</t>
+  </si>
+  <si>
+    <t>26/10/2023 a 23/04/2024</t>
+  </si>
+  <si>
+    <t>07/12/2023
+475.637,86</t>
+  </si>
+  <si>
+    <t>07/12/2023 a 07/12/2024</t>
+  </si>
+  <si>
+    <t>0210001/2023</t>
+  </si>
+  <si>
+    <t>SECRETARIA MUNICIPAL DE SAÚDE
+Contratação de empresa especializada para Aquisiçã...</t>
+  </si>
+  <si>
+    <t>02/10/2023
+678.300,00</t>
+  </si>
+  <si>
+    <t>02/10/2023 a 02/10/2024</t>
+  </si>
+  <si>
+    <t>02/10/2023
+215.220,00</t>
+  </si>
+  <si>
+    <t>02/10/2023
+420.400,00</t>
+  </si>
+  <si>
+    <t>02/10/2023
+163.200,00</t>
+  </si>
+  <si>
+    <t>1404001/2023</t>
+  </si>
+  <si>
+    <t>SECRETARIA MUNICIPAL DE SAÚDE
+Contratação de empresa especializada na Prestação...</t>
+  </si>
+  <si>
+    <t>14/04/2023
+377.049,40</t>
+  </si>
+  <si>
+    <t>14/04/2023 a 14/04/2024</t>
+  </si>
+  <si>
+    <t>045/2023</t>
+  </si>
+  <si>
+    <t>SECRETARIA MUNICIPAL DE ASSISTÊNCIA SOCIAL E DIREITOS HUMANOS
+Contratação de empresa especializada na Prestação...</t>
+  </si>
+  <si>
+    <t>14/04/2023
+139.961,69</t>
+  </si>
+  <si>
+    <t>044/2023</t>
+  </si>
+  <si>
+    <t>SECRETARIA MUNICIPAL DE EDUCAÇÃO
+Contratação de empresa especializada na Prestação...</t>
+  </si>
+  <si>
+    <t>14/04/2023
+152.154,13</t>
+  </si>
+  <si>
+    <t>043/2023</t>
+  </si>
+  <si>
+    <t>SECRETARIA MUNICIPAL DE ADMINSITRAÇÃO
+Contratação de empresa especializada na Prestação...</t>
+  </si>
+  <si>
+    <t>14/04/2023
+165.969,50</t>
+  </si>
+  <si>
+    <t>0903001/2023</t>
+  </si>
+  <si>
+    <t>SECRETARIA MUNICIPAL DE ASSISTÊNCIA SOCIAL E DIREITOS HUMANOS
+Contratação de Empresa para Prestação de Serviços...</t>
+  </si>
+  <si>
+    <t>09/03/2023
+424.703,70</t>
+  </si>
+  <si>
+    <t>09/09/2023 a 09/03/2024</t>
+  </si>
+  <si>
+    <t>0410003/2022/</t>
+  </si>
+  <si>
+    <t>SECRETARIA MUNICIPAL DE SAÚDE
+Contratação de empresa especializada para Prestaçã...</t>
+  </si>
+  <si>
+    <t>UNICENTRO - CENTRO MEDICO DE ANESTESIA LTDA
+10643434000163</t>
+  </si>
+  <si>
+    <t>31/08/2023
+1.643.868,00</t>
+  </si>
+  <si>
+    <t>01/10/2023 a 01/10/2024</t>
+  </si>
+  <si>
+    <t>0410002/2022/</t>
+  </si>
+  <si>
+    <t>31/08/2023
+1.151.340,00</t>
+  </si>
+  <si>
+    <t>0410001/2022/</t>
+  </si>
+  <si>
+    <t>INSTITUTO DE PROMOCAO E ASSISTENCIA A SAUDE MISERICORDIAE VULTUS
+35816866000150</t>
+  </si>
+  <si>
+    <t>31/08/2023
+1.313.156,28</t>
+  </si>
+  <si>
+    <t>102/2023</t>
+  </si>
+  <si>
+    <t>CS CABRAL EMPREENDIMENTOS L TOA
+26.863.184/0001-07</t>
+  </si>
+  <si>
+    <t>23/11/2023
+212.488,80</t>
+  </si>
+  <si>
+    <t>23/11/2023 a 23/11/2024</t>
+  </si>
+  <si>
     <t>094/2023</t>
   </si>
   <si>
     <t>SECRETARIA MUNICIPAL DE ADMINSITRAÇÃO
-Prorrogar o prazo de vigência do Contrato origina...</t>
+Contratação de empresa especializada na prestação...</t>
   </si>
   <si>
     <t>M. DA S. MESQUITA SERVICOS E TECNOLOGIA LTDA
 16.799.630/0001-08</t>
   </si>
   <si>
-    <t xml:space="preserve">01/11/2024
-[...2408 lines deleted...]
-  <si>
     <t>01/11/2023
 109.000,00</t>
   </si>
   <si>
     <t>01/11/2023 a 01/11/2024</t>
   </si>
   <si>
     <t>100/2023</t>
   </si>
   <si>
     <t>SECRETARIA MUNICIPAL DE EDUCAÇÃO
 Aquisição de Materiais Básicos de Construção e Fer...</t>
   </si>
   <si>
     <t>14/11/2023
 93.428,10</t>
   </si>
   <si>
     <t>14/11/2023 a 14/11/2024</t>
   </si>
   <si>
     <t>099/2023</t>
   </si>
   <si>
     <t>SECRETARIA MUNICIPAL DE ASSISTÊNCIA SOCIAL E DIREITOS HUMANOS
@@ -3925,66 +4119,85 @@
     <t>01/02/2021
 12.100,00</t>
   </si>
   <si>
     <t>01/02/2021 a 31/12/2021</t>
   </si>
   <si>
     <t>15002001/2021</t>
   </si>
   <si>
     <t>SECRETARIA MUNICIPAL DE SAÚDE
 O presente contrato tem por objeto a locação de um...</t>
   </si>
   <si>
     <t>NLX MEDICINA LTDA
 32.324.272/0001-33</t>
   </si>
   <si>
     <t>23/02/2021
 28.000,00</t>
   </si>
   <si>
     <t>23/02/2021 a 23/08/2021</t>
   </si>
   <si>
+    <t>SECRETARIA MUNICIPAL DE ADMINISTRAÇÃO
+Prorrogar o prazo de vigência do Contrato origina...</t>
+  </si>
+  <si>
+    <t>01/11/2024
+109.000,00</t>
+  </si>
+  <si>
     <t>100/2020</t>
   </si>
   <si>
     <t>SECRETARIA MUNICIPAL DE EDUCAÇÃO
 Contratação de empresa especializada para o fornec...</t>
   </si>
   <si>
     <t>J L RODRIGUES
 32.784.253/0001-90</t>
   </si>
   <si>
     <t>29/05/2020
 18.000,00</t>
   </si>
   <si>
     <t>29/05/2020 a 29/07/2020</t>
+  </si>
+  <si>
+    <t>SECRETARIA MUNICIPAL DE ADMINISTRAÇÃO
+Constitui objeto do presente termo aditivo a renov...</t>
+  </si>
+  <si>
+    <t>30/10/2025
+109.000,00</t>
+  </si>
+  <si>
+    <t>01/11/2025 a 01/11/2026</t>
   </si>
   <si>
     <t>093/2020</t>
   </si>
   <si>
     <t>SECRETARIA MUNICIPAL DE SAÚDE
 Aquisição de máscaras de proteção em tecido 100% a...</t>
   </si>
   <si>
     <t>MARILDA DA SILVA-ME
 20.997.943/0001-48</t>
   </si>
   <si>
     <t>12/05/2020
 9.000,00</t>
   </si>
   <si>
     <t>12/05/2020 a 12/08/2020</t>
   </si>
   <si>
     <t>080/2020</t>
   </si>
   <si>
     <t>SECRETARIA MUNICIPAL DE SAÚDE
 Contratação de empresa especializada para o fornec...</t>
@@ -4609,54 +4822,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F357"/>
+  <dimension ref="A1:F376"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="E357" sqref="E357"/>
+      <selection activeCell="E376" sqref="E376"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
@@ -6079,5723 +6292,6103 @@
         <v>264</v>
       </c>
     </row>
     <row r="73" spans="1:6">
       <c r="A73">
         <v>262</v>
       </c>
       <c r="B73" t="s">
         <v>271</v>
       </c>
       <c r="C73" s="1" t="s">
         <v>272</v>
       </c>
       <c r="D73" s="1" t="s">
         <v>225</v>
       </c>
       <c r="E73" s="1" t="s">
         <v>273</v>
       </c>
       <c r="F73" t="s">
         <v>274</v>
       </c>
     </row>
     <row r="74" spans="1:6">
       <c r="A74">
-        <v>261</v>
+        <v>260</v>
       </c>
       <c r="B74" t="s">
         <v>275</v>
       </c>
       <c r="C74" s="1" t="s">
         <v>276</v>
       </c>
       <c r="D74" s="1" t="s">
         <v>277</v>
       </c>
       <c r="E74" s="1" t="s">
         <v>278</v>
       </c>
       <c r="F74" t="s">
-        <v>231</v>
+        <v>279</v>
       </c>
     </row>
     <row r="75" spans="1:6">
       <c r="A75">
-        <v>260</v>
+        <v>259</v>
       </c>
       <c r="B75" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="C75" s="1" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="D75" s="1" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="E75" s="1" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="F75" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
     </row>
     <row r="76" spans="1:6">
       <c r="A76">
-        <v>259</v>
+        <v>258</v>
       </c>
       <c r="B76" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="C76" s="1" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="D76" s="1" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="E76" s="1" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="F76" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
     </row>
     <row r="77" spans="1:6">
       <c r="A77">
-        <v>258</v>
+        <v>257</v>
       </c>
       <c r="B77" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="C77" s="1" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="D77" s="1" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="E77" s="1" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="F77" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
     </row>
     <row r="78" spans="1:6">
       <c r="A78">
-        <v>257</v>
+        <v>256</v>
       </c>
       <c r="B78" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="C78" s="1" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="D78" s="1" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="E78" s="1" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="F78" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
     </row>
     <row r="79" spans="1:6">
       <c r="A79">
-        <v>256</v>
+        <v>255</v>
       </c>
       <c r="B79" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="C79" s="1" t="s">
-        <v>300</v>
+        <v>296</v>
       </c>
       <c r="D79" s="1" t="s">
         <v>301</v>
       </c>
       <c r="E79" s="1" t="s">
         <v>302</v>
       </c>
       <c r="F79" t="s">
-        <v>303</v>
+        <v>299</v>
       </c>
     </row>
     <row r="80" spans="1:6">
       <c r="A80">
-        <v>255</v>
+        <v>254</v>
       </c>
       <c r="B80" t="s">
+        <v>303</v>
+      </c>
+      <c r="C80" s="1" t="s">
         <v>304</v>
       </c>
-      <c r="C80" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D80" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="E80" s="1" t="s">
         <v>305</v>
       </c>
-      <c r="E80" s="1" t="s">
+      <c r="F80" t="s">
         <v>306</v>
-      </c>
-[...1 lines deleted...]
-        <v>303</v>
       </c>
     </row>
     <row r="81" spans="1:6">
       <c r="A81">
-        <v>254</v>
+        <v>252</v>
       </c>
       <c r="B81" t="s">
         <v>307</v>
       </c>
       <c r="C81" s="1" t="s">
         <v>308</v>
       </c>
       <c r="D81" s="1" t="s">
-        <v>69</v>
+        <v>309</v>
       </c>
       <c r="E81" s="1" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="F81" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
     </row>
     <row r="82" spans="1:6">
       <c r="A82">
-        <v>252</v>
+        <v>251</v>
       </c>
       <c r="B82" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="C82" s="1" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="D82" s="1" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="E82" s="1" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="F82" t="s">
-        <v>315</v>
+        <v>306</v>
       </c>
     </row>
     <row r="83" spans="1:6">
       <c r="A83">
-        <v>251</v>
+        <v>250</v>
       </c>
       <c r="B83" t="s">
         <v>316</v>
       </c>
       <c r="C83" s="1" t="s">
+        <v>313</v>
+      </c>
+      <c r="D83" s="1" t="s">
         <v>317</v>
       </c>
-      <c r="D83" s="1" t="s">
+      <c r="E83" s="1" t="s">
         <v>318</v>
       </c>
-      <c r="E83" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F83" t="s">
-        <v>310</v>
+        <v>306</v>
       </c>
     </row>
     <row r="84" spans="1:6">
       <c r="A84">
-        <v>250</v>
+        <v>249</v>
       </c>
       <c r="B84" t="s">
+        <v>319</v>
+      </c>
+      <c r="C84" s="1" t="s">
+        <v>313</v>
+      </c>
+      <c r="D84" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="E84" s="1" t="s">
         <v>320</v>
       </c>
-      <c r="C84" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F84" t="s">
-        <v>310</v>
+        <v>306</v>
       </c>
     </row>
     <row r="85" spans="1:6">
       <c r="A85">
-        <v>249</v>
+        <v>248</v>
       </c>
       <c r="B85" t="s">
+        <v>321</v>
+      </c>
+      <c r="C85" s="1" t="s">
+        <v>313</v>
+      </c>
+      <c r="D85" s="1" t="s">
+        <v>322</v>
+      </c>
+      <c r="E85" s="1" t="s">
         <v>323</v>
       </c>
-      <c r="C85" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F85" t="s">
-        <v>310</v>
+        <v>306</v>
       </c>
     </row>
     <row r="86" spans="1:6">
       <c r="A86">
-        <v>248</v>
+        <v>247</v>
       </c>
       <c r="B86" t="s">
+        <v>324</v>
+      </c>
+      <c r="C86" s="1" t="s">
         <v>325</v>
       </c>
-      <c r="C86" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D86" s="1" t="s">
+        <v>314</v>
+      </c>
+      <c r="E86" s="1" t="s">
         <v>326</v>
       </c>
-      <c r="E86" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F86" t="s">
-        <v>310</v>
+        <v>306</v>
       </c>
     </row>
     <row r="87" spans="1:6">
       <c r="A87">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="B87" t="s">
+        <v>327</v>
+      </c>
+      <c r="C87" s="1" t="s">
+        <v>325</v>
+      </c>
+      <c r="D87" s="1" t="s">
+        <v>317</v>
+      </c>
+      <c r="E87" s="1" t="s">
         <v>328</v>
       </c>
-      <c r="C87" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F87" t="s">
-        <v>310</v>
+        <v>306</v>
       </c>
     </row>
     <row r="88" spans="1:6">
       <c r="A88">
-        <v>246</v>
+        <v>245</v>
       </c>
       <c r="B88" t="s">
-        <v>331</v>
+        <v>329</v>
       </c>
       <c r="C88" s="1" t="s">
-        <v>329</v>
+        <v>325</v>
       </c>
       <c r="D88" s="1" t="s">
-        <v>321</v>
+        <v>18</v>
       </c>
       <c r="E88" s="1" t="s">
-        <v>332</v>
+        <v>330</v>
       </c>
       <c r="F88" t="s">
-        <v>310</v>
+        <v>306</v>
       </c>
     </row>
     <row r="89" spans="1:6">
       <c r="A89">
-        <v>245</v>
+        <v>244</v>
       </c>
       <c r="B89" t="s">
-        <v>333</v>
+        <v>331</v>
       </c>
       <c r="C89" s="1" t="s">
-        <v>329</v>
+        <v>325</v>
       </c>
       <c r="D89" s="1" t="s">
-        <v>18</v>
+        <v>322</v>
       </c>
       <c r="E89" s="1" t="s">
-        <v>334</v>
+        <v>332</v>
       </c>
       <c r="F89" t="s">
-        <v>310</v>
+        <v>306</v>
       </c>
     </row>
     <row r="90" spans="1:6">
       <c r="A90">
-        <v>244</v>
+        <v>243</v>
       </c>
       <c r="B90" t="s">
+        <v>333</v>
+      </c>
+      <c r="C90" s="1" t="s">
+        <v>334</v>
+      </c>
+      <c r="D90" s="1" t="s">
+        <v>314</v>
+      </c>
+      <c r="E90" s="1" t="s">
         <v>335</v>
       </c>
-      <c r="C90" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F90" t="s">
-        <v>310</v>
+        <v>306</v>
       </c>
     </row>
     <row r="91" spans="1:6">
       <c r="A91">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="B91" t="s">
+        <v>336</v>
+      </c>
+      <c r="C91" s="1" t="s">
+        <v>334</v>
+      </c>
+      <c r="D91" s="1" t="s">
+        <v>317</v>
+      </c>
+      <c r="E91" s="1" t="s">
         <v>337</v>
       </c>
-      <c r="C91" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F91" t="s">
-        <v>310</v>
+        <v>306</v>
       </c>
     </row>
     <row r="92" spans="1:6">
       <c r="A92">
-        <v>242</v>
+        <v>241</v>
       </c>
       <c r="B92" t="s">
+        <v>338</v>
+      </c>
+      <c r="C92" s="1" t="s">
+        <v>339</v>
+      </c>
+      <c r="D92" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="E92" s="1" t="s">
         <v>340</v>
       </c>
-      <c r="C92" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F92" t="s">
-        <v>310</v>
+        <v>306</v>
       </c>
     </row>
     <row r="93" spans="1:6">
       <c r="A93">
-        <v>241</v>
+        <v>240</v>
       </c>
       <c r="B93" t="s">
+        <v>341</v>
+      </c>
+      <c r="C93" s="1" t="s">
+        <v>339</v>
+      </c>
+      <c r="D93" s="1" t="s">
+        <v>322</v>
+      </c>
+      <c r="E93" s="1" t="s">
         <v>342</v>
       </c>
-      <c r="C93" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F93" t="s">
-        <v>310</v>
+        <v>306</v>
       </c>
     </row>
     <row r="94" spans="1:6">
       <c r="A94">
-        <v>240</v>
+        <v>238</v>
       </c>
       <c r="B94" t="s">
+        <v>343</v>
+      </c>
+      <c r="C94" s="1" t="s">
+        <v>344</v>
+      </c>
+      <c r="D94" s="1" t="s">
+        <v>317</v>
+      </c>
+      <c r="E94" s="1" t="s">
         <v>345</v>
       </c>
-      <c r="C94" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E94" s="1" t="s">
+      <c r="F94" t="s">
         <v>346</v>
-      </c>
-[...1 lines deleted...]
-        <v>310</v>
       </c>
     </row>
     <row r="95" spans="1:6">
       <c r="A95">
-        <v>238</v>
+        <v>237</v>
       </c>
       <c r="B95" t="s">
         <v>347</v>
       </c>
       <c r="C95" s="1" t="s">
+        <v>344</v>
+      </c>
+      <c r="D95" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="E95" s="1" t="s">
         <v>348</v>
       </c>
-      <c r="D95" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F95" t="s">
-        <v>350</v>
+        <v>346</v>
       </c>
     </row>
     <row r="96" spans="1:6">
       <c r="A96">
-        <v>237</v>
+        <v>235</v>
       </c>
       <c r="B96" t="s">
-        <v>351</v>
+        <v>349</v>
       </c>
       <c r="C96" s="1" t="s">
-        <v>348</v>
+        <v>344</v>
       </c>
       <c r="D96" s="1" t="s">
-        <v>18</v>
+        <v>322</v>
       </c>
       <c r="E96" s="1" t="s">
-        <v>352</v>
+        <v>350</v>
       </c>
       <c r="F96" t="s">
-        <v>350</v>
+        <v>346</v>
       </c>
     </row>
     <row r="97" spans="1:6">
       <c r="A97">
-        <v>235</v>
+        <v>234</v>
       </c>
       <c r="B97" t="s">
+        <v>351</v>
+      </c>
+      <c r="C97" s="1" t="s">
+        <v>344</v>
+      </c>
+      <c r="D97" s="1" t="s">
+        <v>352</v>
+      </c>
+      <c r="E97" s="1" t="s">
         <v>353</v>
       </c>
-      <c r="C97" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F97" t="s">
-        <v>350</v>
+        <v>346</v>
       </c>
     </row>
     <row r="98" spans="1:6">
       <c r="A98">
-        <v>234</v>
+        <v>233</v>
       </c>
       <c r="B98" t="s">
+        <v>354</v>
+      </c>
+      <c r="C98" s="1" t="s">
+        <v>344</v>
+      </c>
+      <c r="D98" s="1" t="s">
         <v>355</v>
       </c>
-      <c r="C98" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D98" s="1" t="s">
+      <c r="E98" s="1" t="s">
         <v>356</v>
       </c>
-      <c r="E98" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F98" t="s">
-        <v>350</v>
+        <v>346</v>
       </c>
     </row>
     <row r="99" spans="1:6">
       <c r="A99">
-        <v>233</v>
+        <v>232</v>
       </c>
       <c r="B99" t="s">
+        <v>357</v>
+      </c>
+      <c r="C99" s="1" t="s">
         <v>358</v>
       </c>
-      <c r="C99" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D99" s="1" t="s">
+        <v>317</v>
+      </c>
+      <c r="E99" s="1" t="s">
         <v>359</v>
       </c>
-      <c r="E99" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F99" t="s">
-        <v>350</v>
+        <v>346</v>
       </c>
     </row>
     <row r="100" spans="1:6">
       <c r="A100">
-        <v>232</v>
+        <v>231</v>
       </c>
       <c r="B100" t="s">
+        <v>360</v>
+      </c>
+      <c r="C100" s="1" t="s">
+        <v>358</v>
+      </c>
+      <c r="D100" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="E100" s="1" t="s">
         <v>361</v>
       </c>
-      <c r="C100" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F100" t="s">
-        <v>350</v>
+        <v>346</v>
       </c>
     </row>
     <row r="101" spans="1:6">
       <c r="A101">
-        <v>231</v>
+        <v>230</v>
       </c>
       <c r="B101" t="s">
-        <v>364</v>
+        <v>362</v>
       </c>
       <c r="C101" s="1" t="s">
-        <v>362</v>
+        <v>358</v>
       </c>
       <c r="D101" s="1" t="s">
-        <v>18</v>
+        <v>322</v>
       </c>
       <c r="E101" s="1" t="s">
-        <v>365</v>
+        <v>363</v>
       </c>
       <c r="F101" t="s">
-        <v>350</v>
+        <v>346</v>
       </c>
     </row>
     <row r="102" spans="1:6">
       <c r="A102">
-        <v>230</v>
+        <v>229</v>
       </c>
       <c r="B102" t="s">
-        <v>366</v>
+        <v>364</v>
       </c>
       <c r="C102" s="1" t="s">
-        <v>362</v>
+        <v>358</v>
       </c>
       <c r="D102" s="1" t="s">
-        <v>326</v>
+        <v>352</v>
       </c>
       <c r="E102" s="1" t="s">
-        <v>367</v>
+        <v>365</v>
       </c>
       <c r="F102" t="s">
-        <v>350</v>
+        <v>346</v>
       </c>
     </row>
     <row r="103" spans="1:6">
       <c r="A103">
-        <v>229</v>
+        <v>228</v>
       </c>
       <c r="B103" t="s">
-        <v>368</v>
+        <v>366</v>
       </c>
       <c r="C103" s="1" t="s">
-        <v>362</v>
+        <v>358</v>
       </c>
       <c r="D103" s="1" t="s">
-        <v>356</v>
+        <v>355</v>
       </c>
       <c r="E103" s="1" t="s">
-        <v>369</v>
+        <v>367</v>
       </c>
       <c r="F103" t="s">
-        <v>350</v>
+        <v>346</v>
       </c>
     </row>
     <row r="104" spans="1:6">
       <c r="A104">
-        <v>228</v>
+        <v>226</v>
       </c>
       <c r="B104" t="s">
+        <v>368</v>
+      </c>
+      <c r="C104" s="1" t="s">
+        <v>369</v>
+      </c>
+      <c r="D104" s="1" t="s">
+        <v>317</v>
+      </c>
+      <c r="E104" s="1" t="s">
         <v>370</v>
       </c>
-      <c r="C104" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F104" t="s">
-        <v>350</v>
+        <v>346</v>
       </c>
     </row>
     <row r="105" spans="1:6">
       <c r="A105">
-        <v>226</v>
+        <v>225</v>
       </c>
       <c r="B105" t="s">
+        <v>371</v>
+      </c>
+      <c r="C105" s="1" t="s">
+        <v>369</v>
+      </c>
+      <c r="D105" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="E105" s="1" t="s">
         <v>372</v>
       </c>
-      <c r="C105" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F105" t="s">
-        <v>350</v>
+        <v>346</v>
       </c>
     </row>
     <row r="106" spans="1:6">
       <c r="A106">
-        <v>225</v>
+        <v>224</v>
       </c>
       <c r="B106" t="s">
-        <v>375</v>
+        <v>373</v>
       </c>
       <c r="C106" s="1" t="s">
-        <v>373</v>
+        <v>369</v>
       </c>
       <c r="D106" s="1" t="s">
-        <v>18</v>
+        <v>322</v>
       </c>
       <c r="E106" s="1" t="s">
-        <v>376</v>
+        <v>374</v>
       </c>
       <c r="F106" t="s">
-        <v>350</v>
+        <v>346</v>
       </c>
     </row>
     <row r="107" spans="1:6">
       <c r="A107">
-        <v>224</v>
+        <v>223</v>
       </c>
       <c r="B107" t="s">
+        <v>375</v>
+      </c>
+      <c r="C107" s="1" t="s">
+        <v>376</v>
+      </c>
+      <c r="D107" s="1" t="s">
+        <v>352</v>
+      </c>
+      <c r="E107" s="1" t="s">
         <v>377</v>
       </c>
-      <c r="C107" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F107" t="s">
-        <v>350</v>
+        <v>346</v>
       </c>
     </row>
     <row r="108" spans="1:6">
       <c r="A108">
-        <v>223</v>
+        <v>222</v>
       </c>
       <c r="B108" t="s">
+        <v>378</v>
+      </c>
+      <c r="C108" s="1" t="s">
+        <v>369</v>
+      </c>
+      <c r="D108" s="1" t="s">
+        <v>355</v>
+      </c>
+      <c r="E108" s="1" t="s">
         <v>379</v>
       </c>
-      <c r="C108" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F108" t="s">
-        <v>350</v>
+        <v>346</v>
       </c>
     </row>
     <row r="109" spans="1:6">
       <c r="A109">
-        <v>222</v>
+        <v>221</v>
       </c>
       <c r="B109" t="s">
+        <v>380</v>
+      </c>
+      <c r="C109" s="1" t="s">
+        <v>381</v>
+      </c>
+      <c r="D109" s="1" t="s">
         <v>382</v>
-      </c>
-[...4 lines deleted...]
-        <v>359</v>
       </c>
       <c r="E109" s="1" t="s">
         <v>383</v>
       </c>
       <c r="F109" t="s">
-        <v>350</v>
+        <v>384</v>
       </c>
     </row>
     <row r="110" spans="1:6">
       <c r="A110">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="B110" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="C110" s="1" t="s">
-        <v>385</v>
+        <v>381</v>
       </c>
       <c r="D110" s="1" t="s">
         <v>386</v>
       </c>
       <c r="E110" s="1" t="s">
         <v>387</v>
       </c>
       <c r="F110" t="s">
-        <v>388</v>
+        <v>384</v>
       </c>
     </row>
     <row r="111" spans="1:6">
       <c r="A111">
-        <v>220</v>
+        <v>219</v>
       </c>
       <c r="B111" t="s">
+        <v>388</v>
+      </c>
+      <c r="C111" s="1" t="s">
+        <v>381</v>
+      </c>
+      <c r="D111" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="E111" s="1" t="s">
         <v>389</v>
       </c>
-      <c r="C111" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D111" s="1" t="s">
+      <c r="F111" t="s">
         <v>390</v>
-      </c>
-[...4 lines deleted...]
-        <v>388</v>
       </c>
     </row>
     <row r="112" spans="1:6">
       <c r="A112">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="B112" t="s">
+        <v>391</v>
+      </c>
+      <c r="C112" s="1" t="s">
+        <v>381</v>
+      </c>
+      <c r="D112" s="1" t="s">
         <v>392</v>
-      </c>
-[...4 lines deleted...]
-        <v>25</v>
       </c>
       <c r="E112" s="1" t="s">
         <v>393</v>
       </c>
       <c r="F112" t="s">
-        <v>394</v>
+        <v>390</v>
       </c>
     </row>
     <row r="113" spans="1:6">
       <c r="A113">
-        <v>218</v>
+        <v>217</v>
       </c>
       <c r="B113" t="s">
+        <v>394</v>
+      </c>
+      <c r="C113" s="1" t="s">
         <v>395</v>
-      </c>
-[...1 lines deleted...]
-        <v>385</v>
       </c>
       <c r="D113" s="1" t="s">
         <v>396</v>
       </c>
       <c r="E113" s="1" t="s">
         <v>397</v>
       </c>
       <c r="F113" t="s">
-        <v>394</v>
+        <v>398</v>
       </c>
     </row>
     <row r="114" spans="1:6">
       <c r="A114">
-        <v>217</v>
+        <v>216</v>
       </c>
       <c r="B114" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="C114" s="1" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="D114" s="1" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="E114" s="1" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="F114" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
     </row>
     <row r="115" spans="1:6">
       <c r="A115">
-        <v>216</v>
+        <v>215</v>
       </c>
       <c r="B115" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="C115" s="1" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="D115" s="1" t="s">
-        <v>405</v>
+        <v>292</v>
       </c>
       <c r="E115" s="1" t="s">
         <v>406</v>
       </c>
       <c r="F115" t="s">
         <v>407</v>
       </c>
     </row>
     <row r="116" spans="1:6">
       <c r="A116">
-        <v>215</v>
+        <v>214</v>
       </c>
       <c r="B116" t="s">
         <v>408</v>
       </c>
       <c r="C116" s="1" t="s">
         <v>409</v>
       </c>
       <c r="D116" s="1" t="s">
-        <v>296</v>
+        <v>292</v>
       </c>
       <c r="E116" s="1" t="s">
         <v>410</v>
       </c>
       <c r="F116" t="s">
-        <v>411</v>
+        <v>407</v>
       </c>
     </row>
     <row r="117" spans="1:6">
       <c r="A117">
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="B117" t="s">
+        <v>411</v>
+      </c>
+      <c r="C117" s="1" t="s">
         <v>412</v>
       </c>
-      <c r="C117" s="1" t="s">
+      <c r="D117" s="1" t="s">
+        <v>292</v>
+      </c>
+      <c r="E117" s="1" t="s">
         <v>413</v>
       </c>
-      <c r="D117" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F117" t="s">
-        <v>411</v>
+        <v>407</v>
       </c>
     </row>
     <row r="118" spans="1:6">
       <c r="A118">
-        <v>213</v>
+        <v>212</v>
       </c>
       <c r="B118" t="s">
+        <v>414</v>
+      </c>
+      <c r="C118" s="1" t="s">
         <v>415</v>
       </c>
-      <c r="C118" s="1" t="s">
+      <c r="D118" s="1" t="s">
+        <v>292</v>
+      </c>
+      <c r="E118" s="1" t="s">
         <v>416</v>
       </c>
-      <c r="D118" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F118" t="s">
-        <v>411</v>
+        <v>407</v>
       </c>
     </row>
     <row r="119" spans="1:6">
       <c r="A119">
-        <v>212</v>
+        <v>211</v>
       </c>
       <c r="B119" t="s">
+        <v>417</v>
+      </c>
+      <c r="C119" s="1" t="s">
         <v>418</v>
       </c>
-      <c r="C119" s="1" t="s">
+      <c r="D119" s="1" t="s">
         <v>419</v>
-      </c>
-[...1 lines deleted...]
-        <v>296</v>
       </c>
       <c r="E119" s="1" t="s">
         <v>420</v>
       </c>
       <c r="F119" t="s">
-        <v>411</v>
+        <v>421</v>
       </c>
     </row>
     <row r="120" spans="1:6">
       <c r="A120">
-        <v>211</v>
+        <v>210</v>
       </c>
       <c r="B120" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="C120" s="1" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="D120" s="1" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="E120" s="1" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="F120" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
     </row>
     <row r="121" spans="1:6">
       <c r="A121">
-        <v>210</v>
+        <v>209</v>
       </c>
       <c r="B121" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="C121" s="1" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="D121" s="1" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="E121" s="1" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="F121" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
     </row>
     <row r="122" spans="1:6">
       <c r="A122">
-        <v>209</v>
+        <v>208</v>
       </c>
       <c r="B122" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="C122" s="1" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="D122" s="1" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="E122" s="1" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="F122" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
     </row>
     <row r="123" spans="1:6">
       <c r="A123">
-        <v>208</v>
+        <v>207</v>
       </c>
       <c r="B123" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="C123" s="1" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="D123" s="1" t="s">
-        <v>438</v>
+        <v>55</v>
       </c>
       <c r="E123" s="1" t="s">
         <v>439</v>
       </c>
       <c r="F123" t="s">
         <v>440</v>
       </c>
     </row>
     <row r="124" spans="1:6">
       <c r="A124">
-        <v>207</v>
+        <v>206</v>
       </c>
       <c r="B124" t="s">
         <v>441</v>
       </c>
       <c r="C124" s="1" t="s">
         <v>442</v>
       </c>
       <c r="D124" s="1" t="s">
-        <v>55</v>
+        <v>443</v>
       </c>
       <c r="E124" s="1" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="F124" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
     </row>
     <row r="125" spans="1:6">
       <c r="A125">
-        <v>206</v>
+        <v>205</v>
       </c>
       <c r="B125" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="C125" s="1" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="D125" s="1" t="s">
-        <v>447</v>
+        <v>148</v>
       </c>
       <c r="E125" s="1" t="s">
         <v>448</v>
       </c>
       <c r="F125" t="s">
         <v>449</v>
       </c>
     </row>
     <row r="126" spans="1:6">
       <c r="A126">
-        <v>205</v>
+        <v>204</v>
       </c>
       <c r="B126" t="s">
         <v>450</v>
       </c>
       <c r="C126" s="1" t="s">
         <v>451</v>
       </c>
       <c r="D126" s="1" t="s">
-        <v>148</v>
+        <v>452</v>
       </c>
       <c r="E126" s="1" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="F126" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
     </row>
     <row r="127" spans="1:6">
       <c r="A127">
-        <v>204</v>
+        <v>203</v>
       </c>
       <c r="B127" t="s">
-        <v>454</v>
+        <v>450</v>
       </c>
       <c r="C127" s="1" t="s">
         <v>455</v>
       </c>
       <c r="D127" s="1" t="s">
+        <v>452</v>
+      </c>
+      <c r="E127" s="1" t="s">
         <v>456</v>
       </c>
-      <c r="E127" s="1" t="s">
+      <c r="F127" t="s">
         <v>457</v>
-      </c>
-[...1 lines deleted...]
-        <v>458</v>
       </c>
     </row>
     <row r="128" spans="1:6">
       <c r="A128">
-        <v>203</v>
+        <v>201</v>
       </c>
       <c r="B128" t="s">
-        <v>454</v>
+        <v>275</v>
       </c>
       <c r="C128" s="1" t="s">
+        <v>458</v>
+      </c>
+      <c r="D128" s="1" t="s">
+        <v>277</v>
+      </c>
+      <c r="E128" s="1" t="s">
         <v>459</v>
       </c>
-      <c r="D128" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E128" s="1" t="s">
+      <c r="F128" t="s">
         <v>460</v>
-      </c>
-[...1 lines deleted...]
-        <v>461</v>
       </c>
     </row>
     <row r="129" spans="1:6">
       <c r="A129">
-        <v>201</v>
+        <v>200</v>
       </c>
       <c r="B129" t="s">
-        <v>279</v>
+        <v>461</v>
       </c>
       <c r="C129" s="1" t="s">
         <v>462</v>
       </c>
       <c r="D129" s="1" t="s">
-        <v>281</v>
+        <v>229</v>
       </c>
       <c r="E129" s="1" t="s">
         <v>463</v>
       </c>
       <c r="F129" t="s">
         <v>464</v>
       </c>
     </row>
     <row r="130" spans="1:6">
       <c r="A130">
-        <v>200</v>
+        <v>199</v>
       </c>
       <c r="B130" t="s">
         <v>465</v>
       </c>
       <c r="C130" s="1" t="s">
+        <v>462</v>
+      </c>
+      <c r="D130" s="1" t="s">
+        <v>314</v>
+      </c>
+      <c r="E130" s="1" t="s">
         <v>466</v>
       </c>
-      <c r="D130" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F130" t="s">
-        <v>468</v>
+        <v>464</v>
       </c>
     </row>
     <row r="131" spans="1:6">
       <c r="A131">
-        <v>199</v>
+        <v>198</v>
       </c>
       <c r="B131" t="s">
+        <v>467</v>
+      </c>
+      <c r="C131" s="1" t="s">
+        <v>468</v>
+      </c>
+      <c r="D131" s="1" t="s">
+        <v>314</v>
+      </c>
+      <c r="E131" s="1" t="s">
         <v>469</v>
       </c>
-      <c r="C131" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E131" s="1" t="s">
+      <c r="F131" t="s">
         <v>470</v>
-      </c>
-[...1 lines deleted...]
-        <v>468</v>
       </c>
     </row>
     <row r="132" spans="1:6">
       <c r="A132">
-        <v>198</v>
+        <v>197</v>
       </c>
       <c r="B132" t="s">
         <v>471</v>
       </c>
       <c r="C132" s="1" t="s">
         <v>472</v>
       </c>
       <c r="D132" s="1" t="s">
-        <v>318</v>
+        <v>229</v>
       </c>
       <c r="E132" s="1" t="s">
         <v>473</v>
       </c>
       <c r="F132" t="s">
-        <v>474</v>
+        <v>464</v>
       </c>
     </row>
     <row r="133" spans="1:6">
       <c r="A133">
-        <v>197</v>
+        <v>196</v>
       </c>
       <c r="B133" t="s">
+        <v>474</v>
+      </c>
+      <c r="C133" s="1" t="s">
+        <v>472</v>
+      </c>
+      <c r="D133" s="1" t="s">
+        <v>314</v>
+      </c>
+      <c r="E133" s="1" t="s">
         <v>475</v>
       </c>
-      <c r="C133" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F133" t="s">
-        <v>468</v>
+        <v>464</v>
       </c>
     </row>
     <row r="134" spans="1:6">
       <c r="A134">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="B134" t="s">
-        <v>478</v>
+        <v>476</v>
       </c>
       <c r="C134" s="1" t="s">
-        <v>476</v>
+        <v>472</v>
       </c>
       <c r="D134" s="1" t="s">
-        <v>318</v>
+        <v>317</v>
       </c>
       <c r="E134" s="1" t="s">
-        <v>479</v>
+        <v>477</v>
       </c>
       <c r="F134" t="s">
-        <v>468</v>
+        <v>464</v>
       </c>
     </row>
     <row r="135" spans="1:6">
       <c r="A135">
-        <v>195</v>
+        <v>194</v>
       </c>
       <c r="B135" t="s">
+        <v>478</v>
+      </c>
+      <c r="C135" s="1" t="s">
+        <v>479</v>
+      </c>
+      <c r="D135" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="E135" s="1" t="s">
         <v>480</v>
       </c>
-      <c r="C135" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F135" t="s">
-        <v>468</v>
+        <v>464</v>
       </c>
     </row>
     <row r="136" spans="1:6">
       <c r="A136">
-        <v>194</v>
+        <v>193</v>
       </c>
       <c r="B136" t="s">
+        <v>481</v>
+      </c>
+      <c r="C136" s="1" t="s">
+        <v>479</v>
+      </c>
+      <c r="D136" s="1" t="s">
+        <v>314</v>
+      </c>
+      <c r="E136" s="1" t="s">
         <v>482</v>
       </c>
-      <c r="C136" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F136" t="s">
-        <v>468</v>
+        <v>464</v>
       </c>
     </row>
     <row r="137" spans="1:6">
       <c r="A137">
-        <v>193</v>
+        <v>192</v>
       </c>
       <c r="B137" t="s">
-        <v>485</v>
+        <v>483</v>
       </c>
       <c r="C137" s="1" t="s">
-        <v>483</v>
+        <v>479</v>
       </c>
       <c r="D137" s="1" t="s">
-        <v>318</v>
+        <v>317</v>
       </c>
       <c r="E137" s="1" t="s">
-        <v>486</v>
+        <v>484</v>
       </c>
       <c r="F137" t="s">
-        <v>468</v>
+        <v>464</v>
       </c>
     </row>
     <row r="138" spans="1:6">
       <c r="A138">
-        <v>192</v>
+        <v>191</v>
       </c>
       <c r="B138" t="s">
-        <v>487</v>
+        <v>461</v>
       </c>
       <c r="C138" s="1" t="s">
-        <v>483</v>
+        <v>462</v>
       </c>
       <c r="D138" s="1" t="s">
-        <v>321</v>
+        <v>229</v>
       </c>
       <c r="E138" s="1" t="s">
-        <v>488</v>
+        <v>485</v>
       </c>
       <c r="F138" t="s">
-        <v>468</v>
+        <v>486</v>
       </c>
     </row>
     <row r="139" spans="1:6">
       <c r="A139">
-        <v>191</v>
+        <v>190</v>
       </c>
       <c r="B139" t="s">
-        <v>465</v>
+        <v>467</v>
       </c>
       <c r="C139" s="1" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="D139" s="1" t="s">
-        <v>229</v>
+        <v>314</v>
       </c>
       <c r="E139" s="1" t="s">
-        <v>489</v>
+        <v>487</v>
       </c>
       <c r="F139" t="s">
-        <v>490</v>
+        <v>486</v>
       </c>
     </row>
     <row r="140" spans="1:6">
       <c r="A140">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="B140" t="s">
-        <v>471</v>
+        <v>488</v>
       </c>
       <c r="C140" s="1" t="s">
-        <v>472</v>
+        <v>468</v>
       </c>
       <c r="D140" s="1" t="s">
-        <v>318</v>
+        <v>317</v>
       </c>
       <c r="E140" s="1" t="s">
-        <v>491</v>
+        <v>489</v>
       </c>
       <c r="F140" t="s">
-        <v>490</v>
+        <v>486</v>
       </c>
     </row>
     <row r="141" spans="1:6">
       <c r="A141">
-        <v>189</v>
+        <v>188</v>
       </c>
       <c r="B141" t="s">
-        <v>492</v>
+        <v>490</v>
       </c>
       <c r="C141" s="1" t="s">
-        <v>472</v>
+        <v>468</v>
       </c>
       <c r="D141" s="1" t="s">
-        <v>321</v>
+        <v>229</v>
       </c>
       <c r="E141" s="1" t="s">
-        <v>493</v>
+        <v>491</v>
       </c>
       <c r="F141" t="s">
-        <v>490</v>
+        <v>486</v>
       </c>
     </row>
     <row r="142" spans="1:6">
       <c r="A142">
-        <v>188</v>
+        <v>187</v>
       </c>
       <c r="B142" t="s">
-        <v>494</v>
+        <v>474</v>
       </c>
       <c r="C142" s="1" t="s">
         <v>472</v>
       </c>
       <c r="D142" s="1" t="s">
-        <v>229</v>
+        <v>314</v>
       </c>
       <c r="E142" s="1" t="s">
-        <v>495</v>
+        <v>492</v>
       </c>
       <c r="F142" t="s">
-        <v>490</v>
+        <v>486</v>
       </c>
     </row>
     <row r="143" spans="1:6">
       <c r="A143">
-        <v>187</v>
+        <v>186</v>
       </c>
       <c r="B143" t="s">
-        <v>478</v>
+        <v>476</v>
       </c>
       <c r="C143" s="1" t="s">
-        <v>476</v>
+        <v>472</v>
       </c>
       <c r="D143" s="1" t="s">
-        <v>318</v>
+        <v>317</v>
       </c>
       <c r="E143" s="1" t="s">
-        <v>496</v>
+        <v>493</v>
       </c>
       <c r="F143" t="s">
-        <v>490</v>
+        <v>486</v>
       </c>
     </row>
     <row r="144" spans="1:6">
       <c r="A144">
-        <v>186</v>
+        <v>185</v>
       </c>
       <c r="B144" t="s">
-        <v>480</v>
+        <v>471</v>
       </c>
       <c r="C144" s="1" t="s">
-        <v>476</v>
+        <v>472</v>
       </c>
       <c r="D144" s="1" t="s">
-        <v>321</v>
+        <v>229</v>
       </c>
       <c r="E144" s="1" t="s">
-        <v>497</v>
+        <v>494</v>
       </c>
       <c r="F144" t="s">
-        <v>490</v>
+        <v>486</v>
       </c>
     </row>
     <row r="145" spans="1:6">
       <c r="A145">
-        <v>185</v>
+        <v>184</v>
       </c>
       <c r="B145" t="s">
-        <v>475</v>
+        <v>465</v>
       </c>
       <c r="C145" s="1" t="s">
-        <v>476</v>
+        <v>462</v>
       </c>
       <c r="D145" s="1" t="s">
-        <v>229</v>
+        <v>314</v>
       </c>
       <c r="E145" s="1" t="s">
-        <v>498</v>
+        <v>495</v>
       </c>
       <c r="F145" t="s">
-        <v>490</v>
+        <v>486</v>
       </c>
     </row>
     <row r="146" spans="1:6">
       <c r="A146">
-        <v>184</v>
+        <v>183</v>
       </c>
       <c r="B146" t="s">
-        <v>469</v>
+        <v>496</v>
       </c>
       <c r="C146" s="1" t="s">
-        <v>466</v>
+        <v>462</v>
       </c>
       <c r="D146" s="1" t="s">
-        <v>318</v>
+        <v>317</v>
       </c>
       <c r="E146" s="1" t="s">
-        <v>499</v>
+        <v>497</v>
       </c>
       <c r="F146" t="s">
-        <v>490</v>
+        <v>486</v>
       </c>
     </row>
     <row r="147" spans="1:6">
       <c r="A147">
-        <v>183</v>
+        <v>182</v>
       </c>
       <c r="B147" t="s">
-        <v>500</v>
+        <v>481</v>
       </c>
       <c r="C147" s="1" t="s">
-        <v>466</v>
+        <v>479</v>
       </c>
       <c r="D147" s="1" t="s">
-        <v>321</v>
+        <v>314</v>
       </c>
       <c r="E147" s="1" t="s">
-        <v>501</v>
+        <v>498</v>
       </c>
       <c r="F147" t="s">
-        <v>490</v>
+        <v>486</v>
       </c>
     </row>
     <row r="148" spans="1:6">
       <c r="A148">
-        <v>182</v>
+        <v>181</v>
       </c>
       <c r="B148" t="s">
-        <v>485</v>
+        <v>483</v>
       </c>
       <c r="C148" s="1" t="s">
-        <v>483</v>
+        <v>479</v>
       </c>
       <c r="D148" s="1" t="s">
-        <v>318</v>
+        <v>317</v>
       </c>
       <c r="E148" s="1" t="s">
-        <v>502</v>
+        <v>499</v>
       </c>
       <c r="F148" t="s">
-        <v>490</v>
+        <v>486</v>
       </c>
     </row>
     <row r="149" spans="1:6">
       <c r="A149">
-        <v>181</v>
+        <v>180</v>
       </c>
       <c r="B149" t="s">
-        <v>487</v>
+        <v>478</v>
       </c>
       <c r="C149" s="1" t="s">
-        <v>483</v>
+        <v>479</v>
       </c>
       <c r="D149" s="1" t="s">
-        <v>321</v>
+        <v>229</v>
       </c>
       <c r="E149" s="1" t="s">
-        <v>503</v>
+        <v>500</v>
       </c>
       <c r="F149" t="s">
-        <v>490</v>
+        <v>486</v>
       </c>
     </row>
     <row r="150" spans="1:6">
       <c r="A150">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="B150" t="s">
-        <v>482</v>
+        <v>501</v>
       </c>
       <c r="C150" s="1" t="s">
-        <v>483</v>
+        <v>502</v>
       </c>
       <c r="D150" s="1" t="s">
-        <v>229</v>
+        <v>503</v>
       </c>
       <c r="E150" s="1" t="s">
         <v>504</v>
       </c>
       <c r="F150" t="s">
-        <v>490</v>
+        <v>505</v>
       </c>
     </row>
     <row r="151" spans="1:6">
       <c r="A151">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="B151" t="s">
-        <v>505</v>
+        <v>506</v>
       </c>
       <c r="C151" s="1" t="s">
-        <v>506</v>
+        <v>177</v>
       </c>
       <c r="D151" s="1" t="s">
+        <v>187</v>
+      </c>
+      <c r="E151" s="1" t="s">
         <v>507</v>
       </c>
-      <c r="E151" s="1" t="s">
+      <c r="F151" t="s">
         <v>508</v>
-      </c>
-[...1 lines deleted...]
-        <v>509</v>
       </c>
     </row>
     <row r="152" spans="1:6">
       <c r="A152">
-        <v>178</v>
+        <v>177</v>
       </c>
       <c r="B152" t="s">
-        <v>510</v>
+        <v>216</v>
       </c>
       <c r="C152" s="1" t="s">
-        <v>177</v>
+        <v>169</v>
       </c>
       <c r="D152" s="1" t="s">
         <v>187</v>
       </c>
       <c r="E152" s="1" t="s">
-        <v>511</v>
+        <v>509</v>
       </c>
       <c r="F152" t="s">
-        <v>512</v>
+        <v>508</v>
       </c>
     </row>
     <row r="153" spans="1:6">
       <c r="A153">
-        <v>177</v>
+        <v>176</v>
       </c>
       <c r="B153" t="s">
-        <v>216</v>
+        <v>213</v>
       </c>
       <c r="C153" s="1" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="D153" s="1" t="s">
         <v>187</v>
       </c>
       <c r="E153" s="1" t="s">
-        <v>513</v>
+        <v>510</v>
       </c>
       <c r="F153" t="s">
-        <v>512</v>
+        <v>508</v>
       </c>
     </row>
     <row r="154" spans="1:6">
       <c r="A154">
-        <v>176</v>
+        <v>175</v>
       </c>
       <c r="B154" t="s">
-        <v>213</v>
+        <v>511</v>
       </c>
       <c r="C154" s="1" t="s">
         <v>174</v>
       </c>
       <c r="D154" s="1" t="s">
-        <v>187</v>
+        <v>512</v>
       </c>
       <c r="E154" s="1" t="s">
+        <v>513</v>
+      </c>
+      <c r="F154" t="s">
         <v>514</v>
-      </c>
-[...1 lines deleted...]
-        <v>512</v>
       </c>
     </row>
     <row r="155" spans="1:6">
       <c r="A155">
-        <v>175</v>
+        <v>174</v>
       </c>
       <c r="B155" t="s">
         <v>515</v>
       </c>
       <c r="C155" s="1" t="s">
-        <v>174</v>
+        <v>177</v>
       </c>
       <c r="D155" s="1" t="s">
+        <v>512</v>
+      </c>
+      <c r="E155" s="1" t="s">
         <v>516</v>
       </c>
-      <c r="E155" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F155" t="s">
-        <v>518</v>
+        <v>514</v>
       </c>
     </row>
     <row r="156" spans="1:6">
       <c r="A156">
-        <v>174</v>
+        <v>173</v>
       </c>
       <c r="B156" t="s">
-        <v>519</v>
+        <v>517</v>
       </c>
       <c r="C156" s="1" t="s">
-        <v>177</v>
+        <v>169</v>
       </c>
       <c r="D156" s="1" t="s">
-        <v>516</v>
+        <v>512</v>
       </c>
       <c r="E156" s="1" t="s">
-        <v>520</v>
+        <v>518</v>
       </c>
       <c r="F156" t="s">
-        <v>518</v>
+        <v>514</v>
       </c>
     </row>
     <row r="157" spans="1:6">
       <c r="A157">
-        <v>173</v>
+        <v>172</v>
       </c>
       <c r="B157" t="s">
-        <v>521</v>
+        <v>506</v>
       </c>
       <c r="C157" s="1" t="s">
-        <v>169</v>
+        <v>177</v>
       </c>
       <c r="D157" s="1" t="s">
-        <v>516</v>
+        <v>187</v>
       </c>
       <c r="E157" s="1" t="s">
-        <v>522</v>
+        <v>519</v>
       </c>
       <c r="F157" t="s">
-        <v>518</v>
+        <v>514</v>
       </c>
     </row>
     <row r="158" spans="1:6">
       <c r="A158">
-        <v>172</v>
+        <v>171</v>
       </c>
       <c r="B158" t="s">
-        <v>510</v>
+        <v>213</v>
       </c>
       <c r="C158" s="1" t="s">
-        <v>177</v>
+        <v>174</v>
       </c>
       <c r="D158" s="1" t="s">
         <v>187</v>
       </c>
       <c r="E158" s="1" t="s">
-        <v>523</v>
+        <v>520</v>
       </c>
       <c r="F158" t="s">
-        <v>518</v>
+        <v>514</v>
       </c>
     </row>
     <row r="159" spans="1:6">
       <c r="A159">
-        <v>171</v>
+        <v>170</v>
       </c>
       <c r="B159" t="s">
-        <v>213</v>
+        <v>521</v>
       </c>
       <c r="C159" s="1" t="s">
-        <v>174</v>
+        <v>522</v>
       </c>
       <c r="D159" s="1" t="s">
-        <v>187</v>
+        <v>523</v>
       </c>
       <c r="E159" s="1" t="s">
         <v>524</v>
       </c>
       <c r="F159" t="s">
-        <v>518</v>
+        <v>525</v>
       </c>
     </row>
     <row r="160" spans="1:6">
       <c r="A160">
         <v>170</v>
       </c>
       <c r="B160" t="s">
-        <v>525</v>
+        <v>216</v>
       </c>
       <c r="C160" s="1" t="s">
+        <v>169</v>
+      </c>
+      <c r="D160" s="1" t="s">
+        <v>187</v>
+      </c>
+      <c r="E160" s="1" t="s">
         <v>526</v>
       </c>
-      <c r="D160" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F160" t="s">
-        <v>529</v>
+        <v>514</v>
       </c>
     </row>
     <row r="161" spans="1:6">
       <c r="A161">
-        <v>170</v>
+        <v>169</v>
       </c>
       <c r="B161" t="s">
-        <v>216</v>
+        <v>527</v>
       </c>
       <c r="C161" s="1" t="s">
-        <v>169</v>
+        <v>528</v>
       </c>
       <c r="D161" s="1" t="s">
-        <v>187</v>
+        <v>529</v>
       </c>
       <c r="E161" s="1" t="s">
         <v>530</v>
       </c>
       <c r="F161" t="s">
-        <v>518</v>
+        <v>531</v>
       </c>
     </row>
     <row r="162" spans="1:6">
       <c r="A162">
         <v>169</v>
       </c>
       <c r="B162" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="C162" s="1" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
       <c r="D162" s="1" t="s">
-        <v>533</v>
+        <v>262</v>
       </c>
       <c r="E162" s="1" t="s">
         <v>534</v>
       </c>
       <c r="F162" t="s">
         <v>535</v>
       </c>
     </row>
     <row r="163" spans="1:6">
       <c r="A163">
-        <v>169</v>
+        <v>168</v>
       </c>
       <c r="B163" t="s">
         <v>536</v>
       </c>
       <c r="C163" s="1" t="s">
         <v>537</v>
       </c>
       <c r="D163" s="1" t="s">
         <v>262</v>
       </c>
       <c r="E163" s="1" t="s">
         <v>538</v>
       </c>
       <c r="F163" t="s">
-        <v>539</v>
+        <v>535</v>
       </c>
     </row>
     <row r="164" spans="1:6">
       <c r="A164">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="B164" t="s">
+        <v>539</v>
+      </c>
+      <c r="C164" s="1" t="s">
         <v>540</v>
-      </c>
-[...1 lines deleted...]
-        <v>541</v>
       </c>
       <c r="D164" s="1" t="s">
         <v>262</v>
       </c>
       <c r="E164" s="1" t="s">
-        <v>542</v>
+        <v>541</v>
       </c>
       <c r="F164" t="s">
-        <v>539</v>
+        <v>535</v>
       </c>
     </row>
     <row r="165" spans="1:6">
       <c r="A165">
-        <v>167</v>
+        <v>166</v>
       </c>
       <c r="B165" t="s">
+        <v>542</v>
+      </c>
+      <c r="C165" s="1" t="s">
         <v>543</v>
       </c>
-      <c r="C165" s="1" t="s">
+      <c r="D165" s="1" t="s">
         <v>544</v>
-      </c>
-[...1 lines deleted...]
-        <v>262</v>
       </c>
       <c r="E165" s="1" t="s">
         <v>545</v>
       </c>
       <c r="F165" t="s">
-        <v>539</v>
+        <v>546</v>
       </c>
     </row>
     <row r="166" spans="1:6">
       <c r="A166">
-        <v>166</v>
+        <v>165</v>
       </c>
       <c r="B166" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
       <c r="C166" s="1" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="D166" s="1" t="s">
-        <v>548</v>
+        <v>549</v>
       </c>
       <c r="E166" s="1" t="s">
-        <v>549</v>
+        <v>550</v>
       </c>
       <c r="F166" t="s">
-        <v>550</v>
+        <v>551</v>
       </c>
     </row>
     <row r="167" spans="1:6">
       <c r="A167">
         <v>165</v>
       </c>
       <c r="B167" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
       <c r="C167" s="1" t="s">
-        <v>552</v>
+        <v>553</v>
       </c>
       <c r="D167" s="1" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
       <c r="E167" s="1" t="s">
-        <v>554</v>
+        <v>555</v>
       </c>
       <c r="F167" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
     </row>
     <row r="168" spans="1:6">
       <c r="A168">
-        <v>165</v>
+        <v>164</v>
       </c>
       <c r="B168" t="s">
-        <v>556</v>
+        <v>557</v>
       </c>
       <c r="C168" s="1" t="s">
-        <v>557</v>
+        <v>558</v>
       </c>
       <c r="D168" s="1" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
       <c r="E168" s="1" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="F168" t="s">
-        <v>560</v>
+        <v>561</v>
       </c>
     </row>
     <row r="169" spans="1:6">
       <c r="A169">
         <v>164</v>
       </c>
       <c r="B169" t="s">
-        <v>561</v>
+        <v>562</v>
       </c>
       <c r="C169" s="1" t="s">
-        <v>562</v>
+        <v>563</v>
       </c>
       <c r="D169" s="1" t="s">
-        <v>563</v>
+        <v>559</v>
       </c>
       <c r="E169" s="1" t="s">
         <v>564</v>
       </c>
       <c r="F169" t="s">
-        <v>565</v>
+        <v>561</v>
       </c>
     </row>
     <row r="170" spans="1:6">
       <c r="A170">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="B170" t="s">
+        <v>565</v>
+      </c>
+      <c r="C170" s="1" t="s">
         <v>566</v>
       </c>
-      <c r="C170" s="1" t="s">
+      <c r="D170" s="1" t="s">
+        <v>559</v>
+      </c>
+      <c r="E170" s="1" t="s">
         <v>567</v>
       </c>
-      <c r="D170" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F170" t="s">
-        <v>565</v>
+        <v>561</v>
       </c>
     </row>
     <row r="171" spans="1:6">
       <c r="A171">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="B171" t="s">
+        <v>568</v>
+      </c>
+      <c r="C171" s="1" t="s">
         <v>569</v>
       </c>
-      <c r="C171" s="1" t="s">
+      <c r="D171" s="1" t="s">
         <v>570</v>
-      </c>
-[...1 lines deleted...]
-        <v>563</v>
       </c>
       <c r="E171" s="1" t="s">
         <v>571</v>
       </c>
       <c r="F171" t="s">
-        <v>565</v>
+        <v>572</v>
       </c>
     </row>
     <row r="172" spans="1:6">
       <c r="A172">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="B172" t="s">
-        <v>572</v>
+        <v>573</v>
       </c>
       <c r="C172" s="1" t="s">
-        <v>573</v>
+        <v>574</v>
       </c>
       <c r="D172" s="1" t="s">
-        <v>574</v>
+        <v>282</v>
       </c>
       <c r="E172" s="1" t="s">
         <v>575</v>
       </c>
       <c r="F172" t="s">
         <v>576</v>
       </c>
     </row>
     <row r="173" spans="1:6">
       <c r="A173">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="B173" t="s">
         <v>577</v>
       </c>
       <c r="C173" s="1" t="s">
-        <v>562</v>
+        <v>578</v>
       </c>
       <c r="D173" s="1" t="s">
-        <v>578</v>
+        <v>570</v>
       </c>
       <c r="E173" s="1" t="s">
         <v>579</v>
       </c>
       <c r="F173" t="s">
-        <v>565</v>
+        <v>572</v>
       </c>
     </row>
     <row r="174" spans="1:6">
       <c r="A174">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="B174" t="s">
         <v>580</v>
       </c>
       <c r="C174" s="1" t="s">
         <v>581</v>
       </c>
       <c r="D174" s="1" t="s">
         <v>582</v>
       </c>
       <c r="E174" s="1" t="s">
         <v>583</v>
       </c>
       <c r="F174" t="s">
         <v>584</v>
       </c>
     </row>
     <row r="175" spans="1:6">
       <c r="A175">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="B175" t="s">
         <v>585</v>
       </c>
       <c r="C175" s="1" t="s">
-        <v>586</v>
+        <v>537</v>
       </c>
       <c r="D175" s="1" t="s">
         <v>582</v>
       </c>
       <c r="E175" s="1" t="s">
-        <v>587</v>
+        <v>586</v>
       </c>
       <c r="F175" t="s">
         <v>584</v>
       </c>
     </row>
     <row r="176" spans="1:6">
       <c r="A176">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="B176" t="s">
+        <v>587</v>
+      </c>
+      <c r="C176" s="1" t="s">
+        <v>540</v>
+      </c>
+      <c r="D176" s="1" t="s">
+        <v>582</v>
+      </c>
+      <c r="E176" s="1" t="s">
         <v>588</v>
       </c>
-      <c r="C176" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F176" t="s">
-        <v>565</v>
+        <v>584</v>
       </c>
     </row>
     <row r="177" spans="1:6">
       <c r="A177">
-        <v>159</v>
+        <v>162</v>
       </c>
       <c r="B177" t="s">
+        <v>589</v>
+      </c>
+      <c r="C177" s="1" t="s">
         <v>590</v>
       </c>
-      <c r="C177" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D177" s="1" t="s">
+        <v>582</v>
+      </c>
+      <c r="E177" s="1" t="s">
         <v>591</v>
       </c>
-      <c r="E177" s="1" t="s">
+      <c r="F177" t="s">
         <v>592</v>
-      </c>
-[...1 lines deleted...]
-        <v>593</v>
       </c>
     </row>
     <row r="178" spans="1:6">
       <c r="A178">
-        <v>159</v>
+        <v>162</v>
       </c>
       <c r="B178" t="s">
+        <v>593</v>
+      </c>
+      <c r="C178" s="1" t="s">
         <v>594</v>
       </c>
-      <c r="C178" s="1" t="s">
+      <c r="D178" s="1" t="s">
         <v>570</v>
-      </c>
-[...1 lines deleted...]
-        <v>578</v>
       </c>
       <c r="E178" s="1" t="s">
         <v>595</v>
       </c>
       <c r="F178" t="s">
-        <v>565</v>
+        <v>572</v>
       </c>
     </row>
     <row r="179" spans="1:6">
       <c r="A179">
-        <v>158</v>
+        <v>161</v>
       </c>
       <c r="B179" t="s">
         <v>596</v>
       </c>
       <c r="C179" s="1" t="s">
         <v>597</v>
       </c>
       <c r="D179" s="1" t="s">
         <v>598</v>
       </c>
       <c r="E179" s="1" t="s">
         <v>599</v>
       </c>
       <c r="F179" t="s">
         <v>600</v>
       </c>
     </row>
     <row r="180" spans="1:6">
       <c r="A180">
-        <v>158</v>
+        <v>161</v>
       </c>
       <c r="B180" t="s">
         <v>601</v>
       </c>
       <c r="C180" s="1" t="s">
+        <v>569</v>
+      </c>
+      <c r="D180" s="1" t="s">
         <v>602</v>
-      </c>
-[...1 lines deleted...]
-        <v>598</v>
       </c>
       <c r="E180" s="1" t="s">
         <v>603</v>
       </c>
       <c r="F180" t="s">
-        <v>600</v>
+        <v>572</v>
       </c>
     </row>
     <row r="181" spans="1:6">
       <c r="A181">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="B181" t="s">
         <v>604</v>
       </c>
       <c r="C181" s="1" t="s">
         <v>605</v>
       </c>
       <c r="D181" s="1" t="s">
-        <v>598</v>
+        <v>606</v>
       </c>
       <c r="E181" s="1" t="s">
-        <v>606</v>
+        <v>607</v>
       </c>
       <c r="F181" t="s">
-        <v>600</v>
+        <v>608</v>
       </c>
     </row>
     <row r="182" spans="1:6">
       <c r="A182">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="B182" t="s">
-        <v>607</v>
+        <v>609</v>
       </c>
       <c r="C182" s="1" t="s">
+        <v>610</v>
+      </c>
+      <c r="D182" s="1" t="s">
+        <v>606</v>
+      </c>
+      <c r="E182" s="1" t="s">
+        <v>611</v>
+      </c>
+      <c r="F182" t="s">
         <v>608</v>
-      </c>
-[...7 lines deleted...]
-        <v>600</v>
       </c>
     </row>
     <row r="183" spans="1:6">
       <c r="A183">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="B183" t="s">
-        <v>610</v>
+        <v>612</v>
       </c>
       <c r="C183" s="1" t="s">
-        <v>562</v>
+        <v>578</v>
       </c>
       <c r="D183" s="1" t="s">
-        <v>611</v>
+        <v>602</v>
       </c>
       <c r="E183" s="1" t="s">
-        <v>612</v>
+        <v>613</v>
       </c>
       <c r="F183" t="s">
-        <v>565</v>
+        <v>572</v>
       </c>
     </row>
     <row r="184" spans="1:6">
       <c r="A184">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="B184" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="C184" s="1" t="s">
-        <v>567</v>
+        <v>442</v>
       </c>
       <c r="D184" s="1" t="s">
-        <v>611</v>
+        <v>615</v>
       </c>
       <c r="E184" s="1" t="s">
-        <v>614</v>
+        <v>616</v>
       </c>
       <c r="F184" t="s">
-        <v>565</v>
+        <v>617</v>
       </c>
     </row>
     <row r="185" spans="1:6">
       <c r="A185">
-        <v>156</v>
+        <v>159</v>
       </c>
       <c r="B185" t="s">
-        <v>615</v>
+        <v>618</v>
       </c>
       <c r="C185" s="1" t="s">
-        <v>616</v>
+        <v>594</v>
       </c>
       <c r="D185" s="1" t="s">
-        <v>617</v>
+        <v>602</v>
       </c>
       <c r="E185" s="1" t="s">
-        <v>618</v>
+        <v>619</v>
       </c>
       <c r="F185" t="s">
-        <v>619</v>
+        <v>572</v>
       </c>
     </row>
     <row r="186" spans="1:6">
       <c r="A186">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="B186" t="s">
         <v>620</v>
       </c>
       <c r="C186" s="1" t="s">
         <v>621</v>
       </c>
       <c r="D186" s="1" t="s">
-        <v>617</v>
+        <v>622</v>
       </c>
       <c r="E186" s="1" t="s">
-        <v>622</v>
+        <v>623</v>
       </c>
       <c r="F186" t="s">
-        <v>619</v>
+        <v>624</v>
       </c>
     </row>
     <row r="187" spans="1:6">
       <c r="A187">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="B187" t="s">
-        <v>623</v>
+        <v>625</v>
       </c>
       <c r="C187" s="1" t="s">
+        <v>626</v>
+      </c>
+      <c r="D187" s="1" t="s">
+        <v>622</v>
+      </c>
+      <c r="E187" s="1" t="s">
+        <v>627</v>
+      </c>
+      <c r="F187" t="s">
         <v>624</v>
-      </c>
-[...7 lines deleted...]
-        <v>619</v>
       </c>
     </row>
     <row r="188" spans="1:6">
       <c r="A188">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="B188" t="s">
-        <v>626</v>
+        <v>628</v>
       </c>
       <c r="C188" s="1" t="s">
-        <v>570</v>
+        <v>629</v>
       </c>
       <c r="D188" s="1" t="s">
-        <v>611</v>
+        <v>622</v>
       </c>
       <c r="E188" s="1" t="s">
-        <v>627</v>
+        <v>630</v>
       </c>
       <c r="F188" t="s">
-        <v>565</v>
+        <v>624</v>
       </c>
     </row>
     <row r="189" spans="1:6">
       <c r="A189">
-        <v>155</v>
+        <v>158</v>
       </c>
       <c r="B189" t="s">
-        <v>628</v>
+        <v>631</v>
       </c>
       <c r="C189" s="1" t="s">
-        <v>629</v>
+        <v>632</v>
       </c>
       <c r="D189" s="1" t="s">
-        <v>533</v>
+        <v>622</v>
       </c>
       <c r="E189" s="1" t="s">
-        <v>630</v>
+        <v>633</v>
       </c>
       <c r="F189" t="s">
-        <v>631</v>
+        <v>624</v>
       </c>
     </row>
     <row r="190" spans="1:6">
       <c r="A190">
-        <v>155</v>
+        <v>158</v>
       </c>
       <c r="B190" t="s">
-        <v>632</v>
+        <v>634</v>
       </c>
       <c r="C190" s="1" t="s">
-        <v>562</v>
+        <v>635</v>
       </c>
       <c r="D190" s="1" t="s">
-        <v>633</v>
+        <v>622</v>
       </c>
       <c r="E190" s="1" t="s">
-        <v>634</v>
+        <v>636</v>
       </c>
       <c r="F190" t="s">
-        <v>565</v>
+        <v>637</v>
       </c>
     </row>
     <row r="191" spans="1:6">
       <c r="A191">
-        <v>154</v>
+        <v>158</v>
       </c>
       <c r="B191" t="s">
-        <v>635</v>
+        <v>638</v>
       </c>
       <c r="C191" s="1" t="s">
-        <v>636</v>
+        <v>569</v>
       </c>
       <c r="D191" s="1" t="s">
-        <v>637</v>
+        <v>639</v>
       </c>
       <c r="E191" s="1" t="s">
-        <v>638</v>
+        <v>640</v>
       </c>
       <c r="F191" t="s">
-        <v>639</v>
+        <v>572</v>
       </c>
     </row>
     <row r="192" spans="1:6">
       <c r="A192">
-        <v>154</v>
+        <v>157</v>
       </c>
       <c r="B192" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="C192" s="1" t="s">
-        <v>567</v>
+        <v>578</v>
       </c>
       <c r="D192" s="1" t="s">
-        <v>633</v>
+        <v>639</v>
       </c>
       <c r="E192" s="1" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
       <c r="F192" t="s">
-        <v>565</v>
+        <v>572</v>
       </c>
     </row>
     <row r="193" spans="1:6">
       <c r="A193">
-        <v>153</v>
+        <v>156</v>
       </c>
       <c r="B193" t="s">
-        <v>642</v>
+        <v>643</v>
       </c>
       <c r="C193" s="1" t="s">
-        <v>643</v>
+        <v>644</v>
       </c>
       <c r="D193" s="1" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
       <c r="E193" s="1" t="s">
-        <v>645</v>
+        <v>646</v>
       </c>
       <c r="F193" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
     </row>
     <row r="194" spans="1:6">
       <c r="A194">
-        <v>153</v>
+        <v>156</v>
       </c>
       <c r="B194" t="s">
+        <v>648</v>
+      </c>
+      <c r="C194" s="1" t="s">
+        <v>649</v>
+      </c>
+      <c r="D194" s="1" t="s">
+        <v>645</v>
+      </c>
+      <c r="E194" s="1" t="s">
+        <v>650</v>
+      </c>
+      <c r="F194" t="s">
         <v>647</v>
-      </c>
-[...10 lines deleted...]
-        <v>565</v>
       </c>
     </row>
     <row r="195" spans="1:6">
       <c r="A195">
-        <v>152</v>
+        <v>156</v>
       </c>
       <c r="B195" t="s">
-        <v>649</v>
+        <v>651</v>
       </c>
       <c r="C195" s="1" t="s">
-        <v>562</v>
+        <v>652</v>
       </c>
       <c r="D195" s="1" t="s">
-        <v>650</v>
+        <v>645</v>
       </c>
       <c r="E195" s="1" t="s">
-        <v>651</v>
+        <v>653</v>
       </c>
       <c r="F195" t="s">
-        <v>565</v>
+        <v>647</v>
       </c>
     </row>
     <row r="196" spans="1:6">
       <c r="A196">
-        <v>151</v>
+        <v>156</v>
       </c>
       <c r="B196" t="s">
-        <v>652</v>
+        <v>654</v>
       </c>
       <c r="C196" s="1" t="s">
-        <v>567</v>
+        <v>594</v>
       </c>
       <c r="D196" s="1" t="s">
-        <v>650</v>
+        <v>639</v>
       </c>
       <c r="E196" s="1" t="s">
-        <v>653</v>
+        <v>655</v>
       </c>
       <c r="F196" t="s">
-        <v>565</v>
+        <v>572</v>
       </c>
     </row>
     <row r="197" spans="1:6">
       <c r="A197">
-        <v>150</v>
+        <v>155</v>
       </c>
       <c r="B197" t="s">
-        <v>654</v>
+        <v>656</v>
       </c>
       <c r="C197" s="1" t="s">
-        <v>655</v>
+        <v>657</v>
       </c>
       <c r="D197" s="1" t="s">
-        <v>286</v>
+        <v>529</v>
       </c>
       <c r="E197" s="1" t="s">
-        <v>656</v>
+        <v>658</v>
       </c>
       <c r="F197" t="s">
-        <v>657</v>
+        <v>659</v>
       </c>
     </row>
     <row r="198" spans="1:6">
       <c r="A198">
-        <v>150</v>
+        <v>155</v>
       </c>
       <c r="B198" t="s">
-        <v>658</v>
+        <v>660</v>
       </c>
       <c r="C198" s="1" t="s">
-        <v>570</v>
+        <v>569</v>
       </c>
       <c r="D198" s="1" t="s">
-        <v>650</v>
+        <v>661</v>
       </c>
       <c r="E198" s="1" t="s">
-        <v>659</v>
+        <v>662</v>
       </c>
       <c r="F198" t="s">
-        <v>565</v>
+        <v>572</v>
       </c>
     </row>
     <row r="199" spans="1:6">
       <c r="A199">
-        <v>147</v>
+        <v>154</v>
       </c>
       <c r="B199" t="s">
-        <v>660</v>
+        <v>663</v>
       </c>
       <c r="C199" s="1" t="s">
-        <v>661</v>
+        <v>664</v>
       </c>
       <c r="D199" s="1" t="s">
-        <v>662</v>
+        <v>665</v>
       </c>
       <c r="E199" s="1" t="s">
-        <v>663</v>
+        <v>666</v>
       </c>
       <c r="F199" t="s">
-        <v>664</v>
+        <v>667</v>
       </c>
     </row>
     <row r="200" spans="1:6">
       <c r="A200">
-        <v>147</v>
+        <v>154</v>
       </c>
       <c r="B200" t="s">
-        <v>665</v>
+        <v>668</v>
       </c>
       <c r="C200" s="1" t="s">
-        <v>666</v>
+        <v>578</v>
       </c>
       <c r="D200" s="1" t="s">
-        <v>667</v>
+        <v>661</v>
       </c>
       <c r="E200" s="1" t="s">
-        <v>668</v>
+        <v>669</v>
       </c>
       <c r="F200" t="s">
-        <v>669</v>
+        <v>572</v>
       </c>
     </row>
     <row r="201" spans="1:6">
       <c r="A201">
-        <v>146</v>
+        <v>153</v>
       </c>
       <c r="B201" t="s">
         <v>670</v>
       </c>
       <c r="C201" s="1" t="s">
         <v>671</v>
       </c>
       <c r="D201" s="1" t="s">
         <v>672</v>
       </c>
       <c r="E201" s="1" t="s">
         <v>673</v>
       </c>
       <c r="F201" t="s">
         <v>674</v>
       </c>
     </row>
     <row r="202" spans="1:6">
       <c r="A202">
-        <v>145</v>
+        <v>153</v>
       </c>
       <c r="B202" t="s">
         <v>675</v>
       </c>
       <c r="C202" s="1" t="s">
+        <v>594</v>
+      </c>
+      <c r="D202" s="1" t="s">
+        <v>661</v>
+      </c>
+      <c r="E202" s="1" t="s">
         <v>676</v>
       </c>
-      <c r="D202" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F202" t="s">
-        <v>679</v>
+        <v>572</v>
       </c>
     </row>
     <row r="203" spans="1:6">
       <c r="A203">
-        <v>144</v>
+        <v>152</v>
       </c>
       <c r="B203" t="s">
-        <v>680</v>
+        <v>677</v>
       </c>
       <c r="C203" s="1" t="s">
-        <v>681</v>
+        <v>569</v>
       </c>
       <c r="D203" s="1" t="s">
-        <v>682</v>
+        <v>678</v>
       </c>
       <c r="E203" s="1" t="s">
-        <v>683</v>
+        <v>679</v>
       </c>
       <c r="F203" t="s">
-        <v>684</v>
+        <v>572</v>
       </c>
     </row>
     <row r="204" spans="1:6">
       <c r="A204">
-        <v>143</v>
+        <v>151</v>
       </c>
       <c r="B204" t="s">
-        <v>685</v>
+        <v>680</v>
       </c>
       <c r="C204" s="1" t="s">
+        <v>578</v>
+      </c>
+      <c r="D204" s="1" t="s">
+        <v>678</v>
+      </c>
+      <c r="E204" s="1" t="s">
         <v>681</v>
       </c>
-      <c r="D204" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F204" t="s">
-        <v>688</v>
+        <v>572</v>
       </c>
     </row>
     <row r="205" spans="1:6">
       <c r="A205">
-        <v>142</v>
+        <v>150</v>
       </c>
       <c r="B205" t="s">
-        <v>689</v>
+        <v>682</v>
       </c>
       <c r="C205" s="1" t="s">
-        <v>690</v>
+        <v>683</v>
       </c>
       <c r="D205" s="1" t="s">
-        <v>18</v>
+        <v>282</v>
       </c>
       <c r="E205" s="1" t="s">
-        <v>691</v>
+        <v>684</v>
       </c>
       <c r="F205" t="s">
-        <v>692</v>
+        <v>685</v>
       </c>
     </row>
     <row r="206" spans="1:6">
       <c r="A206">
-        <v>142</v>
+        <v>150</v>
       </c>
       <c r="B206" t="s">
-        <v>693</v>
+        <v>686</v>
       </c>
       <c r="C206" s="1" t="s">
-        <v>690</v>
+        <v>594</v>
       </c>
       <c r="D206" s="1" t="s">
-        <v>321</v>
+        <v>678</v>
       </c>
       <c r="E206" s="1" t="s">
-        <v>694</v>
+        <v>687</v>
       </c>
       <c r="F206" t="s">
-        <v>692</v>
+        <v>572</v>
       </c>
     </row>
     <row r="207" spans="1:6">
       <c r="A207">
-        <v>142</v>
+        <v>147</v>
       </c>
       <c r="B207" t="s">
-        <v>695</v>
+        <v>688</v>
       </c>
       <c r="C207" s="1" t="s">
+        <v>689</v>
+      </c>
+      <c r="D207" s="1" t="s">
         <v>690</v>
       </c>
-      <c r="D207" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E207" s="1" t="s">
-        <v>696</v>
+        <v>691</v>
       </c>
       <c r="F207" t="s">
         <v>692</v>
       </c>
     </row>
     <row r="208" spans="1:6">
       <c r="A208">
-        <v>142</v>
+        <v>147</v>
       </c>
       <c r="B208" t="s">
+        <v>693</v>
+      </c>
+      <c r="C208" s="1" t="s">
+        <v>694</v>
+      </c>
+      <c r="D208" s="1" t="s">
+        <v>695</v>
+      </c>
+      <c r="E208" s="1" t="s">
+        <v>696</v>
+      </c>
+      <c r="F208" t="s">
         <v>697</v>
-      </c>
-[...10 lines deleted...]
-        <v>692</v>
       </c>
     </row>
     <row r="209" spans="1:6">
       <c r="A209">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="B209" t="s">
+        <v>698</v>
+      </c>
+      <c r="C209" s="1" t="s">
+        <v>699</v>
+      </c>
+      <c r="D209" s="1" t="s">
         <v>700</v>
-      </c>
-[...4 lines deleted...]
-        <v>396</v>
       </c>
       <c r="E209" s="1" t="s">
         <v>701</v>
       </c>
       <c r="F209" t="s">
-        <v>692</v>
+        <v>702</v>
       </c>
     </row>
     <row r="210" spans="1:6">
       <c r="A210">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="B210" t="s">
+        <v>703</v>
+      </c>
+      <c r="C210" s="1" t="s">
+        <v>699</v>
+      </c>
+      <c r="D210" s="1" t="s">
+        <v>314</v>
+      </c>
+      <c r="E210" s="1" t="s">
+        <v>704</v>
+      </c>
+      <c r="F210" t="s">
         <v>702</v>
-      </c>
-[...10 lines deleted...]
-        <v>692</v>
       </c>
     </row>
     <row r="211" spans="1:6">
       <c r="A211">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="B211" t="s">
-        <v>704</v>
+        <v>705</v>
       </c>
       <c r="C211" s="1" t="s">
-        <v>698</v>
+        <v>699</v>
       </c>
       <c r="D211" s="1" t="s">
-        <v>321</v>
+        <v>706</v>
       </c>
       <c r="E211" s="1" t="s">
-        <v>705</v>
+        <v>707</v>
       </c>
       <c r="F211" t="s">
-        <v>692</v>
+        <v>702</v>
       </c>
     </row>
     <row r="212" spans="1:6">
       <c r="A212">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="B212" t="s">
-        <v>706</v>
+        <v>708</v>
       </c>
       <c r="C212" s="1" t="s">
-        <v>698</v>
+        <v>709</v>
       </c>
       <c r="D212" s="1" t="s">
-        <v>18</v>
+        <v>710</v>
       </c>
       <c r="E212" s="1" t="s">
-        <v>707</v>
+        <v>711</v>
       </c>
       <c r="F212" t="s">
-        <v>692</v>
+        <v>712</v>
       </c>
     </row>
     <row r="213" spans="1:6">
       <c r="A213">
-        <v>142</v>
+        <v>145</v>
       </c>
       <c r="B213" t="s">
-        <v>708</v>
+        <v>713</v>
       </c>
       <c r="C213" s="1" t="s">
-        <v>709</v>
+        <v>714</v>
       </c>
       <c r="D213" s="1" t="s">
-        <v>710</v>
+        <v>715</v>
       </c>
       <c r="E213" s="1" t="s">
-        <v>711</v>
+        <v>716</v>
       </c>
       <c r="F213" t="s">
-        <v>712</v>
+        <v>717</v>
       </c>
     </row>
     <row r="214" spans="1:6">
       <c r="A214">
-        <v>141</v>
+        <v>144</v>
       </c>
       <c r="B214" t="s">
-        <v>713</v>
+        <v>718</v>
       </c>
       <c r="C214" s="1" t="s">
-        <v>714</v>
+        <v>719</v>
       </c>
       <c r="D214" s="1" t="s">
-        <v>710</v>
+        <v>720</v>
       </c>
       <c r="E214" s="1" t="s">
-        <v>715</v>
+        <v>721</v>
       </c>
       <c r="F214" t="s">
-        <v>712</v>
+        <v>722</v>
       </c>
     </row>
     <row r="215" spans="1:6">
       <c r="A215">
-        <v>140</v>
+        <v>143</v>
       </c>
       <c r="B215" t="s">
-        <v>716</v>
+        <v>723</v>
       </c>
       <c r="C215" s="1" t="s">
-        <v>717</v>
+        <v>719</v>
       </c>
       <c r="D215" s="1" t="s">
-        <v>25</v>
+        <v>724</v>
       </c>
       <c r="E215" s="1" t="s">
-        <v>718</v>
+        <v>725</v>
       </c>
       <c r="F215" t="s">
-        <v>719</v>
+        <v>726</v>
       </c>
     </row>
     <row r="216" spans="1:6">
       <c r="A216">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="B216" t="s">
-        <v>720</v>
+        <v>727</v>
       </c>
       <c r="C216" s="1" t="s">
-        <v>717</v>
+        <v>728</v>
       </c>
       <c r="D216" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E216" s="1" t="s">
-        <v>721</v>
+        <v>729</v>
       </c>
       <c r="F216" t="s">
-        <v>719</v>
+        <v>730</v>
       </c>
     </row>
     <row r="217" spans="1:6">
       <c r="A217">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="B217" t="s">
-        <v>722</v>
+        <v>731</v>
       </c>
       <c r="C217" s="1" t="s">
-        <v>723</v>
+        <v>728</v>
       </c>
       <c r="D217" s="1" t="s">
-        <v>724</v>
+        <v>317</v>
       </c>
       <c r="E217" s="1" t="s">
-        <v>725</v>
+        <v>732</v>
       </c>
       <c r="F217" t="s">
-        <v>550</v>
+        <v>730</v>
       </c>
     </row>
     <row r="218" spans="1:6">
       <c r="A218">
-        <v>139</v>
+        <v>142</v>
       </c>
       <c r="B218" t="s">
-        <v>726</v>
+        <v>733</v>
       </c>
       <c r="C218" s="1" t="s">
-        <v>727</v>
+        <v>728</v>
       </c>
       <c r="D218" s="1" t="s">
-        <v>92</v>
+        <v>25</v>
       </c>
       <c r="E218" s="1" t="s">
-        <v>728</v>
+        <v>734</v>
       </c>
       <c r="F218" t="s">
-        <v>729</v>
+        <v>730</v>
       </c>
     </row>
     <row r="219" spans="1:6">
       <c r="A219">
-        <v>139</v>
+        <v>142</v>
       </c>
       <c r="B219" t="s">
-        <v>726</v>
+        <v>735</v>
       </c>
       <c r="C219" s="1" t="s">
-        <v>727</v>
+        <v>736</v>
       </c>
       <c r="D219" s="1" t="s">
-        <v>92</v>
+        <v>392</v>
       </c>
       <c r="E219" s="1" t="s">
-        <v>728</v>
+        <v>737</v>
       </c>
       <c r="F219" t="s">
-        <v>729</v>
+        <v>730</v>
       </c>
     </row>
     <row r="220" spans="1:6">
       <c r="A220">
-        <v>139</v>
+        <v>142</v>
       </c>
       <c r="B220" t="s">
+        <v>738</v>
+      </c>
+      <c r="C220" s="1" t="s">
+        <v>728</v>
+      </c>
+      <c r="D220" s="1" t="s">
+        <v>392</v>
+      </c>
+      <c r="E220" s="1" t="s">
+        <v>739</v>
+      </c>
+      <c r="F220" t="s">
         <v>730</v>
-      </c>
-[...10 lines deleted...]
-        <v>729</v>
       </c>
     </row>
     <row r="221" spans="1:6">
       <c r="A221">
-        <v>139</v>
+        <v>142</v>
       </c>
       <c r="B221" t="s">
-        <v>732</v>
+        <v>740</v>
       </c>
       <c r="C221" s="1" t="s">
-        <v>733</v>
+        <v>736</v>
       </c>
       <c r="D221" s="1" t="s">
-        <v>34</v>
+        <v>25</v>
       </c>
       <c r="E221" s="1" t="s">
-        <v>734</v>
+        <v>741</v>
       </c>
       <c r="F221" t="s">
-        <v>444</v>
+        <v>730</v>
       </c>
     </row>
     <row r="222" spans="1:6">
       <c r="A222">
-        <v>138</v>
+        <v>142</v>
       </c>
       <c r="B222" t="s">
-        <v>735</v>
+        <v>742</v>
       </c>
       <c r="C222" s="1" t="s">
         <v>736</v>
       </c>
       <c r="D222" s="1" t="s">
-        <v>69</v>
+        <v>317</v>
       </c>
       <c r="E222" s="1" t="s">
-        <v>737</v>
+        <v>743</v>
       </c>
       <c r="F222" t="s">
-        <v>738</v>
+        <v>730</v>
       </c>
     </row>
     <row r="223" spans="1:6">
       <c r="A223">
-        <v>138</v>
+        <v>142</v>
       </c>
       <c r="B223" t="s">
-        <v>739</v>
+        <v>744</v>
       </c>
       <c r="C223" s="1" t="s">
         <v>736</v>
       </c>
       <c r="D223" s="1" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="E223" s="1" t="s">
-        <v>740</v>
+        <v>745</v>
       </c>
       <c r="F223" t="s">
-        <v>738</v>
+        <v>730</v>
       </c>
     </row>
     <row r="224" spans="1:6">
       <c r="A224">
-        <v>138</v>
+        <v>142</v>
       </c>
       <c r="B224" t="s">
-        <v>741</v>
+        <v>746</v>
       </c>
       <c r="C224" s="1" t="s">
-        <v>742</v>
+        <v>747</v>
       </c>
       <c r="D224" s="1" t="s">
-        <v>743</v>
+        <v>25</v>
       </c>
       <c r="E224" s="1" t="s">
-        <v>744</v>
+        <v>748</v>
       </c>
       <c r="F224" t="s">
-        <v>745</v>
+        <v>749</v>
       </c>
     </row>
     <row r="225" spans="1:6">
       <c r="A225">
-        <v>137</v>
+        <v>142</v>
       </c>
       <c r="B225" t="s">
-        <v>746</v>
+        <v>750</v>
       </c>
       <c r="C225" s="1" t="s">
         <v>747</v>
       </c>
       <c r="D225" s="1" t="s">
-        <v>743</v>
+        <v>392</v>
       </c>
       <c r="E225" s="1" t="s">
-        <v>748</v>
+        <v>751</v>
       </c>
       <c r="F225" t="s">
-        <v>745</v>
+        <v>749</v>
       </c>
     </row>
     <row r="226" spans="1:6">
       <c r="A226">
-        <v>136</v>
+        <v>142</v>
       </c>
       <c r="B226" t="s">
+        <v>752</v>
+      </c>
+      <c r="C226" s="1" t="s">
+        <v>747</v>
+      </c>
+      <c r="D226" s="1" t="s">
+        <v>317</v>
+      </c>
+      <c r="E226" s="1" t="s">
+        <v>753</v>
+      </c>
+      <c r="F226" t="s">
         <v>749</v>
-      </c>
-[...10 lines deleted...]
-        <v>745</v>
       </c>
     </row>
     <row r="227" spans="1:6">
       <c r="A227">
-        <v>135</v>
+        <v>142</v>
       </c>
       <c r="B227" t="s">
-        <v>752</v>
+        <v>754</v>
       </c>
       <c r="C227" s="1" t="s">
-        <v>753</v>
+        <v>747</v>
       </c>
       <c r="D227" s="1" t="s">
-        <v>754</v>
+        <v>18</v>
       </c>
       <c r="E227" s="1" t="s">
         <v>755</v>
       </c>
       <c r="F227" t="s">
-        <v>756</v>
+        <v>749</v>
       </c>
     </row>
     <row r="228" spans="1:6">
       <c r="A228">
-        <v>134</v>
+        <v>142</v>
       </c>
       <c r="B228" t="s">
+        <v>756</v>
+      </c>
+      <c r="C228" s="1" t="s">
         <v>757</v>
       </c>
-      <c r="C228" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D228" s="1" t="s">
-        <v>754</v>
+        <v>582</v>
       </c>
       <c r="E228" s="1" t="s">
         <v>758</v>
       </c>
       <c r="F228" t="s">
-        <v>745</v>
+        <v>759</v>
       </c>
     </row>
     <row r="229" spans="1:6">
       <c r="A229">
-        <v>133</v>
+        <v>141</v>
       </c>
       <c r="B229" t="s">
+        <v>760</v>
+      </c>
+      <c r="C229" s="1" t="s">
+        <v>761</v>
+      </c>
+      <c r="D229" s="1" t="s">
+        <v>582</v>
+      </c>
+      <c r="E229" s="1" t="s">
+        <v>762</v>
+      </c>
+      <c r="F229" t="s">
         <v>759</v>
-      </c>
-[...10 lines deleted...]
-        <v>745</v>
       </c>
     </row>
     <row r="230" spans="1:6">
       <c r="A230">
-        <v>132</v>
+        <v>140</v>
       </c>
       <c r="B230" t="s">
-        <v>761</v>
+        <v>763</v>
       </c>
       <c r="C230" s="1" t="s">
-        <v>762</v>
+        <v>764</v>
       </c>
       <c r="D230" s="1" t="s">
-        <v>763</v>
+        <v>25</v>
       </c>
       <c r="E230" s="1" t="s">
-        <v>764</v>
+        <v>765</v>
       </c>
       <c r="F230" t="s">
-        <v>765</v>
+        <v>766</v>
       </c>
     </row>
     <row r="231" spans="1:6">
       <c r="A231">
-        <v>132</v>
+        <v>140</v>
       </c>
       <c r="B231" t="s">
+        <v>767</v>
+      </c>
+      <c r="C231" s="1" t="s">
+        <v>764</v>
+      </c>
+      <c r="D231" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="E231" s="1" t="s">
+        <v>768</v>
+      </c>
+      <c r="F231" t="s">
         <v>766</v>
-      </c>
-[...10 lines deleted...]
-        <v>745</v>
       </c>
     </row>
     <row r="232" spans="1:6">
       <c r="A232">
-        <v>131</v>
+        <v>140</v>
       </c>
       <c r="B232" t="s">
-        <v>768</v>
+        <v>769</v>
       </c>
       <c r="C232" s="1" t="s">
-        <v>769</v>
+        <v>770</v>
       </c>
       <c r="D232" s="1" t="s">
-        <v>199</v>
+        <v>771</v>
       </c>
       <c r="E232" s="1" t="s">
-        <v>770</v>
+        <v>772</v>
       </c>
       <c r="F232" t="s">
-        <v>212</v>
+        <v>546</v>
       </c>
     </row>
     <row r="233" spans="1:6">
       <c r="A233">
-        <v>131</v>
+        <v>139</v>
       </c>
       <c r="B233" t="s">
-        <v>771</v>
+        <v>773</v>
       </c>
       <c r="C233" s="1" t="s">
-        <v>750</v>
+        <v>774</v>
       </c>
       <c r="D233" s="1" t="s">
-        <v>772</v>
+        <v>92</v>
       </c>
       <c r="E233" s="1" t="s">
-        <v>773</v>
+        <v>775</v>
       </c>
       <c r="F233" t="s">
-        <v>745</v>
+        <v>776</v>
       </c>
     </row>
     <row r="234" spans="1:6">
       <c r="A234">
-        <v>130</v>
+        <v>139</v>
       </c>
       <c r="B234" t="s">
+        <v>773</v>
+      </c>
+      <c r="C234" s="1" t="s">
         <v>774</v>
       </c>
-      <c r="C234" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D234" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="E234" s="1" t="s">
         <v>775</v>
       </c>
-      <c r="E234" s="1" t="s">
+      <c r="F234" t="s">
         <v>776</v>
-      </c>
-[...1 lines deleted...]
-        <v>745</v>
       </c>
     </row>
     <row r="235" spans="1:6">
       <c r="A235">
-        <v>129</v>
+        <v>139</v>
       </c>
       <c r="B235" t="s">
         <v>777</v>
       </c>
       <c r="C235" s="1" t="s">
-        <v>747</v>
+        <v>774</v>
       </c>
       <c r="D235" s="1" t="s">
-        <v>775</v>
+        <v>101</v>
       </c>
       <c r="E235" s="1" t="s">
         <v>778</v>
       </c>
       <c r="F235" t="s">
-        <v>745</v>
+        <v>776</v>
       </c>
     </row>
     <row r="236" spans="1:6">
       <c r="A236">
-        <v>128</v>
+        <v>139</v>
       </c>
       <c r="B236" t="s">
         <v>779</v>
       </c>
       <c r="C236" s="1" t="s">
-        <v>742</v>
+        <v>780</v>
       </c>
       <c r="D236" s="1" t="s">
-        <v>775</v>
+        <v>34</v>
       </c>
       <c r="E236" s="1" t="s">
-        <v>780</v>
+        <v>781</v>
       </c>
       <c r="F236" t="s">
-        <v>745</v>
+        <v>440</v>
       </c>
     </row>
     <row r="237" spans="1:6">
       <c r="A237">
-        <v>127</v>
+        <v>138</v>
       </c>
       <c r="B237" t="s">
-        <v>781</v>
+        <v>782</v>
       </c>
       <c r="C237" s="1" t="s">
-        <v>742</v>
+        <v>783</v>
       </c>
       <c r="D237" s="1" t="s">
-        <v>754</v>
+        <v>69</v>
       </c>
       <c r="E237" s="1" t="s">
-        <v>782</v>
+        <v>784</v>
       </c>
       <c r="F237" t="s">
-        <v>756</v>
+        <v>785</v>
       </c>
     </row>
     <row r="238" spans="1:6">
       <c r="A238">
-        <v>126</v>
+        <v>138</v>
       </c>
       <c r="B238" t="s">
+        <v>786</v>
+      </c>
+      <c r="C238" s="1" t="s">
         <v>783</v>
       </c>
-      <c r="C238" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D238" s="1" t="s">
-        <v>754</v>
+        <v>25</v>
       </c>
       <c r="E238" s="1" t="s">
-        <v>784</v>
+        <v>787</v>
       </c>
       <c r="F238" t="s">
-        <v>756</v>
+        <v>785</v>
       </c>
     </row>
     <row r="239" spans="1:6">
       <c r="A239">
-        <v>125</v>
+        <v>138</v>
       </c>
       <c r="B239" t="s">
-        <v>785</v>
+        <v>788</v>
       </c>
       <c r="C239" s="1" t="s">
-        <v>742</v>
+        <v>789</v>
       </c>
       <c r="D239" s="1" t="s">
-        <v>775</v>
+        <v>69</v>
       </c>
       <c r="E239" s="1" t="s">
-        <v>786</v>
+        <v>790</v>
       </c>
       <c r="F239" t="s">
-        <v>756</v>
+        <v>791</v>
       </c>
     </row>
     <row r="240" spans="1:6">
       <c r="A240">
-        <v>124</v>
+        <v>138</v>
       </c>
       <c r="B240" t="s">
-        <v>787</v>
+        <v>792</v>
       </c>
       <c r="C240" s="1" t="s">
-        <v>750</v>
+        <v>65</v>
       </c>
       <c r="D240" s="1" t="s">
-        <v>775</v>
+        <v>25</v>
       </c>
       <c r="E240" s="1" t="s">
-        <v>788</v>
+        <v>793</v>
       </c>
       <c r="F240" t="s">
-        <v>756</v>
+        <v>791</v>
       </c>
     </row>
     <row r="241" spans="1:6">
       <c r="A241">
-        <v>123</v>
+        <v>138</v>
       </c>
       <c r="B241" t="s">
-        <v>789</v>
+        <v>794</v>
       </c>
       <c r="C241" s="1" t="s">
-        <v>747</v>
+        <v>795</v>
       </c>
       <c r="D241" s="1" t="s">
-        <v>775</v>
+        <v>796</v>
       </c>
       <c r="E241" s="1" t="s">
-        <v>790</v>
+        <v>797</v>
       </c>
       <c r="F241" t="s">
-        <v>756</v>
+        <v>798</v>
       </c>
     </row>
     <row r="242" spans="1:6">
       <c r="A242">
-        <v>122</v>
+        <v>137</v>
       </c>
       <c r="B242" t="s">
-        <v>791</v>
+        <v>799</v>
       </c>
       <c r="C242" s="1" t="s">
-        <v>747</v>
+        <v>800</v>
       </c>
       <c r="D242" s="1" t="s">
-        <v>772</v>
+        <v>796</v>
       </c>
       <c r="E242" s="1" t="s">
-        <v>792</v>
+        <v>801</v>
       </c>
       <c r="F242" t="s">
-        <v>756</v>
+        <v>798</v>
       </c>
     </row>
     <row r="243" spans="1:6">
       <c r="A243">
-        <v>121</v>
+        <v>136</v>
       </c>
       <c r="B243" t="s">
-        <v>793</v>
+        <v>802</v>
       </c>
       <c r="C243" s="1" t="s">
-        <v>750</v>
+        <v>803</v>
       </c>
       <c r="D243" s="1" t="s">
-        <v>772</v>
+        <v>796</v>
       </c>
       <c r="E243" s="1" t="s">
-        <v>794</v>
+        <v>804</v>
       </c>
       <c r="F243" t="s">
-        <v>795</v>
+        <v>798</v>
       </c>
     </row>
     <row r="244" spans="1:6">
       <c r="A244">
-        <v>120</v>
+        <v>135</v>
       </c>
       <c r="B244" t="s">
-        <v>43</v>
+        <v>805</v>
       </c>
       <c r="C244" s="1" t="s">
-        <v>796</v>
+        <v>806</v>
       </c>
       <c r="D244" s="1" t="s">
-        <v>45</v>
+        <v>807</v>
       </c>
       <c r="E244" s="1" t="s">
-        <v>797</v>
+        <v>808</v>
       </c>
       <c r="F244" t="s">
-        <v>539</v>
+        <v>809</v>
       </c>
     </row>
     <row r="245" spans="1:6">
       <c r="A245">
-        <v>119</v>
+        <v>134</v>
       </c>
       <c r="B245" t="s">
-        <v>48</v>
+        <v>810</v>
       </c>
       <c r="C245" s="1" t="s">
+        <v>803</v>
+      </c>
+      <c r="D245" s="1" t="s">
+        <v>807</v>
+      </c>
+      <c r="E245" s="1" t="s">
+        <v>811</v>
+      </c>
+      <c r="F245" t="s">
         <v>798</v>
-      </c>
-[...7 lines deleted...]
-        <v>444</v>
       </c>
     </row>
     <row r="246" spans="1:6">
       <c r="A246">
-        <v>118</v>
+        <v>133</v>
       </c>
       <c r="B246" t="s">
-        <v>52</v>
+        <v>812</v>
       </c>
       <c r="C246" s="1" t="s">
-        <v>800</v>
+        <v>795</v>
       </c>
       <c r="D246" s="1" t="s">
-        <v>45</v>
+        <v>807</v>
       </c>
       <c r="E246" s="1" t="s">
-        <v>801</v>
+        <v>813</v>
       </c>
       <c r="F246" t="s">
-        <v>539</v>
+        <v>798</v>
       </c>
     </row>
     <row r="247" spans="1:6">
       <c r="A247">
-        <v>117</v>
+        <v>132</v>
       </c>
       <c r="B247" t="s">
-        <v>802</v>
+        <v>814</v>
       </c>
       <c r="C247" s="1" t="s">
-        <v>803</v>
+        <v>815</v>
       </c>
       <c r="D247" s="1" t="s">
-        <v>25</v>
+        <v>816</v>
       </c>
       <c r="E247" s="1" t="s">
-        <v>804</v>
+        <v>817</v>
       </c>
       <c r="F247" t="s">
-        <v>444</v>
+        <v>818</v>
       </c>
     </row>
     <row r="248" spans="1:6">
       <c r="A248">
-        <v>116</v>
+        <v>132</v>
       </c>
       <c r="B248" t="s">
-        <v>32</v>
+        <v>819</v>
       </c>
       <c r="C248" s="1" t="s">
-        <v>805</v>
+        <v>800</v>
       </c>
       <c r="D248" s="1" t="s">
-        <v>34</v>
+        <v>807</v>
       </c>
       <c r="E248" s="1" t="s">
-        <v>806</v>
+        <v>820</v>
       </c>
       <c r="F248" t="s">
-        <v>539</v>
+        <v>798</v>
       </c>
     </row>
     <row r="249" spans="1:6">
       <c r="A249">
-        <v>115</v>
+        <v>131</v>
       </c>
       <c r="B249" t="s">
-        <v>40</v>
+        <v>821</v>
       </c>
       <c r="C249" s="1" t="s">
-        <v>807</v>
+        <v>822</v>
       </c>
       <c r="D249" s="1" t="s">
-        <v>34</v>
+        <v>199</v>
       </c>
       <c r="E249" s="1" t="s">
-        <v>808</v>
+        <v>823</v>
       </c>
       <c r="F249" t="s">
-        <v>539</v>
+        <v>212</v>
       </c>
     </row>
     <row r="250" spans="1:6">
       <c r="A250">
-        <v>114</v>
+        <v>131</v>
       </c>
       <c r="B250" t="s">
-        <v>809</v>
+        <v>824</v>
       </c>
       <c r="C250" s="1" t="s">
-        <v>810</v>
+        <v>803</v>
       </c>
       <c r="D250" s="1" t="s">
-        <v>34</v>
+        <v>825</v>
       </c>
       <c r="E250" s="1" t="s">
-        <v>811</v>
+        <v>826</v>
       </c>
       <c r="F250" t="s">
-        <v>539</v>
+        <v>798</v>
       </c>
     </row>
     <row r="251" spans="1:6">
       <c r="A251">
-        <v>113</v>
+        <v>130</v>
       </c>
       <c r="B251" t="s">
-        <v>812</v>
+        <v>827</v>
       </c>
       <c r="C251" s="1" t="s">
-        <v>813</v>
+        <v>803</v>
       </c>
       <c r="D251" s="1" t="s">
-        <v>814</v>
+        <v>828</v>
       </c>
       <c r="E251" s="1" t="s">
-        <v>815</v>
+        <v>829</v>
       </c>
       <c r="F251" t="s">
-        <v>816</v>
+        <v>798</v>
       </c>
     </row>
     <row r="252" spans="1:6">
       <c r="A252">
-        <v>112</v>
+        <v>129</v>
       </c>
       <c r="B252" t="s">
-        <v>817</v>
+        <v>830</v>
       </c>
       <c r="C252" s="1" t="s">
-        <v>813</v>
+        <v>800</v>
       </c>
       <c r="D252" s="1" t="s">
-        <v>69</v>
+        <v>828</v>
       </c>
       <c r="E252" s="1" t="s">
-        <v>818</v>
+        <v>831</v>
       </c>
       <c r="F252" t="s">
-        <v>453</v>
+        <v>798</v>
       </c>
     </row>
     <row r="253" spans="1:6">
       <c r="A253">
-        <v>111</v>
+        <v>128</v>
       </c>
       <c r="B253" t="s">
-        <v>812</v>
+        <v>832</v>
       </c>
       <c r="C253" s="1" t="s">
-        <v>813</v>
+        <v>795</v>
       </c>
       <c r="D253" s="1" t="s">
-        <v>814</v>
+        <v>828</v>
       </c>
       <c r="E253" s="1" t="s">
-        <v>819</v>
+        <v>833</v>
       </c>
       <c r="F253" t="s">
-        <v>816</v>
+        <v>798</v>
       </c>
     </row>
     <row r="254" spans="1:6">
       <c r="A254">
-        <v>110</v>
+        <v>127</v>
       </c>
       <c r="B254" t="s">
-        <v>232</v>
+        <v>834</v>
       </c>
       <c r="C254" s="1" t="s">
-        <v>717</v>
+        <v>795</v>
       </c>
       <c r="D254" s="1" t="s">
-        <v>234</v>
+        <v>807</v>
       </c>
       <c r="E254" s="1" t="s">
-        <v>820</v>
+        <v>835</v>
       </c>
       <c r="F254" t="s">
-        <v>821</v>
+        <v>809</v>
       </c>
     </row>
     <row r="255" spans="1:6">
       <c r="A255">
-        <v>109</v>
+        <v>126</v>
       </c>
       <c r="B255" t="s">
-        <v>228</v>
+        <v>836</v>
       </c>
       <c r="C255" s="1" t="s">
-        <v>717</v>
+        <v>800</v>
       </c>
       <c r="D255" s="1" t="s">
-        <v>229</v>
+        <v>807</v>
       </c>
       <c r="E255" s="1" t="s">
-        <v>822</v>
+        <v>837</v>
       </c>
       <c r="F255" t="s">
-        <v>821</v>
+        <v>809</v>
       </c>
     </row>
     <row r="256" spans="1:6">
       <c r="A256">
-        <v>108</v>
+        <v>125</v>
       </c>
       <c r="B256" t="s">
-        <v>823</v>
+        <v>838</v>
       </c>
       <c r="C256" s="1" t="s">
-        <v>824</v>
+        <v>795</v>
       </c>
       <c r="D256" s="1" t="s">
-        <v>25</v>
+        <v>828</v>
       </c>
       <c r="E256" s="1" t="s">
-        <v>825</v>
+        <v>839</v>
       </c>
       <c r="F256" t="s">
-        <v>826</v>
+        <v>809</v>
       </c>
     </row>
     <row r="257" spans="1:6">
       <c r="A257">
-        <v>107</v>
+        <v>124</v>
       </c>
       <c r="B257" t="s">
-        <v>827</v>
+        <v>840</v>
       </c>
       <c r="C257" s="1" t="s">
+        <v>803</v>
+      </c>
+      <c r="D257" s="1" t="s">
         <v>828</v>
       </c>
-      <c r="D257" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E257" s="1" t="s">
-        <v>829</v>
+        <v>841</v>
       </c>
       <c r="F257" t="s">
-        <v>826</v>
+        <v>809</v>
       </c>
     </row>
     <row r="258" spans="1:6">
       <c r="A258">
-        <v>106</v>
+        <v>123</v>
       </c>
       <c r="B258" t="s">
-        <v>830</v>
+        <v>842</v>
       </c>
       <c r="C258" s="1" t="s">
-        <v>831</v>
+        <v>800</v>
       </c>
       <c r="D258" s="1" t="s">
-        <v>832</v>
+        <v>828</v>
       </c>
       <c r="E258" s="1" t="s">
-        <v>833</v>
+        <v>843</v>
       </c>
       <c r="F258" t="s">
-        <v>834</v>
+        <v>809</v>
       </c>
     </row>
     <row r="259" spans="1:6">
       <c r="A259">
-        <v>105</v>
+        <v>122</v>
       </c>
       <c r="B259" t="s">
-        <v>835</v>
+        <v>844</v>
       </c>
       <c r="C259" s="1" t="s">
-        <v>836</v>
+        <v>800</v>
       </c>
       <c r="D259" s="1" t="s">
-        <v>25</v>
+        <v>825</v>
       </c>
       <c r="E259" s="1" t="s">
-        <v>837</v>
+        <v>845</v>
       </c>
       <c r="F259" t="s">
-        <v>838</v>
+        <v>809</v>
       </c>
     </row>
     <row r="260" spans="1:6">
       <c r="A260">
-        <v>104</v>
+        <v>121</v>
       </c>
       <c r="B260" t="s">
-        <v>839</v>
+        <v>846</v>
       </c>
       <c r="C260" s="1" t="s">
-        <v>840</v>
+        <v>803</v>
       </c>
       <c r="D260" s="1" t="s">
-        <v>25</v>
+        <v>825</v>
       </c>
       <c r="E260" s="1" t="s">
-        <v>841</v>
+        <v>847</v>
       </c>
       <c r="F260" t="s">
-        <v>838</v>
+        <v>848</v>
       </c>
     </row>
     <row r="261" spans="1:6">
       <c r="A261">
-        <v>103</v>
+        <v>120</v>
       </c>
       <c r="B261" t="s">
-        <v>842</v>
+        <v>43</v>
       </c>
       <c r="C261" s="1" t="s">
-        <v>836</v>
+        <v>849</v>
       </c>
       <c r="D261" s="1" t="s">
-        <v>69</v>
+        <v>45</v>
       </c>
       <c r="E261" s="1" t="s">
-        <v>843</v>
+        <v>850</v>
       </c>
       <c r="F261" t="s">
-        <v>838</v>
+        <v>535</v>
       </c>
     </row>
     <row r="262" spans="1:6">
       <c r="A262">
-        <v>102</v>
+        <v>119</v>
       </c>
       <c r="B262" t="s">
-        <v>844</v>
+        <v>48</v>
       </c>
       <c r="C262" s="1" t="s">
-        <v>845</v>
+        <v>851</v>
       </c>
       <c r="D262" s="1" t="s">
-        <v>84</v>
+        <v>45</v>
       </c>
       <c r="E262" s="1" t="s">
-        <v>846</v>
+        <v>852</v>
       </c>
       <c r="F262" t="s">
-        <v>838</v>
+        <v>440</v>
       </c>
     </row>
     <row r="263" spans="1:6">
       <c r="A263">
-        <v>101</v>
+        <v>118</v>
       </c>
       <c r="B263" t="s">
-        <v>847</v>
+        <v>52</v>
       </c>
       <c r="C263" s="1" t="s">
-        <v>848</v>
+        <v>853</v>
       </c>
       <c r="D263" s="1" t="s">
-        <v>25</v>
+        <v>45</v>
       </c>
       <c r="E263" s="1" t="s">
-        <v>849</v>
+        <v>854</v>
       </c>
       <c r="F263" t="s">
-        <v>838</v>
+        <v>535</v>
       </c>
     </row>
     <row r="264" spans="1:6">
       <c r="A264">
-        <v>100</v>
+        <v>117</v>
       </c>
       <c r="B264" t="s">
-        <v>850</v>
+        <v>855</v>
       </c>
       <c r="C264" s="1" t="s">
-        <v>851</v>
+        <v>856</v>
       </c>
       <c r="D264" s="1" t="s">
         <v>25</v>
       </c>
       <c r="E264" s="1" t="s">
-        <v>852</v>
+        <v>857</v>
       </c>
       <c r="F264" t="s">
-        <v>838</v>
+        <v>440</v>
       </c>
     </row>
     <row r="265" spans="1:6">
       <c r="A265">
-        <v>99</v>
+        <v>116</v>
       </c>
       <c r="B265" t="s">
-        <v>853</v>
+        <v>32</v>
       </c>
       <c r="C265" s="1" t="s">
-        <v>83</v>
+        <v>858</v>
       </c>
       <c r="D265" s="1" t="s">
-        <v>84</v>
+        <v>34</v>
       </c>
       <c r="E265" s="1" t="s">
-        <v>854</v>
+        <v>859</v>
       </c>
       <c r="F265" t="s">
-        <v>838</v>
+        <v>535</v>
       </c>
     </row>
     <row r="266" spans="1:6">
       <c r="A266">
-        <v>98</v>
+        <v>115</v>
       </c>
       <c r="B266" t="s">
-        <v>855</v>
+        <v>40</v>
       </c>
       <c r="C266" s="1" t="s">
-        <v>83</v>
+        <v>860</v>
       </c>
       <c r="D266" s="1" t="s">
-        <v>84</v>
+        <v>34</v>
       </c>
       <c r="E266" s="1" t="s">
-        <v>854</v>
+        <v>861</v>
       </c>
       <c r="F266" t="s">
-        <v>838</v>
+        <v>535</v>
       </c>
     </row>
     <row r="267" spans="1:6">
       <c r="A267">
-        <v>97</v>
+        <v>114</v>
       </c>
       <c r="B267" t="s">
-        <v>856</v>
+        <v>862</v>
       </c>
       <c r="C267" s="1" t="s">
-        <v>857</v>
+        <v>863</v>
       </c>
       <c r="D267" s="1" t="s">
-        <v>69</v>
+        <v>34</v>
       </c>
       <c r="E267" s="1" t="s">
-        <v>858</v>
+        <v>864</v>
       </c>
       <c r="F267" t="s">
-        <v>859</v>
+        <v>535</v>
       </c>
     </row>
     <row r="268" spans="1:6">
       <c r="A268">
-        <v>96</v>
+        <v>113</v>
       </c>
       <c r="B268" t="s">
-        <v>860</v>
+        <v>865</v>
       </c>
       <c r="C268" s="1" t="s">
-        <v>861</v>
+        <v>866</v>
       </c>
       <c r="D268" s="1" t="s">
-        <v>25</v>
+        <v>867</v>
       </c>
       <c r="E268" s="1" t="s">
-        <v>862</v>
+        <v>868</v>
       </c>
       <c r="F268" t="s">
-        <v>539</v>
+        <v>869</v>
       </c>
     </row>
     <row r="269" spans="1:6">
       <c r="A269">
-        <v>95</v>
+        <v>112</v>
       </c>
       <c r="B269" t="s">
-        <v>863</v>
+        <v>870</v>
       </c>
       <c r="C269" s="1" t="s">
-        <v>864</v>
+        <v>866</v>
       </c>
       <c r="D269" s="1" t="s">
-        <v>865</v>
+        <v>69</v>
       </c>
       <c r="E269" s="1" t="s">
-        <v>866</v>
+        <v>871</v>
       </c>
       <c r="F269" t="s">
-        <v>834</v>
+        <v>449</v>
       </c>
     </row>
     <row r="270" spans="1:6">
       <c r="A270">
-        <v>94</v>
+        <v>111</v>
       </c>
       <c r="B270" t="s">
+        <v>865</v>
+      </c>
+      <c r="C270" s="1" t="s">
+        <v>866</v>
+      </c>
+      <c r="D270" s="1" t="s">
         <v>867</v>
       </c>
-      <c r="C270" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E270" s="1" t="s">
+        <v>872</v>
+      </c>
+      <c r="F270" t="s">
         <v>869</v>
-      </c>
-[...1 lines deleted...]
-        <v>834</v>
       </c>
     </row>
     <row r="271" spans="1:6">
       <c r="A271">
-        <v>93</v>
+        <v>110</v>
       </c>
       <c r="B271" t="s">
-        <v>870</v>
+        <v>232</v>
       </c>
       <c r="C271" s="1" t="s">
-        <v>864</v>
+        <v>764</v>
       </c>
       <c r="D271" s="1" t="s">
-        <v>832</v>
+        <v>234</v>
       </c>
       <c r="E271" s="1" t="s">
-        <v>871</v>
+        <v>873</v>
       </c>
       <c r="F271" t="s">
-        <v>834</v>
+        <v>874</v>
       </c>
     </row>
     <row r="272" spans="1:6">
       <c r="A272">
-        <v>92</v>
+        <v>109</v>
       </c>
       <c r="B272" t="s">
-        <v>54</v>
+        <v>228</v>
       </c>
       <c r="C272" s="1" t="s">
-        <v>872</v>
+        <v>764</v>
       </c>
       <c r="D272" s="1" t="s">
-        <v>55</v>
+        <v>229</v>
       </c>
       <c r="E272" s="1" t="s">
-        <v>873</v>
+        <v>875</v>
       </c>
       <c r="F272" t="s">
         <v>874</v>
       </c>
     </row>
     <row r="273" spans="1:6">
       <c r="A273">
-        <v>91</v>
+        <v>108</v>
       </c>
       <c r="B273" t="s">
-        <v>58</v>
+        <v>876</v>
       </c>
       <c r="C273" s="1" t="s">
-        <v>875</v>
+        <v>877</v>
       </c>
       <c r="D273" s="1" t="s">
-        <v>55</v>
+        <v>25</v>
       </c>
       <c r="E273" s="1" t="s">
-        <v>876</v>
+        <v>878</v>
       </c>
       <c r="F273" t="s">
-        <v>874</v>
+        <v>879</v>
       </c>
     </row>
     <row r="274" spans="1:6">
       <c r="A274">
-        <v>90</v>
+        <v>107</v>
       </c>
       <c r="B274" t="s">
-        <v>61</v>
+        <v>880</v>
       </c>
       <c r="C274" s="1" t="s">
-        <v>877</v>
+        <v>881</v>
       </c>
       <c r="D274" s="1" t="s">
-        <v>55</v>
+        <v>25</v>
       </c>
       <c r="E274" s="1" t="s">
-        <v>878</v>
+        <v>882</v>
       </c>
       <c r="F274" t="s">
-        <v>874</v>
+        <v>879</v>
       </c>
     </row>
     <row r="275" spans="1:6">
       <c r="A275">
-        <v>89</v>
+        <v>106</v>
       </c>
       <c r="B275" t="s">
-        <v>879</v>
+        <v>883</v>
       </c>
       <c r="C275" s="1" t="s">
-        <v>880</v>
+        <v>884</v>
       </c>
       <c r="D275" s="1" t="s">
-        <v>433</v>
+        <v>885</v>
       </c>
       <c r="E275" s="1" t="s">
-        <v>881</v>
+        <v>886</v>
       </c>
       <c r="F275" t="s">
-        <v>882</v>
+        <v>887</v>
       </c>
     </row>
     <row r="276" spans="1:6">
       <c r="A276">
-        <v>88</v>
+        <v>105</v>
       </c>
       <c r="B276" t="s">
-        <v>121</v>
+        <v>888</v>
       </c>
       <c r="C276" s="1" t="s">
-        <v>883</v>
+        <v>889</v>
       </c>
       <c r="D276" s="1" t="s">
-        <v>123</v>
+        <v>25</v>
       </c>
       <c r="E276" s="1" t="s">
-        <v>884</v>
+        <v>890</v>
       </c>
       <c r="F276" t="s">
-        <v>885</v>
+        <v>891</v>
       </c>
     </row>
     <row r="277" spans="1:6">
       <c r="A277">
-        <v>87</v>
+        <v>104</v>
       </c>
       <c r="B277" t="s">
-        <v>886</v>
+        <v>892</v>
       </c>
       <c r="C277" s="1" t="s">
-        <v>887</v>
+        <v>893</v>
       </c>
       <c r="D277" s="1" t="s">
-        <v>433</v>
+        <v>25</v>
       </c>
       <c r="E277" s="1" t="s">
-        <v>888</v>
+        <v>894</v>
       </c>
       <c r="F277" t="s">
-        <v>882</v>
+        <v>891</v>
       </c>
     </row>
     <row r="278" spans="1:6">
       <c r="A278">
-        <v>86</v>
+        <v>103</v>
       </c>
       <c r="B278" t="s">
+        <v>895</v>
+      </c>
+      <c r="C278" s="1" t="s">
         <v>889</v>
       </c>
-      <c r="C278" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D278" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="E278" s="1" t="s">
+        <v>896</v>
+      </c>
+      <c r="F278" t="s">
         <v>891</v>
-      </c>
-[...4 lines deleted...]
-        <v>893</v>
       </c>
     </row>
     <row r="279" spans="1:6">
       <c r="A279">
-        <v>85</v>
+        <v>102</v>
       </c>
       <c r="B279" t="s">
-        <v>894</v>
+        <v>897</v>
       </c>
       <c r="C279" s="1" t="s">
-        <v>895</v>
+        <v>898</v>
       </c>
       <c r="D279" s="1" t="s">
-        <v>533</v>
+        <v>84</v>
       </c>
       <c r="E279" s="1" t="s">
-        <v>896</v>
+        <v>899</v>
       </c>
       <c r="F279" t="s">
-        <v>897</v>
+        <v>891</v>
       </c>
     </row>
     <row r="280" spans="1:6">
       <c r="A280">
-        <v>84</v>
+        <v>101</v>
       </c>
       <c r="B280" t="s">
-        <v>898</v>
+        <v>900</v>
       </c>
       <c r="C280" s="1" t="s">
-        <v>899</v>
+        <v>901</v>
       </c>
       <c r="D280" s="1" t="s">
-        <v>900</v>
+        <v>25</v>
       </c>
       <c r="E280" s="1" t="s">
-        <v>901</v>
+        <v>902</v>
       </c>
       <c r="F280" t="s">
-        <v>902</v>
+        <v>891</v>
       </c>
     </row>
     <row r="281" spans="1:6">
       <c r="A281">
-        <v>83</v>
+        <v>100</v>
       </c>
       <c r="B281" t="s">
-        <v>675</v>
+        <v>903</v>
       </c>
       <c r="C281" s="1" t="s">
-        <v>903</v>
+        <v>904</v>
       </c>
       <c r="D281" s="1" t="s">
-        <v>677</v>
+        <v>25</v>
       </c>
       <c r="E281" s="1" t="s">
-        <v>904</v>
+        <v>905</v>
       </c>
       <c r="F281" t="s">
-        <v>905</v>
+        <v>891</v>
       </c>
     </row>
     <row r="282" spans="1:6">
       <c r="A282">
-        <v>82</v>
+        <v>99</v>
       </c>
       <c r="B282" t="s">
-        <v>279</v>
+        <v>906</v>
       </c>
       <c r="C282" s="1" t="s">
-        <v>280</v>
+        <v>83</v>
       </c>
       <c r="D282" s="1" t="s">
-        <v>281</v>
+        <v>84</v>
       </c>
       <c r="E282" s="1" t="s">
-        <v>906</v>
+        <v>907</v>
       </c>
       <c r="F282" t="s">
-        <v>907</v>
+        <v>891</v>
       </c>
     </row>
     <row r="283" spans="1:6">
       <c r="A283">
-        <v>81</v>
+        <v>98</v>
       </c>
       <c r="B283" t="s">
         <v>908</v>
       </c>
       <c r="C283" s="1" t="s">
-        <v>909</v>
+        <v>83</v>
       </c>
       <c r="D283" s="1" t="s">
-        <v>262</v>
+        <v>84</v>
       </c>
       <c r="E283" s="1" t="s">
-        <v>910</v>
+        <v>907</v>
       </c>
       <c r="F283" t="s">
-        <v>911</v>
+        <v>891</v>
       </c>
     </row>
     <row r="284" spans="1:6">
       <c r="A284">
-        <v>80</v>
+        <v>97</v>
       </c>
       <c r="B284" t="s">
-        <v>265</v>
+        <v>909</v>
       </c>
       <c r="C284" s="1" t="s">
-        <v>266</v>
+        <v>910</v>
       </c>
       <c r="D284" s="1" t="s">
-        <v>262</v>
+        <v>69</v>
       </c>
       <c r="E284" s="1" t="s">
+        <v>911</v>
+      </c>
+      <c r="F284" t="s">
         <v>912</v>
-      </c>
-[...1 lines deleted...]
-        <v>911</v>
       </c>
     </row>
     <row r="285" spans="1:6">
       <c r="A285">
-        <v>79</v>
+        <v>96</v>
       </c>
       <c r="B285" t="s">
-        <v>260</v>
+        <v>913</v>
       </c>
       <c r="C285" s="1" t="s">
-        <v>261</v>
+        <v>914</v>
       </c>
       <c r="D285" s="1" t="s">
-        <v>262</v>
+        <v>25</v>
       </c>
       <c r="E285" s="1" t="s">
-        <v>913</v>
+        <v>915</v>
       </c>
       <c r="F285" t="s">
-        <v>911</v>
+        <v>535</v>
       </c>
     </row>
     <row r="286" spans="1:6">
       <c r="A286">
-        <v>78</v>
+        <v>95</v>
       </c>
       <c r="B286" t="s">
-        <v>268</v>
+        <v>916</v>
       </c>
       <c r="C286" s="1" t="s">
-        <v>269</v>
+        <v>917</v>
       </c>
       <c r="D286" s="1" t="s">
-        <v>262</v>
+        <v>918</v>
       </c>
       <c r="E286" s="1" t="s">
-        <v>914</v>
+        <v>919</v>
       </c>
       <c r="F286" t="s">
-        <v>911</v>
+        <v>887</v>
       </c>
     </row>
     <row r="287" spans="1:6">
       <c r="A287">
-        <v>74</v>
+        <v>94</v>
       </c>
       <c r="B287" t="s">
-        <v>915</v>
+        <v>920</v>
       </c>
       <c r="C287" s="1" t="s">
-        <v>916</v>
+        <v>917</v>
       </c>
       <c r="D287" s="1" t="s">
-        <v>710</v>
+        <v>921</v>
       </c>
       <c r="E287" s="1" t="s">
-        <v>917</v>
+        <v>922</v>
       </c>
       <c r="F287" t="s">
-        <v>918</v>
+        <v>887</v>
       </c>
     </row>
     <row r="288" spans="1:6">
       <c r="A288">
-        <v>73</v>
+        <v>93</v>
       </c>
       <c r="B288" t="s">
-        <v>919</v>
+        <v>923</v>
       </c>
       <c r="C288" s="1" t="s">
-        <v>920</v>
+        <v>917</v>
       </c>
       <c r="D288" s="1" t="s">
-        <v>710</v>
+        <v>885</v>
       </c>
       <c r="E288" s="1" t="s">
-        <v>921</v>
+        <v>924</v>
       </c>
       <c r="F288" t="s">
-        <v>918</v>
+        <v>887</v>
       </c>
     </row>
     <row r="289" spans="1:6">
       <c r="A289">
-        <v>72</v>
+        <v>92</v>
       </c>
       <c r="B289" t="s">
-        <v>922</v>
+        <v>54</v>
       </c>
       <c r="C289" s="1" t="s">
-        <v>923</v>
+        <v>925</v>
       </c>
       <c r="D289" s="1" t="s">
-        <v>710</v>
+        <v>55</v>
       </c>
       <c r="E289" s="1" t="s">
-        <v>924</v>
+        <v>926</v>
       </c>
       <c r="F289" t="s">
-        <v>918</v>
+        <v>927</v>
       </c>
     </row>
     <row r="290" spans="1:6">
       <c r="A290">
-        <v>71</v>
+        <v>91</v>
       </c>
       <c r="B290" t="s">
-        <v>925</v>
+        <v>58</v>
       </c>
       <c r="C290" s="1" t="s">
-        <v>926</v>
+        <v>928</v>
       </c>
       <c r="D290" s="1" t="s">
-        <v>710</v>
+        <v>55</v>
       </c>
       <c r="E290" s="1" t="s">
+        <v>929</v>
+      </c>
+      <c r="F290" t="s">
         <v>927</v>
-      </c>
-[...1 lines deleted...]
-        <v>918</v>
       </c>
     </row>
     <row r="291" spans="1:6">
       <c r="A291">
-        <v>70</v>
+        <v>90</v>
       </c>
       <c r="B291" t="s">
-        <v>928</v>
+        <v>61</v>
       </c>
       <c r="C291" s="1" t="s">
-        <v>929</v>
+        <v>930</v>
       </c>
       <c r="D291" s="1" t="s">
-        <v>447</v>
+        <v>55</v>
       </c>
       <c r="E291" s="1" t="s">
-        <v>930</v>
+        <v>931</v>
       </c>
       <c r="F291" t="s">
-        <v>931</v>
+        <v>927</v>
       </c>
     </row>
     <row r="292" spans="1:6">
       <c r="A292">
-        <v>69</v>
+        <v>89</v>
       </c>
       <c r="B292" t="s">
         <v>932</v>
       </c>
       <c r="C292" s="1" t="s">
         <v>933</v>
       </c>
       <c r="D292" s="1" t="s">
+        <v>429</v>
+      </c>
+      <c r="E292" s="1" t="s">
         <v>934</v>
       </c>
-      <c r="E292" s="1" t="s">
+      <c r="F292" t="s">
         <v>935</v>
-      </c>
-[...1 lines deleted...]
-        <v>936</v>
       </c>
     </row>
     <row r="293" spans="1:6">
       <c r="A293">
-        <v>68</v>
+        <v>88</v>
       </c>
       <c r="B293" t="s">
+        <v>121</v>
+      </c>
+      <c r="C293" s="1" t="s">
+        <v>936</v>
+      </c>
+      <c r="D293" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="E293" s="1" t="s">
         <v>937</v>
       </c>
-      <c r="C293" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E293" s="1" t="s">
+      <c r="F293" t="s">
         <v>938</v>
-      </c>
-[...1 lines deleted...]
-        <v>936</v>
       </c>
     </row>
     <row r="294" spans="1:6">
       <c r="A294">
-        <v>67</v>
+        <v>87</v>
       </c>
       <c r="B294" t="s">
         <v>939</v>
       </c>
       <c r="C294" s="1" t="s">
-        <v>933</v>
+        <v>940</v>
       </c>
       <c r="D294" s="1" t="s">
-        <v>940</v>
+        <v>429</v>
       </c>
       <c r="E294" s="1" t="s">
         <v>941</v>
       </c>
       <c r="F294" t="s">
-        <v>936</v>
+        <v>935</v>
       </c>
     </row>
     <row r="295" spans="1:6">
       <c r="A295">
-        <v>66</v>
+        <v>86</v>
       </c>
       <c r="B295" t="s">
         <v>942</v>
       </c>
       <c r="C295" s="1" t="s">
-        <v>256</v>
+        <v>943</v>
       </c>
       <c r="D295" s="1" t="s">
-        <v>943</v>
+        <v>944</v>
       </c>
       <c r="E295" s="1" t="s">
-        <v>944</v>
+        <v>945</v>
       </c>
       <c r="F295" t="s">
-        <v>945</v>
+        <v>946</v>
       </c>
     </row>
     <row r="296" spans="1:6">
       <c r="A296">
-        <v>65</v>
+        <v>85</v>
       </c>
       <c r="B296" t="s">
-        <v>275</v>
+        <v>947</v>
       </c>
       <c r="C296" s="1" t="s">
-        <v>946</v>
+        <v>948</v>
       </c>
       <c r="D296" s="1" t="s">
-        <v>277</v>
+        <v>529</v>
       </c>
       <c r="E296" s="1" t="s">
-        <v>947</v>
+        <v>949</v>
       </c>
       <c r="F296" t="s">
-        <v>948</v>
+        <v>950</v>
       </c>
     </row>
     <row r="297" spans="1:6">
       <c r="A297">
-        <v>64</v>
+        <v>84</v>
       </c>
       <c r="B297" t="s">
-        <v>949</v>
+        <v>951</v>
       </c>
       <c r="C297" s="1" t="s">
-        <v>950</v>
+        <v>952</v>
       </c>
       <c r="D297" s="1" t="s">
-        <v>170</v>
+        <v>953</v>
       </c>
       <c r="E297" s="1" t="s">
-        <v>951</v>
+        <v>954</v>
       </c>
       <c r="F297" t="s">
-        <v>952</v>
+        <v>955</v>
       </c>
     </row>
     <row r="298" spans="1:6">
       <c r="A298">
-        <v>63</v>
+        <v>83</v>
       </c>
       <c r="B298" t="s">
-        <v>953</v>
+        <v>713</v>
       </c>
       <c r="C298" s="1" t="s">
-        <v>954</v>
+        <v>956</v>
       </c>
       <c r="D298" s="1" t="s">
-        <v>170</v>
+        <v>715</v>
       </c>
       <c r="E298" s="1" t="s">
-        <v>955</v>
+        <v>957</v>
       </c>
       <c r="F298" t="s">
-        <v>952</v>
+        <v>958</v>
       </c>
     </row>
     <row r="299" spans="1:6">
       <c r="A299">
-        <v>62</v>
+        <v>82</v>
       </c>
       <c r="B299" t="s">
-        <v>956</v>
+        <v>275</v>
       </c>
       <c r="C299" s="1" t="s">
-        <v>957</v>
+        <v>276</v>
       </c>
       <c r="D299" s="1" t="s">
-        <v>170</v>
+        <v>277</v>
       </c>
       <c r="E299" s="1" t="s">
-        <v>958</v>
+        <v>959</v>
       </c>
       <c r="F299" t="s">
-        <v>952</v>
+        <v>960</v>
       </c>
     </row>
     <row r="300" spans="1:6">
       <c r="A300">
-        <v>61</v>
+        <v>81</v>
       </c>
       <c r="B300" t="s">
-        <v>959</v>
+        <v>961</v>
       </c>
       <c r="C300" s="1" t="s">
-        <v>954</v>
+        <v>962</v>
       </c>
       <c r="D300" s="1" t="s">
-        <v>960</v>
+        <v>262</v>
       </c>
       <c r="E300" s="1" t="s">
-        <v>961</v>
+        <v>963</v>
       </c>
       <c r="F300" t="s">
-        <v>952</v>
+        <v>964</v>
       </c>
     </row>
     <row r="301" spans="1:6">
       <c r="A301">
-        <v>60</v>
+        <v>80</v>
       </c>
       <c r="B301" t="s">
-        <v>962</v>
+        <v>265</v>
       </c>
       <c r="C301" s="1" t="s">
-        <v>950</v>
+        <v>266</v>
       </c>
       <c r="D301" s="1" t="s">
-        <v>960</v>
+        <v>262</v>
       </c>
       <c r="E301" s="1" t="s">
-        <v>963</v>
+        <v>965</v>
       </c>
       <c r="F301" t="s">
-        <v>952</v>
+        <v>964</v>
       </c>
     </row>
     <row r="302" spans="1:6">
       <c r="A302">
-        <v>59</v>
+        <v>79</v>
       </c>
       <c r="B302" t="s">
-        <v>311</v>
+        <v>260</v>
       </c>
       <c r="C302" s="1" t="s">
-        <v>957</v>
+        <v>261</v>
       </c>
       <c r="D302" s="1" t="s">
-        <v>960</v>
+        <v>262</v>
       </c>
       <c r="E302" s="1" t="s">
+        <v>966</v>
+      </c>
+      <c r="F302" t="s">
         <v>964</v>
-      </c>
-[...1 lines deleted...]
-        <v>952</v>
       </c>
     </row>
     <row r="303" spans="1:6">
       <c r="A303">
-        <v>58</v>
+        <v>78</v>
       </c>
       <c r="B303" t="s">
-        <v>505</v>
+        <v>268</v>
       </c>
       <c r="C303" s="1" t="s">
-        <v>506</v>
+        <v>269</v>
       </c>
       <c r="D303" s="1" t="s">
-        <v>507</v>
+        <v>262</v>
       </c>
       <c r="E303" s="1" t="s">
-        <v>965</v>
+        <v>967</v>
       </c>
       <c r="F303" t="s">
-        <v>966</v>
+        <v>964</v>
       </c>
     </row>
     <row r="304" spans="1:6">
       <c r="A304">
-        <v>57</v>
+        <v>74</v>
       </c>
       <c r="B304" t="s">
-        <v>967</v>
+        <v>968</v>
       </c>
       <c r="C304" s="1" t="s">
-        <v>968</v>
+        <v>969</v>
       </c>
       <c r="D304" s="1" t="s">
-        <v>969</v>
+        <v>582</v>
       </c>
       <c r="E304" s="1" t="s">
         <v>970</v>
       </c>
       <c r="F304" t="s">
         <v>971</v>
       </c>
     </row>
     <row r="305" spans="1:6">
       <c r="A305">
-        <v>56</v>
+        <v>73</v>
       </c>
       <c r="B305" t="s">
         <v>972</v>
       </c>
       <c r="C305" s="1" t="s">
         <v>973</v>
       </c>
       <c r="D305" s="1" t="s">
+        <v>582</v>
+      </c>
+      <c r="E305" s="1" t="s">
         <v>974</v>
-      </c>
-[...1 lines deleted...]
-        <v>975</v>
       </c>
       <c r="F305" t="s">
         <v>971</v>
       </c>
     </row>
     <row r="306" spans="1:6">
       <c r="A306">
-        <v>55</v>
+        <v>72</v>
       </c>
       <c r="B306" t="s">
+        <v>975</v>
+      </c>
+      <c r="C306" s="1" t="s">
         <v>976</v>
       </c>
-      <c r="C306" s="1" t="s">
+      <c r="D306" s="1" t="s">
+        <v>582</v>
+      </c>
+      <c r="E306" s="1" t="s">
         <v>977</v>
       </c>
-      <c r="D306" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F306" t="s">
-        <v>979</v>
+        <v>971</v>
       </c>
     </row>
     <row r="307" spans="1:6">
       <c r="A307">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="B307" t="s">
+        <v>978</v>
+      </c>
+      <c r="C307" s="1" t="s">
+        <v>979</v>
+      </c>
+      <c r="D307" s="1" t="s">
+        <v>582</v>
+      </c>
+      <c r="E307" s="1" t="s">
         <v>980</v>
       </c>
-      <c r="C307" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F307" t="s">
-        <v>984</v>
+        <v>971</v>
       </c>
     </row>
     <row r="308" spans="1:6">
       <c r="A308">
-        <v>53</v>
+        <v>70</v>
       </c>
       <c r="B308" t="s">
-        <v>985</v>
+        <v>981</v>
       </c>
       <c r="C308" s="1" t="s">
-        <v>981</v>
+        <v>982</v>
       </c>
       <c r="D308" s="1" t="s">
-        <v>986</v>
+        <v>443</v>
       </c>
       <c r="E308" s="1" t="s">
-        <v>987</v>
+        <v>983</v>
       </c>
       <c r="F308" t="s">
         <v>984</v>
       </c>
     </row>
     <row r="309" spans="1:6">
       <c r="A309">
-        <v>52</v>
+        <v>69</v>
       </c>
       <c r="B309" t="s">
+        <v>985</v>
+      </c>
+      <c r="C309" s="1" t="s">
+        <v>986</v>
+      </c>
+      <c r="D309" s="1" t="s">
+        <v>987</v>
+      </c>
+      <c r="E309" s="1" t="s">
         <v>988</v>
       </c>
-      <c r="C309" s="1" t="s">
+      <c r="F309" t="s">
         <v>989</v>
-      </c>
-[...7 lines deleted...]
-        <v>984</v>
       </c>
     </row>
     <row r="310" spans="1:6">
       <c r="A310">
-        <v>51</v>
+        <v>68</v>
       </c>
       <c r="B310" t="s">
+        <v>990</v>
+      </c>
+      <c r="C310" s="1" t="s">
+        <v>986</v>
+      </c>
+      <c r="D310" s="1" t="s">
+        <v>987</v>
+      </c>
+      <c r="E310" s="1" t="s">
         <v>991</v>
       </c>
-      <c r="C310" s="1" t="s">
+      <c r="F310" t="s">
         <v>989</v>
-      </c>
-[...7 lines deleted...]
-        <v>984</v>
       </c>
     </row>
     <row r="311" spans="1:6">
       <c r="A311">
-        <v>50</v>
+        <v>67</v>
       </c>
       <c r="B311" t="s">
+        <v>992</v>
+      </c>
+      <c r="C311" s="1" t="s">
+        <v>986</v>
+      </c>
+      <c r="D311" s="1" t="s">
         <v>993</v>
       </c>
-      <c r="C311" s="1" t="s">
+      <c r="E311" s="1" t="s">
         <v>994</v>
       </c>
-      <c r="D311" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F311" t="s">
-        <v>984</v>
+        <v>989</v>
       </c>
     </row>
     <row r="312" spans="1:6">
       <c r="A312">
-        <v>49</v>
+        <v>66</v>
       </c>
       <c r="B312" t="s">
+        <v>995</v>
+      </c>
+      <c r="C312" s="1" t="s">
+        <v>256</v>
+      </c>
+      <c r="D312" s="1" t="s">
         <v>996</v>
       </c>
-      <c r="C312" s="1" t="s">
+      <c r="E312" s="1" t="s">
         <v>997</v>
       </c>
-      <c r="D312" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E312" s="1" t="s">
+      <c r="F312" t="s">
         <v>998</v>
-      </c>
-[...1 lines deleted...]
-        <v>984</v>
       </c>
     </row>
     <row r="313" spans="1:6">
       <c r="A313">
-        <v>48</v>
+        <v>65</v>
       </c>
       <c r="B313" t="s">
         <v>999</v>
       </c>
       <c r="C313" s="1" t="s">
         <v>1000</v>
       </c>
       <c r="D313" s="1" t="s">
         <v>1001</v>
       </c>
       <c r="E313" s="1" t="s">
         <v>1002</v>
       </c>
       <c r="F313" t="s">
-        <v>435</v>
+        <v>1003</v>
       </c>
     </row>
     <row r="314" spans="1:6">
       <c r="A314">
-        <v>47</v>
+        <v>64</v>
       </c>
       <c r="B314" t="s">
-        <v>1003</v>
+        <v>1004</v>
       </c>
       <c r="C314" s="1" t="s">
-        <v>1004</v>
+        <v>1005</v>
       </c>
       <c r="D314" s="1" t="s">
-        <v>1001</v>
+        <v>170</v>
       </c>
       <c r="E314" s="1" t="s">
-        <v>1005</v>
+        <v>1006</v>
       </c>
       <c r="F314" t="s">
-        <v>435</v>
+        <v>1007</v>
       </c>
     </row>
     <row r="315" spans="1:6">
       <c r="A315">
-        <v>46</v>
+        <v>63</v>
       </c>
       <c r="B315" t="s">
-        <v>1006</v>
+        <v>1008</v>
       </c>
       <c r="C315" s="1" t="s">
+        <v>1009</v>
+      </c>
+      <c r="D315" s="1" t="s">
+        <v>170</v>
+      </c>
+      <c r="E315" s="1" t="s">
+        <v>1010</v>
+      </c>
+      <c r="F315" t="s">
         <v>1007</v>
-      </c>
-[...7 lines deleted...]
-        <v>1010</v>
       </c>
     </row>
     <row r="316" spans="1:6">
       <c r="A316">
-        <v>43</v>
+        <v>62</v>
       </c>
       <c r="B316" t="s">
         <v>1011</v>
       </c>
       <c r="C316" s="1" t="s">
         <v>1012</v>
       </c>
       <c r="D316" s="1" t="s">
+        <v>170</v>
+      </c>
+      <c r="E316" s="1" t="s">
         <v>1013</v>
       </c>
-      <c r="E316" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F316" t="s">
-        <v>1015</v>
+        <v>1007</v>
       </c>
     </row>
     <row r="317" spans="1:6">
       <c r="A317">
-        <v>42</v>
+        <v>61</v>
       </c>
       <c r="B317" t="s">
+        <v>1014</v>
+      </c>
+      <c r="C317" s="1" t="s">
+        <v>1009</v>
+      </c>
+      <c r="D317" s="1" t="s">
+        <v>1015</v>
+      </c>
+      <c r="E317" s="1" t="s">
         <v>1016</v>
       </c>
-      <c r="C317" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F317" t="s">
-        <v>1019</v>
+        <v>1007</v>
       </c>
     </row>
     <row r="318" spans="1:6">
       <c r="A318">
-        <v>41</v>
+        <v>60</v>
       </c>
       <c r="B318" t="s">
-        <v>1020</v>
+        <v>1017</v>
       </c>
       <c r="C318" s="1" t="s">
-        <v>1021</v>
+        <v>1005</v>
       </c>
       <c r="D318" s="1" t="s">
-        <v>1022</v>
+        <v>1015</v>
       </c>
       <c r="E318" s="1" t="s">
-        <v>1023</v>
+        <v>1018</v>
       </c>
       <c r="F318" t="s">
-        <v>1024</v>
+        <v>1007</v>
       </c>
     </row>
     <row r="319" spans="1:6">
       <c r="A319">
-        <v>40</v>
+        <v>59</v>
       </c>
       <c r="B319" t="s">
-        <v>1025</v>
+        <v>307</v>
       </c>
       <c r="C319" s="1" t="s">
-        <v>1026</v>
+        <v>1012</v>
       </c>
       <c r="D319" s="1" t="s">
-        <v>1027</v>
+        <v>1015</v>
       </c>
       <c r="E319" s="1" t="s">
-        <v>1028</v>
+        <v>1019</v>
       </c>
       <c r="F319" t="s">
-        <v>1029</v>
+        <v>1007</v>
       </c>
     </row>
     <row r="320" spans="1:6">
       <c r="A320">
-        <v>39</v>
+        <v>58</v>
       </c>
       <c r="B320" t="s">
-        <v>1030</v>
+        <v>501</v>
       </c>
       <c r="C320" s="1" t="s">
-        <v>1026</v>
+        <v>502</v>
       </c>
       <c r="D320" s="1" t="s">
-        <v>1031</v>
+        <v>503</v>
       </c>
       <c r="E320" s="1" t="s">
-        <v>1032</v>
+        <v>1020</v>
       </c>
       <c r="F320" t="s">
-        <v>1033</v>
+        <v>1021</v>
       </c>
     </row>
     <row r="321" spans="1:6">
       <c r="A321">
-        <v>38</v>
+        <v>57</v>
       </c>
       <c r="B321" t="s">
-        <v>1034</v>
+        <v>1022</v>
       </c>
       <c r="C321" s="1" t="s">
-        <v>1035</v>
+        <v>1023</v>
       </c>
       <c r="D321" s="1" t="s">
-        <v>1036</v>
+        <v>1024</v>
       </c>
       <c r="E321" s="1" t="s">
-        <v>1037</v>
+        <v>1025</v>
       </c>
       <c r="F321" t="s">
-        <v>1038</v>
+        <v>1026</v>
       </c>
     </row>
     <row r="322" spans="1:6">
       <c r="A322">
-        <v>37</v>
+        <v>56</v>
       </c>
       <c r="B322" t="s">
-        <v>1039</v>
+        <v>1027</v>
       </c>
       <c r="C322" s="1" t="s">
-        <v>1040</v>
+        <v>1028</v>
       </c>
       <c r="D322" s="1" t="s">
-        <v>1041</v>
+        <v>1029</v>
       </c>
       <c r="E322" s="1" t="s">
-        <v>1042</v>
+        <v>1030</v>
       </c>
       <c r="F322" t="s">
-        <v>1043</v>
+        <v>1026</v>
       </c>
     </row>
     <row r="323" spans="1:6">
       <c r="A323">
-        <v>36</v>
+        <v>55</v>
       </c>
       <c r="B323" t="s">
-        <v>1044</v>
+        <v>1031</v>
       </c>
       <c r="C323" s="1" t="s">
-        <v>557</v>
+        <v>1032</v>
       </c>
       <c r="D323" s="1" t="s">
-        <v>558</v>
+        <v>114</v>
       </c>
       <c r="E323" s="1" t="s">
-        <v>1045</v>
+        <v>1033</v>
       </c>
       <c r="F323" t="s">
-        <v>1046</v>
+        <v>1034</v>
       </c>
     </row>
     <row r="324" spans="1:6">
       <c r="A324">
-        <v>35</v>
+        <v>54</v>
       </c>
       <c r="B324" t="s">
-        <v>1047</v>
+        <v>1035</v>
       </c>
       <c r="C324" s="1" t="s">
-        <v>557</v>
+        <v>1036</v>
       </c>
       <c r="D324" s="1" t="s">
-        <v>1048</v>
+        <v>1037</v>
       </c>
       <c r="E324" s="1" t="s">
-        <v>1049</v>
+        <v>1038</v>
       </c>
       <c r="F324" t="s">
-        <v>1050</v>
+        <v>1039</v>
       </c>
     </row>
     <row r="325" spans="1:6">
       <c r="A325">
-        <v>34</v>
+        <v>53</v>
       </c>
       <c r="B325" t="s">
-        <v>1051</v>
+        <v>1040</v>
       </c>
       <c r="C325" s="1" t="s">
-        <v>1052</v>
+        <v>1036</v>
       </c>
       <c r="D325" s="1" t="s">
-        <v>1053</v>
+        <v>1041</v>
       </c>
       <c r="E325" s="1" t="s">
-        <v>1054</v>
+        <v>1042</v>
       </c>
       <c r="F325" t="s">
-        <v>1055</v>
+        <v>1039</v>
       </c>
     </row>
     <row r="326" spans="1:6">
       <c r="A326">
-        <v>33</v>
+        <v>52</v>
       </c>
       <c r="B326" t="s">
-        <v>1056</v>
+        <v>1043</v>
       </c>
       <c r="C326" s="1" t="s">
-        <v>1057</v>
+        <v>1044</v>
       </c>
       <c r="D326" s="1" t="s">
-        <v>1058</v>
+        <v>1037</v>
       </c>
       <c r="E326" s="1" t="s">
-        <v>1059</v>
+        <v>1045</v>
       </c>
       <c r="F326" t="s">
-        <v>1060</v>
+        <v>1039</v>
       </c>
     </row>
     <row r="327" spans="1:6">
       <c r="A327">
-        <v>32</v>
+        <v>51</v>
       </c>
       <c r="B327" t="s">
-        <v>1061</v>
+        <v>1046</v>
       </c>
       <c r="C327" s="1" t="s">
-        <v>1062</v>
+        <v>1044</v>
       </c>
       <c r="D327" s="1" t="s">
-        <v>1063</v>
+        <v>1041</v>
       </c>
       <c r="E327" s="1" t="s">
-        <v>1064</v>
+        <v>1047</v>
       </c>
       <c r="F327" t="s">
-        <v>1065</v>
+        <v>1039</v>
       </c>
     </row>
     <row r="328" spans="1:6">
       <c r="A328">
-        <v>31</v>
+        <v>50</v>
       </c>
       <c r="B328" t="s">
-        <v>1066</v>
+        <v>1048</v>
       </c>
       <c r="C328" s="1" t="s">
-        <v>476</v>
+        <v>1049</v>
       </c>
       <c r="D328" s="1" t="s">
-        <v>92</v>
+        <v>1037</v>
       </c>
       <c r="E328" s="1" t="s">
-        <v>1067</v>
+        <v>1050</v>
       </c>
       <c r="F328" t="s">
-        <v>911</v>
+        <v>1039</v>
       </c>
     </row>
     <row r="329" spans="1:6">
       <c r="A329">
-        <v>30</v>
+        <v>49</v>
       </c>
       <c r="B329" t="s">
-        <v>1068</v>
+        <v>1051</v>
       </c>
       <c r="C329" s="1" t="s">
-        <v>466</v>
+        <v>1052</v>
       </c>
       <c r="D329" s="1" t="s">
-        <v>92</v>
+        <v>1041</v>
       </c>
       <c r="E329" s="1" t="s">
-        <v>1069</v>
+        <v>1053</v>
       </c>
       <c r="F329" t="s">
-        <v>911</v>
+        <v>1039</v>
       </c>
     </row>
     <row r="330" spans="1:6">
       <c r="A330">
-        <v>29</v>
+        <v>48</v>
       </c>
       <c r="B330" t="s">
-        <v>1070</v>
+        <v>1054</v>
       </c>
       <c r="C330" s="1" t="s">
-        <v>483</v>
+        <v>1055</v>
       </c>
       <c r="D330" s="1" t="s">
-        <v>92</v>
+        <v>1056</v>
       </c>
       <c r="E330" s="1" t="s">
-        <v>1071</v>
+        <v>1057</v>
       </c>
       <c r="F330" t="s">
-        <v>911</v>
+        <v>431</v>
       </c>
     </row>
     <row r="331" spans="1:6">
       <c r="A331">
-        <v>28</v>
+        <v>47</v>
       </c>
       <c r="B331" t="s">
-        <v>1072</v>
+        <v>1058</v>
       </c>
       <c r="C331" s="1" t="s">
-        <v>1073</v>
+        <v>1059</v>
       </c>
       <c r="D331" s="1" t="s">
-        <v>1074</v>
+        <v>1056</v>
       </c>
       <c r="E331" s="1" t="s">
-        <v>1075</v>
+        <v>1060</v>
       </c>
       <c r="F331" t="s">
-        <v>1076</v>
+        <v>431</v>
       </c>
     </row>
     <row r="332" spans="1:6">
       <c r="A332">
-        <v>27</v>
+        <v>46</v>
       </c>
       <c r="B332" t="s">
-        <v>1077</v>
+        <v>1061</v>
       </c>
       <c r="C332" s="1" t="s">
-        <v>1078</v>
+        <v>1062</v>
       </c>
       <c r="D332" s="1" t="s">
-        <v>1079</v>
+        <v>1063</v>
       </c>
       <c r="E332" s="1" t="s">
-        <v>1080</v>
+        <v>1064</v>
       </c>
       <c r="F332" t="s">
-        <v>1081</v>
+        <v>1065</v>
       </c>
     </row>
     <row r="333" spans="1:6">
       <c r="A333">
-        <v>26</v>
+        <v>43</v>
       </c>
       <c r="B333" t="s">
-        <v>1082</v>
+        <v>1066</v>
       </c>
       <c r="C333" s="1" t="s">
-        <v>1083</v>
+        <v>1067</v>
       </c>
       <c r="D333" s="1" t="s">
-        <v>1084</v>
+        <v>1068</v>
       </c>
       <c r="E333" s="1" t="s">
-        <v>1085</v>
+        <v>1069</v>
       </c>
       <c r="F333" t="s">
-        <v>1086</v>
+        <v>1070</v>
       </c>
     </row>
     <row r="334" spans="1:6">
       <c r="A334">
-        <v>25</v>
+        <v>42</v>
       </c>
       <c r="B334" t="s">
-        <v>1082</v>
+        <v>1071</v>
       </c>
       <c r="C334" s="1" t="s">
-        <v>1083</v>
+        <v>1072</v>
       </c>
       <c r="D334" s="1" t="s">
-        <v>1084</v>
+        <v>582</v>
+      </c>
+      <c r="E334" s="1" t="s">
+        <v>1073</v>
       </c>
       <c r="F334" t="s">
-        <v>1086</v>
+        <v>1074</v>
       </c>
     </row>
     <row r="335" spans="1:6">
       <c r="A335">
-        <v>24</v>
+        <v>41</v>
       </c>
       <c r="B335" t="s">
-        <v>1087</v>
+        <v>1075</v>
       </c>
       <c r="C335" s="1" t="s">
-        <v>1088</v>
+        <v>1076</v>
       </c>
       <c r="D335" s="1" t="s">
-        <v>1089</v>
+        <v>1077</v>
       </c>
       <c r="E335" s="1" t="s">
-        <v>1090</v>
+        <v>1078</v>
       </c>
       <c r="F335" t="s">
-        <v>1091</v>
+        <v>1079</v>
       </c>
     </row>
     <row r="336" spans="1:6">
       <c r="A336">
-        <v>23</v>
+        <v>40</v>
       </c>
       <c r="B336" t="s">
-        <v>1092</v>
+        <v>1080</v>
       </c>
       <c r="C336" s="1" t="s">
-        <v>1093</v>
+        <v>1081</v>
       </c>
       <c r="D336" s="1" t="s">
-        <v>1094</v>
+        <v>1082</v>
       </c>
       <c r="E336" s="1" t="s">
-        <v>1095</v>
+        <v>1083</v>
       </c>
       <c r="F336" t="s">
-        <v>1096</v>
+        <v>1084</v>
       </c>
     </row>
     <row r="337" spans="1:6">
       <c r="A337">
-        <v>22</v>
+        <v>39</v>
       </c>
       <c r="B337" t="s">
-        <v>1097</v>
+        <v>1085</v>
       </c>
       <c r="C337" s="1" t="s">
-        <v>1098</v>
+        <v>1081</v>
       </c>
       <c r="D337" s="1" t="s">
-        <v>1099</v>
+        <v>1086</v>
       </c>
       <c r="E337" s="1" t="s">
-        <v>1100</v>
+        <v>1087</v>
       </c>
       <c r="F337" t="s">
-        <v>1101</v>
+        <v>1088</v>
       </c>
     </row>
     <row r="338" spans="1:6">
       <c r="A338">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="B338" t="s">
-        <v>1102</v>
+        <v>1089</v>
       </c>
       <c r="C338" s="1" t="s">
-        <v>1103</v>
+        <v>1090</v>
       </c>
       <c r="D338" s="1" t="s">
-        <v>1104</v>
+        <v>1091</v>
       </c>
       <c r="E338" s="1" t="s">
-        <v>1105</v>
+        <v>1092</v>
       </c>
       <c r="F338" t="s">
-        <v>1106</v>
+        <v>1093</v>
       </c>
     </row>
     <row r="339" spans="1:6">
       <c r="A339">
-        <v>20</v>
+        <v>37</v>
       </c>
       <c r="B339" t="s">
-        <v>1107</v>
+        <v>1094</v>
       </c>
       <c r="C339" s="1" t="s">
-        <v>1108</v>
+        <v>1095</v>
       </c>
       <c r="D339" s="1" t="s">
-        <v>1109</v>
+        <v>1096</v>
       </c>
       <c r="E339" s="1" t="s">
-        <v>1110</v>
+        <v>1097</v>
       </c>
       <c r="F339" t="s">
-        <v>1111</v>
+        <v>1098</v>
       </c>
     </row>
     <row r="340" spans="1:6">
       <c r="A340">
-        <v>19</v>
+        <v>36</v>
       </c>
       <c r="B340" t="s">
-        <v>1112</v>
+        <v>1099</v>
       </c>
       <c r="C340" s="1" t="s">
-        <v>1113</v>
+        <v>553</v>
       </c>
       <c r="D340" s="1" t="s">
-        <v>1114</v>
+        <v>554</v>
       </c>
       <c r="E340" s="1" t="s">
-        <v>1115</v>
+        <v>1100</v>
       </c>
       <c r="F340" t="s">
-        <v>1116</v>
+        <v>1101</v>
       </c>
     </row>
     <row r="341" spans="1:6">
       <c r="A341">
-        <v>18</v>
+        <v>35</v>
       </c>
       <c r="B341" t="s">
-        <v>1117</v>
+        <v>1102</v>
       </c>
       <c r="C341" s="1" t="s">
-        <v>1118</v>
+        <v>553</v>
       </c>
       <c r="D341" s="1" t="s">
-        <v>1119</v>
+        <v>1103</v>
       </c>
       <c r="E341" s="1" t="s">
-        <v>1120</v>
+        <v>1104</v>
       </c>
       <c r="F341" t="s">
-        <v>1121</v>
+        <v>1105</v>
       </c>
     </row>
     <row r="342" spans="1:6">
       <c r="A342">
-        <v>17</v>
+        <v>34</v>
       </c>
       <c r="B342" t="s">
-        <v>1122</v>
+        <v>1106</v>
       </c>
       <c r="C342" s="1" t="s">
-        <v>1118</v>
+        <v>1107</v>
       </c>
       <c r="D342" s="1" t="s">
-        <v>1123</v>
+        <v>1108</v>
       </c>
       <c r="E342" s="1" t="s">
-        <v>1124</v>
+        <v>1109</v>
       </c>
       <c r="F342" t="s">
-        <v>1121</v>
+        <v>1110</v>
       </c>
     </row>
     <row r="343" spans="1:6">
       <c r="A343">
-        <v>16</v>
+        <v>33</v>
       </c>
       <c r="B343" t="s">
-        <v>1125</v>
+        <v>1111</v>
       </c>
       <c r="C343" s="1" t="s">
-        <v>946</v>
+        <v>1112</v>
       </c>
       <c r="D343" s="1" t="s">
-        <v>1126</v>
+        <v>1113</v>
       </c>
       <c r="E343" s="1" t="s">
-        <v>1127</v>
+        <v>1114</v>
       </c>
       <c r="F343" t="s">
-        <v>1128</v>
+        <v>1115</v>
       </c>
     </row>
     <row r="344" spans="1:6">
       <c r="A344">
-        <v>15</v>
+        <v>32</v>
       </c>
       <c r="B344" t="s">
-        <v>1129</v>
+        <v>1116</v>
       </c>
       <c r="C344" s="1" t="s">
-        <v>1130</v>
+        <v>1117</v>
       </c>
       <c r="D344" s="1" t="s">
-        <v>1131</v>
+        <v>1118</v>
       </c>
       <c r="E344" s="1" t="s">
-        <v>1132</v>
+        <v>1119</v>
       </c>
       <c r="F344" t="s">
-        <v>1133</v>
+        <v>1120</v>
       </c>
     </row>
     <row r="345" spans="1:6">
       <c r="A345">
-        <v>14</v>
+        <v>31</v>
       </c>
       <c r="B345" t="s">
-        <v>1134</v>
+        <v>1121</v>
       </c>
       <c r="C345" s="1" t="s">
-        <v>1130</v>
+        <v>472</v>
       </c>
       <c r="D345" s="1" t="s">
-        <v>1131</v>
+        <v>92</v>
       </c>
       <c r="E345" s="1" t="s">
-        <v>1135</v>
+        <v>1122</v>
       </c>
       <c r="F345" t="s">
-        <v>1136</v>
+        <v>964</v>
       </c>
     </row>
     <row r="346" spans="1:6">
       <c r="A346">
-        <v>13</v>
+        <v>30</v>
       </c>
       <c r="B346" t="s">
-        <v>1137</v>
+        <v>1123</v>
       </c>
       <c r="C346" s="1" t="s">
-        <v>1138</v>
+        <v>462</v>
       </c>
       <c r="D346" s="1" t="s">
-        <v>1139</v>
+        <v>92</v>
       </c>
       <c r="E346" s="1" t="s">
-        <v>1140</v>
+        <v>1124</v>
       </c>
       <c r="F346" t="s">
-        <v>1141</v>
+        <v>964</v>
       </c>
     </row>
     <row r="347" spans="1:6">
       <c r="A347">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="B347" t="s">
-        <v>1142</v>
+        <v>1125</v>
       </c>
       <c r="C347" s="1" t="s">
-        <v>1138</v>
+        <v>479</v>
       </c>
       <c r="D347" s="1" t="s">
-        <v>1139</v>
+        <v>92</v>
       </c>
       <c r="E347" s="1" t="s">
-        <v>1143</v>
+        <v>1126</v>
       </c>
       <c r="F347" t="s">
-        <v>1144</v>
+        <v>964</v>
       </c>
     </row>
     <row r="348" spans="1:6">
       <c r="A348">
-        <v>11</v>
+        <v>28</v>
       </c>
       <c r="B348" t="s">
+        <v>1127</v>
+      </c>
+      <c r="C348" s="1" t="s">
+        <v>1128</v>
+      </c>
+      <c r="D348" s="1" t="s">
         <v>1129</v>
       </c>
-      <c r="C348" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E348" s="1" t="s">
-        <v>1145</v>
+        <v>1130</v>
       </c>
       <c r="F348" t="s">
-        <v>1146</v>
+        <v>1131</v>
       </c>
     </row>
     <row r="349" spans="1:6">
       <c r="A349">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="B349" t="s">
-        <v>1147</v>
+        <v>1132</v>
       </c>
       <c r="C349" s="1" t="s">
-        <v>1138</v>
+        <v>1133</v>
       </c>
       <c r="D349" s="1" t="s">
-        <v>1139</v>
+        <v>1134</v>
       </c>
       <c r="E349" s="1" t="s">
-        <v>1148</v>
+        <v>1135</v>
       </c>
       <c r="F349" t="s">
-        <v>1149</v>
+        <v>1136</v>
       </c>
     </row>
     <row r="350" spans="1:6">
       <c r="A350">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="B350" t="s">
-        <v>1150</v>
+        <v>1137</v>
       </c>
       <c r="C350" s="1" t="s">
-        <v>557</v>
+        <v>1138</v>
       </c>
       <c r="D350" s="1" t="s">
-        <v>1151</v>
+        <v>1139</v>
       </c>
       <c r="E350" s="1" t="s">
-        <v>1152</v>
+        <v>1140</v>
       </c>
       <c r="F350" t="s">
-        <v>1010</v>
+        <v>1141</v>
       </c>
     </row>
     <row r="351" spans="1:6">
       <c r="A351">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="B351" t="s">
-        <v>1153</v>
+        <v>1137</v>
       </c>
       <c r="C351" s="1" t="s">
-        <v>1154</v>
+        <v>1138</v>
       </c>
       <c r="D351" s="1" t="s">
-        <v>1155</v>
-[...2 lines deleted...]
-        <v>1156</v>
+        <v>1139</v>
       </c>
       <c r="F351" t="s">
-        <v>1157</v>
+        <v>1141</v>
       </c>
     </row>
     <row r="352" spans="1:6">
       <c r="A352">
-        <v>7</v>
+        <v>24</v>
       </c>
       <c r="B352" t="s">
-        <v>1158</v>
+        <v>999</v>
       </c>
       <c r="C352" s="1" t="s">
-        <v>1159</v>
+        <v>1142</v>
       </c>
       <c r="D352" s="1" t="s">
-        <v>1155</v>
+        <v>1001</v>
       </c>
       <c r="E352" s="1" t="s">
-        <v>1160</v>
+        <v>1143</v>
       </c>
       <c r="F352" t="s">
-        <v>1157</v>
+        <v>231</v>
       </c>
     </row>
     <row r="353" spans="1:6">
       <c r="A353">
-        <v>6</v>
+        <v>24</v>
       </c>
       <c r="B353" t="s">
-        <v>1161</v>
+        <v>1144</v>
       </c>
       <c r="C353" s="1" t="s">
-        <v>1162</v>
+        <v>1145</v>
       </c>
       <c r="D353" s="1" t="s">
-        <v>1155</v>
+        <v>1146</v>
       </c>
       <c r="E353" s="1" t="s">
-        <v>1163</v>
+        <v>1147</v>
       </c>
       <c r="F353" t="s">
-        <v>1157</v>
+        <v>1148</v>
       </c>
     </row>
     <row r="354" spans="1:6">
       <c r="A354">
-        <v>4</v>
+        <v>24</v>
       </c>
       <c r="B354" t="s">
-        <v>1164</v>
+        <v>999</v>
       </c>
       <c r="C354" s="1" t="s">
-        <v>1165</v>
+        <v>1149</v>
       </c>
       <c r="D354" s="1" t="s">
-        <v>1155</v>
+        <v>1001</v>
       </c>
       <c r="E354" s="1" t="s">
-        <v>1166</v>
+        <v>1150</v>
       </c>
       <c r="F354" t="s">
-        <v>1157</v>
+        <v>1151</v>
       </c>
     </row>
     <row r="355" spans="1:6">
       <c r="A355">
-        <v>3</v>
+        <v>23</v>
       </c>
       <c r="B355" t="s">
-        <v>1167</v>
+        <v>1152</v>
       </c>
       <c r="C355" s="1" t="s">
-        <v>113</v>
+        <v>1153</v>
       </c>
       <c r="D355" s="1" t="s">
-        <v>1168</v>
+        <v>1154</v>
       </c>
       <c r="E355" s="1" t="s">
-        <v>1169</v>
+        <v>1155</v>
       </c>
       <c r="F355" t="s">
-        <v>1170</v>
+        <v>1156</v>
       </c>
     </row>
     <row r="356" spans="1:6">
       <c r="A356">
-        <v>2</v>
+        <v>22</v>
       </c>
       <c r="B356" t="s">
-        <v>1171</v>
+        <v>1157</v>
       </c>
       <c r="C356" s="1" t="s">
-        <v>1040</v>
+        <v>1158</v>
       </c>
       <c r="D356" s="1" t="s">
-        <v>1041</v>
+        <v>1159</v>
       </c>
       <c r="E356" s="1" t="s">
-        <v>1172</v>
+        <v>1160</v>
       </c>
       <c r="F356" t="s">
-        <v>1173</v>
+        <v>1161</v>
       </c>
     </row>
     <row r="357" spans="1:6">
       <c r="A357">
+        <v>21</v>
+      </c>
+      <c r="B357" t="s">
+        <v>1162</v>
+      </c>
+      <c r="C357" s="1" t="s">
+        <v>1163</v>
+      </c>
+      <c r="D357" s="1" t="s">
+        <v>1164</v>
+      </c>
+      <c r="E357" s="1" t="s">
+        <v>1165</v>
+      </c>
+      <c r="F357" t="s">
+        <v>1166</v>
+      </c>
+    </row>
+    <row r="358" spans="1:6">
+      <c r="A358">
+        <v>20</v>
+      </c>
+      <c r="B358" t="s">
+        <v>1167</v>
+      </c>
+      <c r="C358" s="1" t="s">
+        <v>1168</v>
+      </c>
+      <c r="D358" s="1" t="s">
+        <v>1169</v>
+      </c>
+      <c r="E358" s="1" t="s">
+        <v>1170</v>
+      </c>
+      <c r="F358" t="s">
+        <v>1171</v>
+      </c>
+    </row>
+    <row r="359" spans="1:6">
+      <c r="A359">
+        <v>19</v>
+      </c>
+      <c r="B359" t="s">
+        <v>1172</v>
+      </c>
+      <c r="C359" s="1" t="s">
+        <v>1173</v>
+      </c>
+      <c r="D359" s="1" t="s">
+        <v>1174</v>
+      </c>
+      <c r="E359" s="1" t="s">
+        <v>1175</v>
+      </c>
+      <c r="F359" t="s">
+        <v>1176</v>
+      </c>
+    </row>
+    <row r="360" spans="1:6">
+      <c r="A360">
+        <v>18</v>
+      </c>
+      <c r="B360" t="s">
+        <v>1177</v>
+      </c>
+      <c r="C360" s="1" t="s">
+        <v>1178</v>
+      </c>
+      <c r="D360" s="1" t="s">
+        <v>1179</v>
+      </c>
+      <c r="E360" s="1" t="s">
+        <v>1180</v>
+      </c>
+      <c r="F360" t="s">
+        <v>1181</v>
+      </c>
+    </row>
+    <row r="361" spans="1:6">
+      <c r="A361">
+        <v>17</v>
+      </c>
+      <c r="B361" t="s">
+        <v>1182</v>
+      </c>
+      <c r="C361" s="1" t="s">
+        <v>1178</v>
+      </c>
+      <c r="D361" s="1" t="s">
+        <v>1183</v>
+      </c>
+      <c r="E361" s="1" t="s">
+        <v>1184</v>
+      </c>
+      <c r="F361" t="s">
+        <v>1181</v>
+      </c>
+    </row>
+    <row r="362" spans="1:6">
+      <c r="A362">
+        <v>16</v>
+      </c>
+      <c r="B362" t="s">
+        <v>1185</v>
+      </c>
+      <c r="C362" s="1" t="s">
+        <v>1000</v>
+      </c>
+      <c r="D362" s="1" t="s">
+        <v>1186</v>
+      </c>
+      <c r="E362" s="1" t="s">
+        <v>1187</v>
+      </c>
+      <c r="F362" t="s">
+        <v>1188</v>
+      </c>
+    </row>
+    <row r="363" spans="1:6">
+      <c r="A363">
+        <v>15</v>
+      </c>
+      <c r="B363" t="s">
+        <v>1189</v>
+      </c>
+      <c r="C363" s="1" t="s">
+        <v>1190</v>
+      </c>
+      <c r="D363" s="1" t="s">
+        <v>1191</v>
+      </c>
+      <c r="E363" s="1" t="s">
+        <v>1192</v>
+      </c>
+      <c r="F363" t="s">
+        <v>1193</v>
+      </c>
+    </row>
+    <row r="364" spans="1:6">
+      <c r="A364">
+        <v>14</v>
+      </c>
+      <c r="B364" t="s">
+        <v>1194</v>
+      </c>
+      <c r="C364" s="1" t="s">
+        <v>1190</v>
+      </c>
+      <c r="D364" s="1" t="s">
+        <v>1191</v>
+      </c>
+      <c r="E364" s="1" t="s">
+        <v>1195</v>
+      </c>
+      <c r="F364" t="s">
+        <v>1196</v>
+      </c>
+    </row>
+    <row r="365" spans="1:6">
+      <c r="A365">
+        <v>13</v>
+      </c>
+      <c r="B365" t="s">
+        <v>1197</v>
+      </c>
+      <c r="C365" s="1" t="s">
+        <v>1198</v>
+      </c>
+      <c r="D365" s="1" t="s">
+        <v>1199</v>
+      </c>
+      <c r="E365" s="1" t="s">
+        <v>1200</v>
+      </c>
+      <c r="F365" t="s">
+        <v>1201</v>
+      </c>
+    </row>
+    <row r="366" spans="1:6">
+      <c r="A366">
+        <v>12</v>
+      </c>
+      <c r="B366" t="s">
+        <v>1202</v>
+      </c>
+      <c r="C366" s="1" t="s">
+        <v>1198</v>
+      </c>
+      <c r="D366" s="1" t="s">
+        <v>1199</v>
+      </c>
+      <c r="E366" s="1" t="s">
+        <v>1203</v>
+      </c>
+      <c r="F366" t="s">
+        <v>1204</v>
+      </c>
+    </row>
+    <row r="367" spans="1:6">
+      <c r="A367">
+        <v>11</v>
+      </c>
+      <c r="B367" t="s">
+        <v>1189</v>
+      </c>
+      <c r="C367" s="1" t="s">
+        <v>1198</v>
+      </c>
+      <c r="D367" s="1" t="s">
+        <v>1199</v>
+      </c>
+      <c r="E367" s="1" t="s">
+        <v>1205</v>
+      </c>
+      <c r="F367" t="s">
+        <v>1206</v>
+      </c>
+    </row>
+    <row r="368" spans="1:6">
+      <c r="A368">
+        <v>10</v>
+      </c>
+      <c r="B368" t="s">
+        <v>1207</v>
+      </c>
+      <c r="C368" s="1" t="s">
+        <v>1198</v>
+      </c>
+      <c r="D368" s="1" t="s">
+        <v>1199</v>
+      </c>
+      <c r="E368" s="1" t="s">
+        <v>1208</v>
+      </c>
+      <c r="F368" t="s">
+        <v>1209</v>
+      </c>
+    </row>
+    <row r="369" spans="1:6">
+      <c r="A369">
+        <v>9</v>
+      </c>
+      <c r="B369" t="s">
+        <v>1210</v>
+      </c>
+      <c r="C369" s="1" t="s">
+        <v>553</v>
+      </c>
+      <c r="D369" s="1" t="s">
+        <v>1211</v>
+      </c>
+      <c r="E369" s="1" t="s">
+        <v>1212</v>
+      </c>
+      <c r="F369" t="s">
+        <v>1065</v>
+      </c>
+    </row>
+    <row r="370" spans="1:6">
+      <c r="A370">
+        <v>8</v>
+      </c>
+      <c r="B370" t="s">
+        <v>1213</v>
+      </c>
+      <c r="C370" s="1" t="s">
+        <v>1214</v>
+      </c>
+      <c r="D370" s="1" t="s">
+        <v>1215</v>
+      </c>
+      <c r="E370" s="1" t="s">
+        <v>1216</v>
+      </c>
+      <c r="F370" t="s">
+        <v>1217</v>
+      </c>
+    </row>
+    <row r="371" spans="1:6">
+      <c r="A371">
+        <v>7</v>
+      </c>
+      <c r="B371" t="s">
+        <v>1218</v>
+      </c>
+      <c r="C371" s="1" t="s">
+        <v>1219</v>
+      </c>
+      <c r="D371" s="1" t="s">
+        <v>1215</v>
+      </c>
+      <c r="E371" s="1" t="s">
+        <v>1220</v>
+      </c>
+      <c r="F371" t="s">
+        <v>1217</v>
+      </c>
+    </row>
+    <row r="372" spans="1:6">
+      <c r="A372">
+        <v>6</v>
+      </c>
+      <c r="B372" t="s">
+        <v>1221</v>
+      </c>
+      <c r="C372" s="1" t="s">
+        <v>1222</v>
+      </c>
+      <c r="D372" s="1" t="s">
+        <v>1215</v>
+      </c>
+      <c r="E372" s="1" t="s">
+        <v>1223</v>
+      </c>
+      <c r="F372" t="s">
+        <v>1217</v>
+      </c>
+    </row>
+    <row r="373" spans="1:6">
+      <c r="A373">
+        <v>4</v>
+      </c>
+      <c r="B373" t="s">
+        <v>1224</v>
+      </c>
+      <c r="C373" s="1" t="s">
+        <v>1225</v>
+      </c>
+      <c r="D373" s="1" t="s">
+        <v>1215</v>
+      </c>
+      <c r="E373" s="1" t="s">
+        <v>1226</v>
+      </c>
+      <c r="F373" t="s">
+        <v>1217</v>
+      </c>
+    </row>
+    <row r="374" spans="1:6">
+      <c r="A374">
+        <v>3</v>
+      </c>
+      <c r="B374" t="s">
+        <v>1227</v>
+      </c>
+      <c r="C374" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="D374" s="1" t="s">
+        <v>1228</v>
+      </c>
+      <c r="E374" s="1" t="s">
+        <v>1229</v>
+      </c>
+      <c r="F374" t="s">
+        <v>1230</v>
+      </c>
+    </row>
+    <row r="375" spans="1:6">
+      <c r="A375">
+        <v>2</v>
+      </c>
+      <c r="B375" t="s">
+        <v>1231</v>
+      </c>
+      <c r="C375" s="1" t="s">
+        <v>1095</v>
+      </c>
+      <c r="D375" s="1" t="s">
+        <v>1096</v>
+      </c>
+      <c r="E375" s="1" t="s">
+        <v>1232</v>
+      </c>
+      <c r="F375" t="s">
+        <v>1233</v>
+      </c>
+    </row>
+    <row r="376" spans="1:6">
+      <c r="A376">
         <v>1</v>
       </c>
-      <c r="B357" t="s">
-[...12 lines deleted...]
-        <v>1178</v>
+      <c r="B376" t="s">
+        <v>1234</v>
+      </c>
+      <c r="C376" s="1" t="s">
+        <v>1235</v>
+      </c>
+      <c r="D376" s="1" t="s">
+        <v>1236</v>
+      </c>
+      <c r="E376" s="1" t="s">
+        <v>1237</v>
+      </c>
+      <c r="F376" t="s">
+        <v>1238</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">