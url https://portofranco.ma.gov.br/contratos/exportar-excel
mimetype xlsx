--- v1 (2025-11-30)
+++ v2 (2026-01-15)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1239">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1302">
   <si>
     <t>Sequência</t>
   </si>
   <si>
     <t>Nº Contrato</t>
   </si>
   <si>
     <t>Unidade/Objeto</t>
   </si>
   <si>
     <t>Fornecedor/CNPJ</t>
   </si>
   <si>
     <t>Data Assinatura/Valor</t>
   </si>
   <si>
     <t>Vigência</t>
   </si>
   <si>
     <t>046/2025</t>
   </si>
   <si>
     <t>SECRETARIA MUNICIPAL DE ADMINISTRAÇÃO
 Realização de Show Musical com o cantor de renome...</t>
   </si>
@@ -1802,94 +1802,194 @@
   </si>
   <si>
     <t>10/11/2022
 234.667,50</t>
   </si>
   <si>
     <t>10/11/2022
 182.679,50</t>
   </si>
   <si>
     <t>10/11/2022
 212.348,60</t>
   </si>
   <si>
     <t>10/11/2022
 128.120,00</t>
   </si>
   <si>
     <t>1011011/2022</t>
   </si>
   <si>
     <t>10/11/2022
 23.906,50</t>
   </si>
   <si>
+    <t>111/2025</t>
+  </si>
+  <si>
+    <t>SECRETARIA MUNICIPAL DE ADMINISTRAÇÃO
+Realização do Show Evangélico com a dupla de renom...</t>
+  </si>
+  <si>
+    <t>23/12/2025
+190.000,00</t>
+  </si>
+  <si>
+    <t>23/12/2025 a 23/02/2026</t>
+  </si>
+  <si>
     <t>10/11/2022
 124.024,50</t>
   </si>
   <si>
     <t>10/11/2022
 33.191,50</t>
   </si>
   <si>
+    <t>092/2025</t>
+  </si>
+  <si>
+    <t>SECRETARIA MUNICIPAL DE ADMINISTRAÇÃO
+realização do Show Artístico com a Banda denominad...</t>
+  </si>
+  <si>
+    <t>BANDA MAGNIFICOS PRODUÇÕES E EVENTOS ARTISTICOS LTDA
+01.509.178/0001-25</t>
+  </si>
+  <si>
+    <t>12/12/2025
+470.000,00</t>
+  </si>
+  <si>
+    <t>12/12/2025 a 12/02/2026</t>
+  </si>
+  <si>
     <t>10/11/2022
 46.210,00</t>
   </si>
   <si>
+    <t>087/2025</t>
+  </si>
+  <si>
+    <t>SECRETARIA MUNICIPAL DE ADMINISTRAÇÃO
+realização do Show Artístico com a Dupla Sertaneja...</t>
+  </si>
+  <si>
+    <t>FICA AZUL PRODUÇÕES ARTÍSTICAS LTDA
+48.583.449/0001-56</t>
+  </si>
+  <si>
+    <t>25/11/2025
+40.000,00</t>
+  </si>
+  <si>
+    <t>25/11/2025 a 25/01/2026</t>
+  </si>
+  <si>
     <t>093/2023</t>
   </si>
   <si>
     <t>SECRETARIA MUNICIPAL DE EDUCAÇÃO
 contratação de empresa para realização das Obras d...</t>
   </si>
   <si>
     <t>SAMBAIBA CONSTRUÇÕES L TDA
 10.561.407/0001-41</t>
   </si>
   <si>
     <t>06/02/2024
 723.377,93</t>
   </si>
   <si>
     <t>06/02/2024 a 31/07/2024</t>
   </si>
   <si>
+    <t>079/2025</t>
+  </si>
+  <si>
+    <t>SECRETARIA MUNICIPAL DE ADMINISTRAÇÃO
+Realização do Show Católico com o artista de renom...</t>
+  </si>
+  <si>
+    <t>INSTITUTO ALBERIONE (COMEP)
+53.781.423/0004-03</t>
+  </si>
+  <si>
+    <t>18/11/2025
+60.000,00</t>
+  </si>
+  <si>
+    <t>18/11/2025 a 18/01/2026</t>
+  </si>
+  <si>
     <t>039/2023</t>
   </si>
   <si>
     <t>04/04/2024
 36.055,17</t>
   </si>
   <si>
     <t>06/04/2024 a 03/10/2024</t>
   </si>
   <si>
+    <t>083/2025</t>
+  </si>
+  <si>
+    <t>SECRETARIA MUNICIPAL DE ADMINISTRAÇÃO
+contratação de empresa especializada para realizaç...</t>
+  </si>
+  <si>
+    <t>M. HENRIQUE F. REGO LTDA
+26.954.034/0001-09</t>
+  </si>
+  <si>
+    <t>30/10/2025
+3.032.208,00</t>
+  </si>
+  <si>
+    <t>30/10/2025 a 30/10/26</t>
+  </si>
+  <si>
     <t>04/04/2024
 212.725,49</t>
   </si>
   <si>
+    <t>076/2025</t>
+  </si>
+  <si>
+    <t>SECRETARIA MUNICIPAL DE ADMINISTRAÇÃO
+Realização do Show Gospel com a artista de renome...</t>
+  </si>
+  <si>
+    <t>22/10/2024
+180.000,00</t>
+  </si>
+  <si>
+    <t>22/10/2025 a 22/10/2025</t>
+  </si>
+  <si>
     <t>04/04/2024
 111.771,02</t>
   </si>
   <si>
     <t>042/2023</t>
   </si>
   <si>
     <t>LIDER CONSTRUÇÕES LTDA
 13.234.270/0001-09</t>
   </si>
   <si>
     <t>05/04/2023
 208.603,54</t>
   </si>
   <si>
     <t>05/04/2023 a 05/04/2024</t>
   </si>
   <si>
     <t>041/2023</t>
   </si>
   <si>
     <t>05/04/2023
 78.226,33</t>
   </si>
   <si>
@@ -1940,61 +2040,148 @@
     <t>SERVIÇO DE APOIO ÀS MICRO E PEQUENAS EMPRESAS DO MARANHÃO SEBRAEMA
 06.053.847/0001-10</t>
   </si>
   <si>
     <t>04/07/2025
 80.672,50</t>
   </si>
   <si>
     <t>04/07/2025 a 04/07/2026</t>
   </si>
   <si>
     <t>063/2024</t>
   </si>
   <si>
     <t>A SECRETARIA MUNICIPAL DE INFRAESTURA E MOBILIDADE URBANA
 Contratação de empresa especializada na prestação...</t>
   </si>
   <si>
     <t>01/03/2023
 280.050,00</t>
   </si>
   <si>
     <t>01/03/2024 a 01/03/2025</t>
   </si>
   <si>
+    <t>080/2025</t>
+  </si>
+  <si>
+    <t>SECRETARIA MUNICIPAL DE ADMINISTRAÇÃO
+Aquisição de bebedouros, purificadores de água e m...</t>
+  </si>
+  <si>
+    <t>AGUA SOFT COM. E SERV. LTDA
+17.350.308/0001-60</t>
+  </si>
+  <si>
+    <t>12/11/2025
+67.517,80</t>
+  </si>
+  <si>
+    <t>12/11/2025 a 12/11/2026</t>
+  </si>
+  <si>
+    <t>081/2025</t>
+  </si>
+  <si>
+    <t>SECRETARIA MUNICIPAL DE EDUCAÇÃO
+Aquisição de bebedouros, purificadores de água e m...</t>
+  </si>
+  <si>
+    <t>12/11/2025
+96.467,40</t>
+  </si>
+  <si>
+    <t>082/2025</t>
+  </si>
+  <si>
+    <t>SECRETARIA MUNICIPAL DE ASSISTÊNCIA SOCIAL E DIREITOS HUMANOS
+Aquisição de bebedouros, purificadores de água e m...</t>
+  </si>
+  <si>
+    <t>12/11/2025
+40.864,00</t>
+  </si>
+  <si>
+    <t>1012002/2025</t>
+  </si>
+  <si>
+    <t>SECRETARIA MUNICIPAL DE SAÚDE
+Aquisição de bebedouros, purificadores de água e m...</t>
+  </si>
+  <si>
+    <t>10/12/2025
+134.760,55</t>
+  </si>
+  <si>
+    <t>10/12/2025 a 10/12/2026</t>
+  </si>
+  <si>
     <t>062/2024</t>
   </si>
   <si>
     <t>SECRETARIA MUNICIPAL DE EDUCAÇÃO
 Contratação de empresa especializada na prestação...</t>
   </si>
   <si>
     <t>01/03/2023
 49.800,00</t>
   </si>
   <si>
+    <t>084/2025</t>
+  </si>
+  <si>
+    <t>SECRETARIA MUNICIPAL DE ADMINISTRAÇÃO
+Contratação de empresa especializada para prestaçã...</t>
+  </si>
+  <si>
+    <t>12/11/2025
+37.278,43</t>
+  </si>
+  <si>
+    <t>085/2025</t>
+  </si>
+  <si>
+    <t>SECRETARIA MUNICIPAL DE EDUCAÇÃO
+Contratação de empresa especializada para prestaçã...</t>
+  </si>
+  <si>
+    <t>12/11/2025
+56.375,18</t>
+  </si>
+  <si>
+    <t>056/2025</t>
+  </si>
+  <si>
+    <t>SECRETARIA MUNICIPAL DE ASSISTÊNCIA SOCIAL E DIREITOS HUMANOS
+Contratação de empresa especializada para prestaçã...</t>
+  </si>
+  <si>
+    <t>12/11/2025
+19.730,81</t>
+  </si>
+  <si>
     <t>061/2024</t>
   </si>
   <si>
     <t>SECRETARIA MUNICIPAL DE ASSISTÊNCIA SOCIAL E DIREITOS HUMANOS
 Contratação de empresa especializada na prestação...</t>
   </si>
   <si>
     <t>01/03/2023
 51.900,00</t>
   </si>
   <si>
     <t>082/2024</t>
   </si>
   <si>
     <t>SECRETARIA MUNICIPAL DE EDUCAÇÃO
 Aquisição do Sistema de Ensino NAME para atender a...</t>
   </si>
   <si>
     <t>GRAFICA E EDITORA POSIGRAF LTDA
 75.104.422/0008-82</t>
   </si>
   <si>
     <t>03/04/2024
 429.147,00</t>
   </si>
@@ -2056,50 +2243,64 @@
     <t>24/11/2025 a 24/11/2026</t>
   </si>
   <si>
     <t>089/2025</t>
   </si>
   <si>
     <t>SECRETARIA MUNICIPAL DE EDUCAÇÃO
 Contratação de empresa especializada para o forne...</t>
   </si>
   <si>
     <t>24/11/2025
 515.959,20</t>
   </si>
   <si>
     <t>090/2025</t>
   </si>
   <si>
     <t>SECRETARIA MUNICIPAL DE ASSISTÊNCIA SOCIAL E DIREITOS HUMANOS
 Contratação de empresa especializada para o forne...</t>
   </si>
   <si>
     <t>24/11/2025
 103.657,79</t>
   </si>
   <si>
+    <t>0312001/2025</t>
+  </si>
+  <si>
+    <t>SECRETARIA MUNICIPAL DE SAÚDE
+fornecimento de peças e acessórios, incluindo a pr...</t>
+  </si>
+  <si>
+    <t>03/12/2025
+1.032.347,66</t>
+  </si>
+  <si>
+    <t>03/12/2025 a 03/12/2026</t>
+  </si>
+  <si>
     <t>081/2024</t>
   </si>
   <si>
     <t>SECRETARIA MUNICIPAL DE EDUCAÇÃO
 Aquisição de Computadores e Materiais de Consumo p...</t>
   </si>
   <si>
     <t>V. C. DA ROCHA DISTRIBUIDORA
 05.808.979/0001-42</t>
   </si>
   <si>
     <t>26/04/2024
 940,00</t>
   </si>
   <si>
     <t>26/04/2024 a 26/04/2025</t>
   </si>
   <si>
     <t>071/2025</t>
   </si>
   <si>
     <t>A SECRETARIA MUNICIPAL DE INFRAESTRUTURA E MOBILIDADE URBANA
 Serviços de PAVIMENTAÇÃO em tratamento superficial...</t>
   </si>
   <si>
@@ -2686,53 +2887,50 @@
     <t>18/06/2025
 4.610,50</t>
   </si>
   <si>
     <t>052/2025</t>
   </si>
   <si>
     <t>18/06/2025
 38.678,90</t>
   </si>
   <si>
     <t>053/2025</t>
   </si>
   <si>
     <t>18/06/2025
 3.157,40</t>
   </si>
   <si>
     <t>055/2025</t>
   </si>
   <si>
     <t>18/06/2025
 24.714,00</t>
   </si>
   <si>
-    <t>056/2025</t>
-[...1 lines deleted...]
-  <si>
     <t>18/06/2025
 23.962,80</t>
   </si>
   <si>
     <t>1711001/2025</t>
   </si>
   <si>
     <t>SECRETARIA MUNICIPAL DE SAÚDE
 Aquisição de gêneros alimentícios para atender as...</t>
   </si>
   <si>
     <t>17/11/2025
 173.869,50</t>
   </si>
   <si>
     <t>17/11/2025 a 17/11/2026</t>
   </si>
   <si>
     <t>1711002/2025</t>
   </si>
   <si>
     <t>17/11/2025
 239.737,20</t>
   </si>
   <si>
@@ -4352,50 +4550,64 @@
   <si>
     <t>01/07/2022
 135.000,00</t>
   </si>
   <si>
     <t>01/07/2022 a 01/10/2022</t>
   </si>
   <si>
     <t>2º Termo Aditivo/2022</t>
   </si>
   <si>
     <t>01/01/2022
 330.000,00</t>
   </si>
   <si>
     <t>01/01/2022 a 01/07/2022</t>
   </si>
   <si>
     <t>13/11/2021
 89.834,00</t>
   </si>
   <si>
     <t>13/11/2021 a 31/12/2021</t>
   </si>
   <si>
+    <t>0310002/2024</t>
+  </si>
+  <si>
+    <t>SECRETARIA MUNICIPAL DE SAÚDE
+Contratação de empresa para prestação dos Serviços...</t>
+  </si>
+  <si>
+    <t>03/10/2024
+145.098,00</t>
+  </si>
+  <si>
+    <t>03/10/2024 a 03/10/2025</t>
+  </si>
+  <si>
     <t>Contrato nº 0025/2021/2021</t>
   </si>
   <si>
     <t>12/05/2021
 330.000,00</t>
   </si>
   <si>
     <t>15/05/2021 a 12/11/2021</t>
   </si>
   <si>
     <t>Contrato nº 1003001/2023/SMA/2023</t>
   </si>
   <si>
     <t>SISTEMA DE LOCACAO CONTABIL LTDA
 09.295.258/0001-37</t>
   </si>
   <si>
     <t>10/03/2023
 121.200,00</t>
   </si>
   <si>
     <t>Contrato nº 0605003/SINFRA/2022/PMPF/2022</t>
   </si>
   <si>
     <t>A SECRETARIA MUNICIPAL DE INFRAESTURA E MOBILIDADE URBANA
@@ -4464,50 +4676,65 @@
   </si>
   <si>
     <t>25/03/2022
 252.434,00</t>
   </si>
   <si>
     <t>25/03/2022 a 25/05/2023</t>
   </si>
   <si>
     <t>Contrato nº 16030001/2023/FMS/PMPF/2023</t>
   </si>
   <si>
     <t>SECRETARIA MUNICIPAL DE SAÚDE
 Contratação De Empresa Especializada Para Prestaçã...</t>
   </si>
   <si>
     <t>R E R EMPREENDIMENTOS E SERVIÇOS LTDA
 01.195.098/0001-42</t>
   </si>
   <si>
     <t>01/03/2023
 99.470,00</t>
   </si>
   <si>
     <t>01/03/2023 a 01/03/2024</t>
+  </si>
+  <si>
+    <t>091/2025</t>
+  </si>
+  <si>
+    <t>SECRETARIA MUNICIPAL DE ADMINISTRAÇÃO
+realização do Show Católico com o artista de renom...</t>
+  </si>
+  <si>
+    <t>KELLY KAROLINE MARQUES ZANETTO PRODUÇÃO
+30.432.046/0001-40</t>
+  </si>
+  <si>
+    <t>25/11/2025
+35.000,00</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -4822,54 +5049,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F376"/>
+  <dimension ref="A1:F392"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="E376" sqref="E376"/>
+      <selection activeCell="E392" sqref="E392"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
@@ -7755,4640 +7982,4957 @@
     <row r="146" spans="1:6">
       <c r="A146">
         <v>183</v>
       </c>
       <c r="B146" t="s">
         <v>496</v>
       </c>
       <c r="C146" s="1" t="s">
         <v>462</v>
       </c>
       <c r="D146" s="1" t="s">
         <v>317</v>
       </c>
       <c r="E146" s="1" t="s">
         <v>497</v>
       </c>
       <c r="F146" t="s">
         <v>486</v>
       </c>
     </row>
     <row r="147" spans="1:6">
       <c r="A147">
         <v>182</v>
       </c>
       <c r="B147" t="s">
-        <v>481</v>
+        <v>498</v>
       </c>
       <c r="C147" s="1" t="s">
-        <v>479</v>
+        <v>499</v>
       </c>
       <c r="D147" s="1" t="s">
-        <v>314</v>
+        <v>238</v>
       </c>
       <c r="E147" s="1" t="s">
-        <v>498</v>
+        <v>500</v>
       </c>
       <c r="F147" t="s">
-        <v>486</v>
+        <v>501</v>
       </c>
     </row>
     <row r="148" spans="1:6">
       <c r="A148">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="B148" t="s">
-        <v>483</v>
+        <v>481</v>
       </c>
       <c r="C148" s="1" t="s">
         <v>479</v>
       </c>
       <c r="D148" s="1" t="s">
-        <v>317</v>
+        <v>314</v>
       </c>
       <c r="E148" s="1" t="s">
-        <v>499</v>
+        <v>502</v>
       </c>
       <c r="F148" t="s">
         <v>486</v>
       </c>
     </row>
     <row r="149" spans="1:6">
       <c r="A149">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="B149" t="s">
-        <v>478</v>
+        <v>483</v>
       </c>
       <c r="C149" s="1" t="s">
         <v>479</v>
       </c>
       <c r="D149" s="1" t="s">
-        <v>229</v>
+        <v>317</v>
       </c>
       <c r="E149" s="1" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="F149" t="s">
         <v>486</v>
       </c>
     </row>
     <row r="150" spans="1:6">
       <c r="A150">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="B150" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="C150" s="1" t="s">
-        <v>502</v>
+        <v>505</v>
       </c>
       <c r="D150" s="1" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="E150" s="1" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="F150" t="s">
-        <v>505</v>
+        <v>508</v>
       </c>
     </row>
     <row r="151" spans="1:6">
       <c r="A151">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="B151" t="s">
-        <v>506</v>
+        <v>478</v>
       </c>
       <c r="C151" s="1" t="s">
-        <v>177</v>
+        <v>479</v>
       </c>
       <c r="D151" s="1" t="s">
-        <v>187</v>
+        <v>229</v>
       </c>
       <c r="E151" s="1" t="s">
-        <v>507</v>
+        <v>509</v>
       </c>
       <c r="F151" t="s">
-        <v>508</v>
+        <v>486</v>
       </c>
     </row>
     <row r="152" spans="1:6">
       <c r="A152">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="B152" t="s">
-        <v>216</v>
+        <v>510</v>
       </c>
       <c r="C152" s="1" t="s">
-        <v>169</v>
+        <v>511</v>
       </c>
       <c r="D152" s="1" t="s">
-        <v>187</v>
+        <v>512</v>
       </c>
       <c r="E152" s="1" t="s">
-        <v>509</v>
+        <v>513</v>
       </c>
       <c r="F152" t="s">
-        <v>508</v>
+        <v>514</v>
       </c>
     </row>
     <row r="153" spans="1:6">
       <c r="A153">
-        <v>176</v>
+        <v>179</v>
       </c>
       <c r="B153" t="s">
-        <v>213</v>
+        <v>515</v>
       </c>
       <c r="C153" s="1" t="s">
-        <v>174</v>
+        <v>516</v>
       </c>
       <c r="D153" s="1" t="s">
-        <v>187</v>
+        <v>517</v>
       </c>
       <c r="E153" s="1" t="s">
-        <v>510</v>
+        <v>518</v>
       </c>
       <c r="F153" t="s">
-        <v>508</v>
+        <v>519</v>
       </c>
     </row>
     <row r="154" spans="1:6">
       <c r="A154">
-        <v>175</v>
+        <v>178</v>
       </c>
       <c r="B154" t="s">
-        <v>511</v>
+        <v>520</v>
       </c>
       <c r="C154" s="1" t="s">
-        <v>174</v>
+        <v>521</v>
       </c>
       <c r="D154" s="1" t="s">
-        <v>512</v>
+        <v>522</v>
       </c>
       <c r="E154" s="1" t="s">
-        <v>513</v>
+        <v>523</v>
       </c>
       <c r="F154" t="s">
-        <v>514</v>
+        <v>524</v>
       </c>
     </row>
     <row r="155" spans="1:6">
       <c r="A155">
-        <v>174</v>
+        <v>178</v>
       </c>
       <c r="B155" t="s">
-        <v>515</v>
+        <v>525</v>
       </c>
       <c r="C155" s="1" t="s">
         <v>177</v>
       </c>
       <c r="D155" s="1" t="s">
-        <v>512</v>
+        <v>187</v>
       </c>
       <c r="E155" s="1" t="s">
-        <v>516</v>
+        <v>526</v>
       </c>
       <c r="F155" t="s">
-        <v>514</v>
+        <v>527</v>
       </c>
     </row>
     <row r="156" spans="1:6">
       <c r="A156">
-        <v>173</v>
+        <v>177</v>
       </c>
       <c r="B156" t="s">
-        <v>517</v>
+        <v>528</v>
       </c>
       <c r="C156" s="1" t="s">
-        <v>169</v>
+        <v>529</v>
       </c>
       <c r="D156" s="1" t="s">
-        <v>512</v>
+        <v>530</v>
       </c>
       <c r="E156" s="1" t="s">
-        <v>518</v>
+        <v>531</v>
       </c>
       <c r="F156" t="s">
-        <v>514</v>
+        <v>532</v>
       </c>
     </row>
     <row r="157" spans="1:6">
       <c r="A157">
-        <v>172</v>
+        <v>177</v>
       </c>
       <c r="B157" t="s">
-        <v>506</v>
+        <v>216</v>
       </c>
       <c r="C157" s="1" t="s">
-        <v>177</v>
+        <v>169</v>
       </c>
       <c r="D157" s="1" t="s">
         <v>187</v>
       </c>
       <c r="E157" s="1" t="s">
-        <v>519</v>
+        <v>533</v>
       </c>
       <c r="F157" t="s">
-        <v>514</v>
+        <v>527</v>
       </c>
     </row>
     <row r="158" spans="1:6">
       <c r="A158">
-        <v>171</v>
+        <v>176</v>
       </c>
       <c r="B158" t="s">
-        <v>213</v>
+        <v>534</v>
       </c>
       <c r="C158" s="1" t="s">
-        <v>174</v>
+        <v>535</v>
       </c>
       <c r="D158" s="1" t="s">
-        <v>187</v>
+        <v>238</v>
       </c>
       <c r="E158" s="1" t="s">
-        <v>520</v>
+        <v>536</v>
       </c>
       <c r="F158" t="s">
-        <v>514</v>
+        <v>537</v>
       </c>
     </row>
     <row r="159" spans="1:6">
       <c r="A159">
-        <v>170</v>
+        <v>176</v>
       </c>
       <c r="B159" t="s">
-        <v>521</v>
+        <v>213</v>
       </c>
       <c r="C159" s="1" t="s">
-        <v>522</v>
+        <v>174</v>
       </c>
       <c r="D159" s="1" t="s">
-        <v>523</v>
+        <v>187</v>
       </c>
       <c r="E159" s="1" t="s">
-        <v>524</v>
+        <v>538</v>
       </c>
       <c r="F159" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
     </row>
     <row r="160" spans="1:6">
       <c r="A160">
-        <v>170</v>
+        <v>175</v>
       </c>
       <c r="B160" t="s">
-        <v>216</v>
+        <v>539</v>
       </c>
       <c r="C160" s="1" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="D160" s="1" t="s">
-        <v>187</v>
+        <v>540</v>
       </c>
       <c r="E160" s="1" t="s">
-        <v>526</v>
+        <v>541</v>
       </c>
       <c r="F160" t="s">
-        <v>514</v>
+        <v>542</v>
       </c>
     </row>
     <row r="161" spans="1:6">
       <c r="A161">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="B161" t="s">
-        <v>527</v>
+        <v>543</v>
       </c>
       <c r="C161" s="1" t="s">
-        <v>528</v>
+        <v>177</v>
       </c>
       <c r="D161" s="1" t="s">
-        <v>529</v>
+        <v>540</v>
       </c>
       <c r="E161" s="1" t="s">
-        <v>530</v>
+        <v>544</v>
       </c>
       <c r="F161" t="s">
-        <v>531</v>
+        <v>542</v>
       </c>
     </row>
     <row r="162" spans="1:6">
       <c r="A162">
+        <v>173</v>
+      </c>
+      <c r="B162" t="s">
+        <v>545</v>
+      </c>
+      <c r="C162" s="1" t="s">
         <v>169</v>
       </c>
-      <c r="B162" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D162" s="1" t="s">
-        <v>262</v>
+        <v>540</v>
       </c>
       <c r="E162" s="1" t="s">
-        <v>534</v>
+        <v>546</v>
       </c>
       <c r="F162" t="s">
-        <v>535</v>
+        <v>542</v>
       </c>
     </row>
     <row r="163" spans="1:6">
       <c r="A163">
-        <v>168</v>
+        <v>172</v>
       </c>
       <c r="B163" t="s">
-        <v>536</v>
+        <v>525</v>
       </c>
       <c r="C163" s="1" t="s">
-        <v>537</v>
+        <v>177</v>
       </c>
       <c r="D163" s="1" t="s">
-        <v>262</v>
+        <v>187</v>
       </c>
       <c r="E163" s="1" t="s">
-        <v>538</v>
+        <v>547</v>
       </c>
       <c r="F163" t="s">
-        <v>535</v>
+        <v>542</v>
       </c>
     </row>
     <row r="164" spans="1:6">
       <c r="A164">
-        <v>167</v>
+        <v>171</v>
       </c>
       <c r="B164" t="s">
-        <v>539</v>
+        <v>213</v>
       </c>
       <c r="C164" s="1" t="s">
-        <v>540</v>
+        <v>174</v>
       </c>
       <c r="D164" s="1" t="s">
-        <v>262</v>
+        <v>187</v>
       </c>
       <c r="E164" s="1" t="s">
-        <v>541</v>
+        <v>548</v>
       </c>
       <c r="F164" t="s">
-        <v>535</v>
+        <v>542</v>
       </c>
     </row>
     <row r="165" spans="1:6">
       <c r="A165">
-        <v>166</v>
+        <v>170</v>
       </c>
       <c r="B165" t="s">
-        <v>542</v>
+        <v>549</v>
       </c>
       <c r="C165" s="1" t="s">
-        <v>543</v>
+        <v>550</v>
       </c>
       <c r="D165" s="1" t="s">
-        <v>544</v>
+        <v>551</v>
       </c>
       <c r="E165" s="1" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
       <c r="F165" t="s">
-        <v>546</v>
+        <v>553</v>
       </c>
     </row>
     <row r="166" spans="1:6">
       <c r="A166">
-        <v>165</v>
+        <v>170</v>
       </c>
       <c r="B166" t="s">
-        <v>547</v>
+        <v>216</v>
       </c>
       <c r="C166" s="1" t="s">
-        <v>548</v>
+        <v>169</v>
       </c>
       <c r="D166" s="1" t="s">
-        <v>549</v>
+        <v>187</v>
       </c>
       <c r="E166" s="1" t="s">
-        <v>550</v>
+        <v>554</v>
       </c>
       <c r="F166" t="s">
-        <v>551</v>
+        <v>542</v>
       </c>
     </row>
     <row r="167" spans="1:6">
       <c r="A167">
-        <v>165</v>
+        <v>169</v>
       </c>
       <c r="B167" t="s">
-        <v>552</v>
+        <v>555</v>
       </c>
       <c r="C167" s="1" t="s">
-        <v>553</v>
+        <v>556</v>
       </c>
       <c r="D167" s="1" t="s">
-        <v>554</v>
+        <v>557</v>
       </c>
       <c r="E167" s="1" t="s">
-        <v>555</v>
+        <v>558</v>
       </c>
       <c r="F167" t="s">
-        <v>556</v>
+        <v>559</v>
       </c>
     </row>
     <row r="168" spans="1:6">
       <c r="A168">
-        <v>164</v>
+        <v>169</v>
       </c>
       <c r="B168" t="s">
-        <v>557</v>
+        <v>560</v>
       </c>
       <c r="C168" s="1" t="s">
-        <v>558</v>
+        <v>561</v>
       </c>
       <c r="D168" s="1" t="s">
-        <v>559</v>
+        <v>262</v>
       </c>
       <c r="E168" s="1" t="s">
-        <v>560</v>
+        <v>562</v>
       </c>
       <c r="F168" t="s">
-        <v>561</v>
+        <v>563</v>
       </c>
     </row>
     <row r="169" spans="1:6">
       <c r="A169">
-        <v>164</v>
+        <v>168</v>
       </c>
       <c r="B169" t="s">
-        <v>562</v>
+        <v>564</v>
       </c>
       <c r="C169" s="1" t="s">
-        <v>563</v>
+        <v>565</v>
       </c>
       <c r="D169" s="1" t="s">
-        <v>559</v>
+        <v>566</v>
       </c>
       <c r="E169" s="1" t="s">
-        <v>564</v>
+        <v>567</v>
       </c>
       <c r="F169" t="s">
-        <v>561</v>
+        <v>568</v>
       </c>
     </row>
     <row r="170" spans="1:6">
       <c r="A170">
-        <v>164</v>
+        <v>168</v>
       </c>
       <c r="B170" t="s">
-        <v>565</v>
+        <v>569</v>
       </c>
       <c r="C170" s="1" t="s">
+        <v>570</v>
+      </c>
+      <c r="D170" s="1" t="s">
         <v>566</v>
       </c>
-      <c r="D170" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E170" s="1" t="s">
-        <v>567</v>
+        <v>571</v>
       </c>
       <c r="F170" t="s">
-        <v>561</v>
+        <v>568</v>
       </c>
     </row>
     <row r="171" spans="1:6">
       <c r="A171">
-        <v>164</v>
+        <v>168</v>
       </c>
       <c r="B171" t="s">
+        <v>572</v>
+      </c>
+      <c r="C171" s="1" t="s">
+        <v>573</v>
+      </c>
+      <c r="D171" s="1" t="s">
+        <v>566</v>
+      </c>
+      <c r="E171" s="1" t="s">
+        <v>574</v>
+      </c>
+      <c r="F171" t="s">
         <v>568</v>
-      </c>
-[...10 lines deleted...]
-        <v>572</v>
       </c>
     </row>
     <row r="172" spans="1:6">
       <c r="A172">
-        <v>163</v>
+        <v>168</v>
       </c>
       <c r="B172" t="s">
-        <v>573</v>
+        <v>575</v>
       </c>
       <c r="C172" s="1" t="s">
-        <v>574</v>
+        <v>576</v>
       </c>
       <c r="D172" s="1" t="s">
-        <v>282</v>
+        <v>566</v>
       </c>
       <c r="E172" s="1" t="s">
-        <v>575</v>
+        <v>577</v>
       </c>
       <c r="F172" t="s">
-        <v>576</v>
+        <v>578</v>
       </c>
     </row>
     <row r="173" spans="1:6">
       <c r="A173">
-        <v>163</v>
+        <v>168</v>
       </c>
       <c r="B173" t="s">
-        <v>577</v>
+        <v>579</v>
       </c>
       <c r="C173" s="1" t="s">
-        <v>578</v>
+        <v>580</v>
       </c>
       <c r="D173" s="1" t="s">
-        <v>570</v>
+        <v>262</v>
       </c>
       <c r="E173" s="1" t="s">
-        <v>579</v>
+        <v>581</v>
       </c>
       <c r="F173" t="s">
-        <v>572</v>
+        <v>563</v>
       </c>
     </row>
     <row r="174" spans="1:6">
       <c r="A174">
-        <v>162</v>
+        <v>167</v>
       </c>
       <c r="B174" t="s">
-        <v>580</v>
+        <v>582</v>
       </c>
       <c r="C174" s="1" t="s">
-        <v>581</v>
+        <v>583</v>
       </c>
       <c r="D174" s="1" t="s">
-        <v>582</v>
+        <v>566</v>
       </c>
       <c r="E174" s="1" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
       <c r="F174" t="s">
-        <v>584</v>
+        <v>568</v>
       </c>
     </row>
     <row r="175" spans="1:6">
       <c r="A175">
-        <v>162</v>
+        <v>167</v>
       </c>
       <c r="B175" t="s">
         <v>585</v>
       </c>
       <c r="C175" s="1" t="s">
-        <v>537</v>
+        <v>586</v>
       </c>
       <c r="D175" s="1" t="s">
-        <v>582</v>
+        <v>566</v>
       </c>
       <c r="E175" s="1" t="s">
-        <v>586</v>
+        <v>587</v>
       </c>
       <c r="F175" t="s">
-        <v>584</v>
+        <v>568</v>
       </c>
     </row>
     <row r="176" spans="1:6">
       <c r="A176">
-        <v>162</v>
+        <v>167</v>
       </c>
       <c r="B176" t="s">
-        <v>587</v>
+        <v>588</v>
       </c>
       <c r="C176" s="1" t="s">
-        <v>540</v>
+        <v>589</v>
       </c>
       <c r="D176" s="1" t="s">
-        <v>582</v>
+        <v>566</v>
       </c>
       <c r="E176" s="1" t="s">
-        <v>588</v>
+        <v>590</v>
       </c>
       <c r="F176" t="s">
-        <v>584</v>
+        <v>568</v>
       </c>
     </row>
     <row r="177" spans="1:6">
       <c r="A177">
-        <v>162</v>
+        <v>167</v>
       </c>
       <c r="B177" t="s">
-        <v>589</v>
+        <v>591</v>
       </c>
       <c r="C177" s="1" t="s">
-        <v>590</v>
+        <v>592</v>
       </c>
       <c r="D177" s="1" t="s">
-        <v>582</v>
+        <v>262</v>
       </c>
       <c r="E177" s="1" t="s">
-        <v>591</v>
+        <v>593</v>
       </c>
       <c r="F177" t="s">
-        <v>592</v>
+        <v>563</v>
       </c>
     </row>
     <row r="178" spans="1:6">
       <c r="A178">
-        <v>162</v>
+        <v>166</v>
       </c>
       <c r="B178" t="s">
-        <v>593</v>
+        <v>594</v>
       </c>
       <c r="C178" s="1" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
       <c r="D178" s="1" t="s">
-        <v>570</v>
+        <v>596</v>
       </c>
       <c r="E178" s="1" t="s">
-        <v>595</v>
+        <v>597</v>
       </c>
       <c r="F178" t="s">
-        <v>572</v>
+        <v>598</v>
       </c>
     </row>
     <row r="179" spans="1:6">
       <c r="A179">
-        <v>161</v>
+        <v>165</v>
       </c>
       <c r="B179" t="s">
-        <v>596</v>
+        <v>599</v>
       </c>
       <c r="C179" s="1" t="s">
-        <v>597</v>
+        <v>600</v>
       </c>
       <c r="D179" s="1" t="s">
-        <v>598</v>
+        <v>601</v>
       </c>
       <c r="E179" s="1" t="s">
-        <v>599</v>
+        <v>602</v>
       </c>
       <c r="F179" t="s">
-        <v>600</v>
+        <v>603</v>
       </c>
     </row>
     <row r="180" spans="1:6">
       <c r="A180">
-        <v>161</v>
+        <v>165</v>
       </c>
       <c r="B180" t="s">
-        <v>601</v>
+        <v>604</v>
       </c>
       <c r="C180" s="1" t="s">
-        <v>569</v>
+        <v>605</v>
       </c>
       <c r="D180" s="1" t="s">
-        <v>602</v>
+        <v>606</v>
       </c>
       <c r="E180" s="1" t="s">
-        <v>603</v>
+        <v>607</v>
       </c>
       <c r="F180" t="s">
-        <v>572</v>
+        <v>608</v>
       </c>
     </row>
     <row r="181" spans="1:6">
       <c r="A181">
-        <v>160</v>
+        <v>164</v>
       </c>
       <c r="B181" t="s">
-        <v>604</v>
+        <v>609</v>
       </c>
       <c r="C181" s="1" t="s">
-        <v>605</v>
+        <v>610</v>
       </c>
       <c r="D181" s="1" t="s">
-        <v>606</v>
+        <v>611</v>
       </c>
       <c r="E181" s="1" t="s">
-        <v>607</v>
+        <v>612</v>
       </c>
       <c r="F181" t="s">
-        <v>608</v>
+        <v>613</v>
       </c>
     </row>
     <row r="182" spans="1:6">
       <c r="A182">
-        <v>160</v>
+        <v>164</v>
       </c>
       <c r="B182" t="s">
-        <v>609</v>
+        <v>614</v>
       </c>
       <c r="C182" s="1" t="s">
-        <v>610</v>
+        <v>615</v>
       </c>
       <c r="D182" s="1" t="s">
-        <v>606</v>
+        <v>611</v>
       </c>
       <c r="E182" s="1" t="s">
-        <v>611</v>
+        <v>616</v>
       </c>
       <c r="F182" t="s">
-        <v>608</v>
+        <v>613</v>
       </c>
     </row>
     <row r="183" spans="1:6">
       <c r="A183">
-        <v>160</v>
+        <v>164</v>
       </c>
       <c r="B183" t="s">
-        <v>612</v>
+        <v>617</v>
       </c>
       <c r="C183" s="1" t="s">
-        <v>578</v>
+        <v>618</v>
       </c>
       <c r="D183" s="1" t="s">
-        <v>602</v>
+        <v>611</v>
       </c>
       <c r="E183" s="1" t="s">
+        <v>619</v>
+      </c>
+      <c r="F183" t="s">
         <v>613</v>
-      </c>
-[...1 lines deleted...]
-        <v>572</v>
       </c>
     </row>
     <row r="184" spans="1:6">
       <c r="A184">
-        <v>159</v>
+        <v>164</v>
       </c>
       <c r="B184" t="s">
-        <v>614</v>
+        <v>620</v>
       </c>
       <c r="C184" s="1" t="s">
-        <v>442</v>
+        <v>621</v>
       </c>
       <c r="D184" s="1" t="s">
-        <v>615</v>
+        <v>611</v>
       </c>
       <c r="E184" s="1" t="s">
-        <v>616</v>
+        <v>622</v>
       </c>
       <c r="F184" t="s">
-        <v>617</v>
+        <v>623</v>
       </c>
     </row>
     <row r="185" spans="1:6">
       <c r="A185">
-        <v>159</v>
+        <v>164</v>
       </c>
       <c r="B185" t="s">
-        <v>618</v>
+        <v>624</v>
       </c>
       <c r="C185" s="1" t="s">
-        <v>594</v>
+        <v>625</v>
       </c>
       <c r="D185" s="1" t="s">
-        <v>602</v>
+        <v>626</v>
       </c>
       <c r="E185" s="1" t="s">
-        <v>619</v>
+        <v>627</v>
       </c>
       <c r="F185" t="s">
-        <v>572</v>
+        <v>628</v>
       </c>
     </row>
     <row r="186" spans="1:6">
       <c r="A186">
-        <v>158</v>
+        <v>163</v>
       </c>
       <c r="B186" t="s">
-        <v>620</v>
+        <v>629</v>
       </c>
       <c r="C186" s="1" t="s">
-        <v>621</v>
+        <v>630</v>
       </c>
       <c r="D186" s="1" t="s">
-        <v>622</v>
+        <v>282</v>
       </c>
       <c r="E186" s="1" t="s">
-        <v>623</v>
+        <v>631</v>
       </c>
       <c r="F186" t="s">
-        <v>624</v>
+        <v>632</v>
       </c>
     </row>
     <row r="187" spans="1:6">
       <c r="A187">
-        <v>158</v>
+        <v>163</v>
       </c>
       <c r="B187" t="s">
-        <v>625</v>
+        <v>633</v>
       </c>
       <c r="C187" s="1" t="s">
+        <v>634</v>
+      </c>
+      <c r="D187" s="1" t="s">
         <v>626</v>
       </c>
-      <c r="D187" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E187" s="1" t="s">
-        <v>627</v>
+        <v>635</v>
       </c>
       <c r="F187" t="s">
-        <v>624</v>
+        <v>628</v>
       </c>
     </row>
     <row r="188" spans="1:6">
       <c r="A188">
-        <v>158</v>
+        <v>162</v>
       </c>
       <c r="B188" t="s">
-        <v>628</v>
+        <v>636</v>
       </c>
       <c r="C188" s="1" t="s">
-        <v>629</v>
+        <v>637</v>
       </c>
       <c r="D188" s="1" t="s">
-        <v>622</v>
+        <v>638</v>
       </c>
       <c r="E188" s="1" t="s">
-        <v>630</v>
+        <v>639</v>
       </c>
       <c r="F188" t="s">
-        <v>624</v>
+        <v>640</v>
       </c>
     </row>
     <row r="189" spans="1:6">
       <c r="A189">
-        <v>158</v>
+        <v>162</v>
       </c>
       <c r="B189" t="s">
-        <v>631</v>
+        <v>641</v>
       </c>
       <c r="C189" s="1" t="s">
-        <v>632</v>
+        <v>580</v>
       </c>
       <c r="D189" s="1" t="s">
-        <v>622</v>
+        <v>638</v>
       </c>
       <c r="E189" s="1" t="s">
-        <v>633</v>
+        <v>642</v>
       </c>
       <c r="F189" t="s">
-        <v>624</v>
+        <v>640</v>
       </c>
     </row>
     <row r="190" spans="1:6">
       <c r="A190">
-        <v>158</v>
+        <v>162</v>
       </c>
       <c r="B190" t="s">
-        <v>634</v>
+        <v>643</v>
       </c>
       <c r="C190" s="1" t="s">
-        <v>635</v>
+        <v>592</v>
       </c>
       <c r="D190" s="1" t="s">
-        <v>622</v>
+        <v>638</v>
       </c>
       <c r="E190" s="1" t="s">
-        <v>636</v>
+        <v>644</v>
       </c>
       <c r="F190" t="s">
-        <v>637</v>
+        <v>640</v>
       </c>
     </row>
     <row r="191" spans="1:6">
       <c r="A191">
-        <v>158</v>
+        <v>162</v>
       </c>
       <c r="B191" t="s">
+        <v>645</v>
+      </c>
+      <c r="C191" s="1" t="s">
+        <v>646</v>
+      </c>
+      <c r="D191" s="1" t="s">
         <v>638</v>
       </c>
-      <c r="C191" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E191" s="1" t="s">
-        <v>640</v>
+        <v>647</v>
       </c>
       <c r="F191" t="s">
-        <v>572</v>
+        <v>648</v>
       </c>
     </row>
     <row r="192" spans="1:6">
       <c r="A192">
-        <v>157</v>
+        <v>162</v>
       </c>
       <c r="B192" t="s">
-        <v>641</v>
+        <v>649</v>
       </c>
       <c r="C192" s="1" t="s">
-        <v>578</v>
+        <v>650</v>
       </c>
       <c r="D192" s="1" t="s">
-        <v>639</v>
+        <v>626</v>
       </c>
       <c r="E192" s="1" t="s">
-        <v>642</v>
+        <v>651</v>
       </c>
       <c r="F192" t="s">
-        <v>572</v>
+        <v>628</v>
       </c>
     </row>
     <row r="193" spans="1:6">
       <c r="A193">
-        <v>156</v>
+        <v>161</v>
       </c>
       <c r="B193" t="s">
-        <v>643</v>
+        <v>652</v>
       </c>
       <c r="C193" s="1" t="s">
-        <v>644</v>
+        <v>653</v>
       </c>
       <c r="D193" s="1" t="s">
-        <v>645</v>
+        <v>654</v>
       </c>
       <c r="E193" s="1" t="s">
-        <v>646</v>
+        <v>655</v>
       </c>
       <c r="F193" t="s">
-        <v>647</v>
+        <v>656</v>
       </c>
     </row>
     <row r="194" spans="1:6">
       <c r="A194">
-        <v>156</v>
+        <v>161</v>
       </c>
       <c r="B194" t="s">
-        <v>648</v>
+        <v>657</v>
       </c>
       <c r="C194" s="1" t="s">
-        <v>649</v>
+        <v>625</v>
       </c>
       <c r="D194" s="1" t="s">
-        <v>645</v>
+        <v>658</v>
       </c>
       <c r="E194" s="1" t="s">
-        <v>650</v>
+        <v>659</v>
       </c>
       <c r="F194" t="s">
-        <v>647</v>
+        <v>628</v>
       </c>
     </row>
     <row r="195" spans="1:6">
       <c r="A195">
-        <v>156</v>
+        <v>160</v>
       </c>
       <c r="B195" t="s">
-        <v>651</v>
+        <v>660</v>
       </c>
       <c r="C195" s="1" t="s">
-        <v>652</v>
+        <v>661</v>
       </c>
       <c r="D195" s="1" t="s">
-        <v>645</v>
+        <v>662</v>
       </c>
       <c r="E195" s="1" t="s">
-        <v>653</v>
+        <v>663</v>
       </c>
       <c r="F195" t="s">
-        <v>647</v>
+        <v>664</v>
       </c>
     </row>
     <row r="196" spans="1:6">
       <c r="A196">
-        <v>156</v>
+        <v>160</v>
       </c>
       <c r="B196" t="s">
-        <v>654</v>
+        <v>665</v>
       </c>
       <c r="C196" s="1" t="s">
-        <v>594</v>
+        <v>666</v>
       </c>
       <c r="D196" s="1" t="s">
-        <v>639</v>
+        <v>662</v>
       </c>
       <c r="E196" s="1" t="s">
-        <v>655</v>
+        <v>667</v>
       </c>
       <c r="F196" t="s">
-        <v>572</v>
+        <v>664</v>
       </c>
     </row>
     <row r="197" spans="1:6">
       <c r="A197">
-        <v>155</v>
+        <v>160</v>
       </c>
       <c r="B197" t="s">
-        <v>656</v>
+        <v>668</v>
       </c>
       <c r="C197" s="1" t="s">
-        <v>657</v>
+        <v>634</v>
       </c>
       <c r="D197" s="1" t="s">
-        <v>529</v>
+        <v>658</v>
       </c>
       <c r="E197" s="1" t="s">
-        <v>658</v>
+        <v>669</v>
       </c>
       <c r="F197" t="s">
-        <v>659</v>
+        <v>628</v>
       </c>
     </row>
     <row r="198" spans="1:6">
       <c r="A198">
-        <v>155</v>
+        <v>159</v>
       </c>
       <c r="B198" t="s">
-        <v>660</v>
+        <v>670</v>
       </c>
       <c r="C198" s="1" t="s">
-        <v>569</v>
+        <v>442</v>
       </c>
       <c r="D198" s="1" t="s">
-        <v>661</v>
+        <v>671</v>
       </c>
       <c r="E198" s="1" t="s">
-        <v>662</v>
+        <v>672</v>
       </c>
       <c r="F198" t="s">
-        <v>572</v>
+        <v>673</v>
       </c>
     </row>
     <row r="199" spans="1:6">
       <c r="A199">
-        <v>154</v>
+        <v>159</v>
       </c>
       <c r="B199" t="s">
-        <v>663</v>
+        <v>674</v>
       </c>
       <c r="C199" s="1" t="s">
-        <v>664</v>
+        <v>650</v>
       </c>
       <c r="D199" s="1" t="s">
-        <v>665</v>
+        <v>658</v>
       </c>
       <c r="E199" s="1" t="s">
-        <v>666</v>
+        <v>675</v>
       </c>
       <c r="F199" t="s">
-        <v>667</v>
+        <v>628</v>
       </c>
     </row>
     <row r="200" spans="1:6">
       <c r="A200">
-        <v>154</v>
+        <v>158</v>
       </c>
       <c r="B200" t="s">
-        <v>668</v>
+        <v>676</v>
       </c>
       <c r="C200" s="1" t="s">
-        <v>578</v>
+        <v>677</v>
       </c>
       <c r="D200" s="1" t="s">
-        <v>661</v>
+        <v>678</v>
       </c>
       <c r="E200" s="1" t="s">
-        <v>669</v>
+        <v>679</v>
       </c>
       <c r="F200" t="s">
-        <v>572</v>
+        <v>680</v>
       </c>
     </row>
     <row r="201" spans="1:6">
       <c r="A201">
-        <v>153</v>
+        <v>158</v>
       </c>
       <c r="B201" t="s">
-        <v>670</v>
+        <v>681</v>
       </c>
       <c r="C201" s="1" t="s">
-        <v>671</v>
+        <v>682</v>
       </c>
       <c r="D201" s="1" t="s">
-        <v>672</v>
+        <v>678</v>
       </c>
       <c r="E201" s="1" t="s">
-        <v>673</v>
+        <v>683</v>
       </c>
       <c r="F201" t="s">
-        <v>674</v>
+        <v>680</v>
       </c>
     </row>
     <row r="202" spans="1:6">
       <c r="A202">
-        <v>153</v>
+        <v>158</v>
       </c>
       <c r="B202" t="s">
-        <v>675</v>
+        <v>684</v>
       </c>
       <c r="C202" s="1" t="s">
-        <v>594</v>
+        <v>685</v>
       </c>
       <c r="D202" s="1" t="s">
-        <v>661</v>
+        <v>678</v>
       </c>
       <c r="E202" s="1" t="s">
-        <v>676</v>
+        <v>686</v>
       </c>
       <c r="F202" t="s">
-        <v>572</v>
+        <v>680</v>
       </c>
     </row>
     <row r="203" spans="1:6">
       <c r="A203">
-        <v>152</v>
+        <v>158</v>
       </c>
       <c r="B203" t="s">
-        <v>677</v>
+        <v>687</v>
       </c>
       <c r="C203" s="1" t="s">
-        <v>569</v>
+        <v>688</v>
       </c>
       <c r="D203" s="1" t="s">
         <v>678</v>
       </c>
       <c r="E203" s="1" t="s">
-        <v>679</v>
+        <v>689</v>
       </c>
       <c r="F203" t="s">
-        <v>572</v>
+        <v>680</v>
       </c>
     </row>
     <row r="204" spans="1:6">
       <c r="A204">
-        <v>151</v>
+        <v>158</v>
       </c>
       <c r="B204" t="s">
-        <v>680</v>
+        <v>690</v>
       </c>
       <c r="C204" s="1" t="s">
-        <v>578</v>
+        <v>691</v>
       </c>
       <c r="D204" s="1" t="s">
         <v>678</v>
       </c>
       <c r="E204" s="1" t="s">
-        <v>681</v>
+        <v>692</v>
       </c>
       <c r="F204" t="s">
-        <v>572</v>
+        <v>693</v>
       </c>
     </row>
     <row r="205" spans="1:6">
       <c r="A205">
-        <v>150</v>
+        <v>158</v>
       </c>
       <c r="B205" t="s">
-        <v>682</v>
+        <v>694</v>
       </c>
       <c r="C205" s="1" t="s">
-        <v>683</v>
+        <v>625</v>
       </c>
       <c r="D205" s="1" t="s">
-        <v>282</v>
+        <v>695</v>
       </c>
       <c r="E205" s="1" t="s">
-        <v>684</v>
+        <v>696</v>
       </c>
       <c r="F205" t="s">
-        <v>685</v>
+        <v>628</v>
       </c>
     </row>
     <row r="206" spans="1:6">
       <c r="A206">
-        <v>150</v>
+        <v>157</v>
       </c>
       <c r="B206" t="s">
-        <v>686</v>
+        <v>697</v>
       </c>
       <c r="C206" s="1" t="s">
-        <v>594</v>
+        <v>634</v>
       </c>
       <c r="D206" s="1" t="s">
-        <v>678</v>
+        <v>695</v>
       </c>
       <c r="E206" s="1" t="s">
-        <v>687</v>
+        <v>698</v>
       </c>
       <c r="F206" t="s">
-        <v>572</v>
+        <v>628</v>
       </c>
     </row>
     <row r="207" spans="1:6">
       <c r="A207">
-        <v>147</v>
+        <v>156</v>
       </c>
       <c r="B207" t="s">
-        <v>688</v>
+        <v>699</v>
       </c>
       <c r="C207" s="1" t="s">
-        <v>689</v>
+        <v>700</v>
       </c>
       <c r="D207" s="1" t="s">
-        <v>690</v>
+        <v>701</v>
       </c>
       <c r="E207" s="1" t="s">
-        <v>691</v>
+        <v>702</v>
       </c>
       <c r="F207" t="s">
-        <v>692</v>
+        <v>703</v>
       </c>
     </row>
     <row r="208" spans="1:6">
       <c r="A208">
-        <v>147</v>
+        <v>156</v>
       </c>
       <c r="B208" t="s">
-        <v>693</v>
+        <v>704</v>
       </c>
       <c r="C208" s="1" t="s">
-        <v>694</v>
+        <v>705</v>
       </c>
       <c r="D208" s="1" t="s">
-        <v>695</v>
+        <v>701</v>
       </c>
       <c r="E208" s="1" t="s">
-        <v>696</v>
+        <v>706</v>
       </c>
       <c r="F208" t="s">
-        <v>697</v>
+        <v>703</v>
       </c>
     </row>
     <row r="209" spans="1:6">
       <c r="A209">
-        <v>146</v>
+        <v>156</v>
       </c>
       <c r="B209" t="s">
-        <v>698</v>
+        <v>707</v>
       </c>
       <c r="C209" s="1" t="s">
-        <v>699</v>
+        <v>708</v>
       </c>
       <c r="D209" s="1" t="s">
-        <v>700</v>
+        <v>701</v>
       </c>
       <c r="E209" s="1" t="s">
-        <v>701</v>
+        <v>709</v>
       </c>
       <c r="F209" t="s">
-        <v>702</v>
+        <v>703</v>
       </c>
     </row>
     <row r="210" spans="1:6">
       <c r="A210">
-        <v>146</v>
+        <v>156</v>
       </c>
       <c r="B210" t="s">
-        <v>703</v>
+        <v>710</v>
       </c>
       <c r="C210" s="1" t="s">
-        <v>699</v>
+        <v>650</v>
       </c>
       <c r="D210" s="1" t="s">
-        <v>314</v>
+        <v>695</v>
       </c>
       <c r="E210" s="1" t="s">
-        <v>704</v>
+        <v>711</v>
       </c>
       <c r="F210" t="s">
-        <v>702</v>
+        <v>628</v>
       </c>
     </row>
     <row r="211" spans="1:6">
       <c r="A211">
-        <v>146</v>
+        <v>155</v>
       </c>
       <c r="B211" t="s">
-        <v>705</v>
+        <v>712</v>
       </c>
       <c r="C211" s="1" t="s">
-        <v>699</v>
+        <v>713</v>
       </c>
       <c r="D211" s="1" t="s">
-        <v>706</v>
+        <v>557</v>
       </c>
       <c r="E211" s="1" t="s">
-        <v>707</v>
+        <v>714</v>
       </c>
       <c r="F211" t="s">
-        <v>702</v>
+        <v>715</v>
       </c>
     </row>
     <row r="212" spans="1:6">
       <c r="A212">
-        <v>146</v>
+        <v>155</v>
       </c>
       <c r="B212" t="s">
-        <v>708</v>
+        <v>716</v>
       </c>
       <c r="C212" s="1" t="s">
-        <v>709</v>
+        <v>625</v>
       </c>
       <c r="D212" s="1" t="s">
-        <v>710</v>
+        <v>717</v>
       </c>
       <c r="E212" s="1" t="s">
-        <v>711</v>
+        <v>718</v>
       </c>
       <c r="F212" t="s">
-        <v>712</v>
+        <v>628</v>
       </c>
     </row>
     <row r="213" spans="1:6">
       <c r="A213">
-        <v>145</v>
+        <v>154</v>
       </c>
       <c r="B213" t="s">
-        <v>713</v>
+        <v>719</v>
       </c>
       <c r="C213" s="1" t="s">
-        <v>714</v>
+        <v>720</v>
       </c>
       <c r="D213" s="1" t="s">
-        <v>715</v>
+        <v>721</v>
       </c>
       <c r="E213" s="1" t="s">
-        <v>716</v>
+        <v>722</v>
       </c>
       <c r="F213" t="s">
-        <v>717</v>
+        <v>723</v>
       </c>
     </row>
     <row r="214" spans="1:6">
       <c r="A214">
-        <v>144</v>
+        <v>154</v>
       </c>
       <c r="B214" t="s">
-        <v>718</v>
+        <v>724</v>
       </c>
       <c r="C214" s="1" t="s">
-        <v>719</v>
+        <v>634</v>
       </c>
       <c r="D214" s="1" t="s">
-        <v>720</v>
+        <v>717</v>
       </c>
       <c r="E214" s="1" t="s">
-        <v>721</v>
+        <v>725</v>
       </c>
       <c r="F214" t="s">
-        <v>722</v>
+        <v>628</v>
       </c>
     </row>
     <row r="215" spans="1:6">
       <c r="A215">
-        <v>143</v>
+        <v>153</v>
       </c>
       <c r="B215" t="s">
-        <v>723</v>
+        <v>726</v>
       </c>
       <c r="C215" s="1" t="s">
-        <v>719</v>
+        <v>727</v>
       </c>
       <c r="D215" s="1" t="s">
-        <v>724</v>
+        <v>728</v>
       </c>
       <c r="E215" s="1" t="s">
-        <v>725</v>
+        <v>729</v>
       </c>
       <c r="F215" t="s">
-        <v>726</v>
+        <v>730</v>
       </c>
     </row>
     <row r="216" spans="1:6">
       <c r="A216">
-        <v>142</v>
+        <v>153</v>
       </c>
       <c r="B216" t="s">
-        <v>727</v>
+        <v>731</v>
       </c>
       <c r="C216" s="1" t="s">
-        <v>728</v>
+        <v>650</v>
       </c>
       <c r="D216" s="1" t="s">
-        <v>18</v>
+        <v>717</v>
       </c>
       <c r="E216" s="1" t="s">
-        <v>729</v>
+        <v>732</v>
       </c>
       <c r="F216" t="s">
-        <v>730</v>
+        <v>628</v>
       </c>
     </row>
     <row r="217" spans="1:6">
       <c r="A217">
-        <v>142</v>
+        <v>152</v>
       </c>
       <c r="B217" t="s">
-        <v>731</v>
+        <v>733</v>
       </c>
       <c r="C217" s="1" t="s">
-        <v>728</v>
+        <v>625</v>
       </c>
       <c r="D217" s="1" t="s">
-        <v>317</v>
+        <v>734</v>
       </c>
       <c r="E217" s="1" t="s">
-        <v>732</v>
+        <v>735</v>
       </c>
       <c r="F217" t="s">
-        <v>730</v>
+        <v>628</v>
       </c>
     </row>
     <row r="218" spans="1:6">
       <c r="A218">
-        <v>142</v>
+        <v>151</v>
       </c>
       <c r="B218" t="s">
-        <v>733</v>
+        <v>736</v>
       </c>
       <c r="C218" s="1" t="s">
-        <v>728</v>
+        <v>634</v>
       </c>
       <c r="D218" s="1" t="s">
-        <v>25</v>
+        <v>734</v>
       </c>
       <c r="E218" s="1" t="s">
-        <v>734</v>
+        <v>737</v>
       </c>
       <c r="F218" t="s">
-        <v>730</v>
+        <v>628</v>
       </c>
     </row>
     <row r="219" spans="1:6">
       <c r="A219">
-        <v>142</v>
+        <v>150</v>
       </c>
       <c r="B219" t="s">
-        <v>735</v>
+        <v>738</v>
       </c>
       <c r="C219" s="1" t="s">
-        <v>736</v>
+        <v>739</v>
       </c>
       <c r="D219" s="1" t="s">
-        <v>392</v>
+        <v>282</v>
       </c>
       <c r="E219" s="1" t="s">
-        <v>737</v>
+        <v>740</v>
       </c>
       <c r="F219" t="s">
-        <v>730</v>
+        <v>741</v>
       </c>
     </row>
     <row r="220" spans="1:6">
       <c r="A220">
-        <v>142</v>
+        <v>150</v>
       </c>
       <c r="B220" t="s">
-        <v>738</v>
+        <v>742</v>
       </c>
       <c r="C220" s="1" t="s">
-        <v>728</v>
+        <v>650</v>
       </c>
       <c r="D220" s="1" t="s">
-        <v>392</v>
+        <v>734</v>
       </c>
       <c r="E220" s="1" t="s">
-        <v>739</v>
+        <v>743</v>
       </c>
       <c r="F220" t="s">
-        <v>730</v>
+        <v>628</v>
       </c>
     </row>
     <row r="221" spans="1:6">
       <c r="A221">
-        <v>142</v>
+        <v>147</v>
       </c>
       <c r="B221" t="s">
-        <v>740</v>
+        <v>744</v>
       </c>
       <c r="C221" s="1" t="s">
-        <v>736</v>
+        <v>745</v>
       </c>
       <c r="D221" s="1" t="s">
-        <v>25</v>
+        <v>746</v>
       </c>
       <c r="E221" s="1" t="s">
-        <v>741</v>
+        <v>747</v>
       </c>
       <c r="F221" t="s">
-        <v>730</v>
+        <v>748</v>
       </c>
     </row>
     <row r="222" spans="1:6">
       <c r="A222">
-        <v>142</v>
+        <v>147</v>
       </c>
       <c r="B222" t="s">
-        <v>742</v>
+        <v>749</v>
       </c>
       <c r="C222" s="1" t="s">
-        <v>736</v>
+        <v>750</v>
       </c>
       <c r="D222" s="1" t="s">
-        <v>317</v>
+        <v>751</v>
       </c>
       <c r="E222" s="1" t="s">
-        <v>743</v>
+        <v>752</v>
       </c>
       <c r="F222" t="s">
-        <v>730</v>
+        <v>753</v>
       </c>
     </row>
     <row r="223" spans="1:6">
       <c r="A223">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="B223" t="s">
-        <v>744</v>
+        <v>754</v>
       </c>
       <c r="C223" s="1" t="s">
-        <v>736</v>
+        <v>755</v>
       </c>
       <c r="D223" s="1" t="s">
-        <v>18</v>
+        <v>756</v>
       </c>
       <c r="E223" s="1" t="s">
-        <v>745</v>
+        <v>757</v>
       </c>
       <c r="F223" t="s">
-        <v>730</v>
+        <v>758</v>
       </c>
     </row>
     <row r="224" spans="1:6">
       <c r="A224">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="B224" t="s">
-        <v>746</v>
+        <v>759</v>
       </c>
       <c r="C224" s="1" t="s">
-        <v>747</v>
+        <v>755</v>
       </c>
       <c r="D224" s="1" t="s">
-        <v>25</v>
+        <v>314</v>
       </c>
       <c r="E224" s="1" t="s">
-        <v>748</v>
+        <v>760</v>
       </c>
       <c r="F224" t="s">
-        <v>749</v>
+        <v>758</v>
       </c>
     </row>
     <row r="225" spans="1:6">
       <c r="A225">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="B225" t="s">
-        <v>750</v>
+        <v>761</v>
       </c>
       <c r="C225" s="1" t="s">
-        <v>747</v>
+        <v>755</v>
       </c>
       <c r="D225" s="1" t="s">
-        <v>392</v>
+        <v>762</v>
       </c>
       <c r="E225" s="1" t="s">
-        <v>751</v>
+        <v>763</v>
       </c>
       <c r="F225" t="s">
-        <v>749</v>
+        <v>758</v>
       </c>
     </row>
     <row r="226" spans="1:6">
       <c r="A226">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="B226" t="s">
-        <v>752</v>
+        <v>764</v>
       </c>
       <c r="C226" s="1" t="s">
-        <v>747</v>
+        <v>765</v>
       </c>
       <c r="D226" s="1" t="s">
-        <v>317</v>
+        <v>766</v>
       </c>
       <c r="E226" s="1" t="s">
-        <v>753</v>
+        <v>767</v>
       </c>
       <c r="F226" t="s">
-        <v>749</v>
+        <v>768</v>
       </c>
     </row>
     <row r="227" spans="1:6">
       <c r="A227">
-        <v>142</v>
+        <v>145</v>
       </c>
       <c r="B227" t="s">
-        <v>754</v>
+        <v>769</v>
       </c>
       <c r="C227" s="1" t="s">
-        <v>747</v>
+        <v>770</v>
       </c>
       <c r="D227" s="1" t="s">
-        <v>18</v>
+        <v>771</v>
       </c>
       <c r="E227" s="1" t="s">
-        <v>755</v>
+        <v>772</v>
       </c>
       <c r="F227" t="s">
-        <v>749</v>
+        <v>773</v>
       </c>
     </row>
     <row r="228" spans="1:6">
       <c r="A228">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="B228" t="s">
-        <v>756</v>
+        <v>774</v>
       </c>
       <c r="C228" s="1" t="s">
-        <v>757</v>
+        <v>775</v>
       </c>
       <c r="D228" s="1" t="s">
-        <v>582</v>
+        <v>776</v>
       </c>
       <c r="E228" s="1" t="s">
-        <v>758</v>
+        <v>777</v>
       </c>
       <c r="F228" t="s">
-        <v>759</v>
+        <v>778</v>
       </c>
     </row>
     <row r="229" spans="1:6">
       <c r="A229">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="B229" t="s">
-        <v>760</v>
+        <v>779</v>
       </c>
       <c r="C229" s="1" t="s">
-        <v>761</v>
+        <v>775</v>
       </c>
       <c r="D229" s="1" t="s">
-        <v>582</v>
+        <v>780</v>
       </c>
       <c r="E229" s="1" t="s">
-        <v>762</v>
+        <v>781</v>
       </c>
       <c r="F229" t="s">
-        <v>759</v>
+        <v>782</v>
       </c>
     </row>
     <row r="230" spans="1:6">
       <c r="A230">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="B230" t="s">
-        <v>763</v>
+        <v>783</v>
       </c>
       <c r="C230" s="1" t="s">
-        <v>764</v>
+        <v>784</v>
       </c>
       <c r="D230" s="1" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="E230" s="1" t="s">
-        <v>765</v>
+        <v>785</v>
       </c>
       <c r="F230" t="s">
-        <v>766</v>
+        <v>786</v>
       </c>
     </row>
     <row r="231" spans="1:6">
       <c r="A231">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="B231" t="s">
-        <v>767</v>
+        <v>787</v>
       </c>
       <c r="C231" s="1" t="s">
-        <v>764</v>
+        <v>784</v>
       </c>
       <c r="D231" s="1" t="s">
-        <v>18</v>
+        <v>317</v>
       </c>
       <c r="E231" s="1" t="s">
-        <v>768</v>
+        <v>788</v>
       </c>
       <c r="F231" t="s">
-        <v>766</v>
+        <v>786</v>
       </c>
     </row>
     <row r="232" spans="1:6">
       <c r="A232">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="B232" t="s">
-        <v>769</v>
+        <v>789</v>
       </c>
       <c r="C232" s="1" t="s">
-        <v>770</v>
+        <v>784</v>
       </c>
       <c r="D232" s="1" t="s">
-        <v>771</v>
+        <v>25</v>
       </c>
       <c r="E232" s="1" t="s">
-        <v>772</v>
+        <v>790</v>
       </c>
       <c r="F232" t="s">
-        <v>546</v>
+        <v>786</v>
       </c>
     </row>
     <row r="233" spans="1:6">
       <c r="A233">
-        <v>139</v>
+        <v>142</v>
       </c>
       <c r="B233" t="s">
-        <v>773</v>
+        <v>791</v>
       </c>
       <c r="C233" s="1" t="s">
-        <v>774</v>
+        <v>792</v>
       </c>
       <c r="D233" s="1" t="s">
-        <v>92</v>
+        <v>392</v>
       </c>
       <c r="E233" s="1" t="s">
-        <v>775</v>
+        <v>793</v>
       </c>
       <c r="F233" t="s">
-        <v>776</v>
+        <v>786</v>
       </c>
     </row>
     <row r="234" spans="1:6">
       <c r="A234">
-        <v>139</v>
+        <v>142</v>
       </c>
       <c r="B234" t="s">
-        <v>773</v>
+        <v>794</v>
       </c>
       <c r="C234" s="1" t="s">
-        <v>774</v>
+        <v>784</v>
       </c>
       <c r="D234" s="1" t="s">
-        <v>92</v>
+        <v>392</v>
       </c>
       <c r="E234" s="1" t="s">
-        <v>775</v>
+        <v>795</v>
       </c>
       <c r="F234" t="s">
-        <v>776</v>
+        <v>786</v>
       </c>
     </row>
     <row r="235" spans="1:6">
       <c r="A235">
-        <v>139</v>
+        <v>142</v>
       </c>
       <c r="B235" t="s">
-        <v>777</v>
+        <v>796</v>
       </c>
       <c r="C235" s="1" t="s">
-        <v>774</v>
+        <v>792</v>
       </c>
       <c r="D235" s="1" t="s">
-        <v>101</v>
+        <v>25</v>
       </c>
       <c r="E235" s="1" t="s">
-        <v>778</v>
+        <v>797</v>
       </c>
       <c r="F235" t="s">
-        <v>776</v>
+        <v>786</v>
       </c>
     </row>
     <row r="236" spans="1:6">
       <c r="A236">
-        <v>139</v>
+        <v>142</v>
       </c>
       <c r="B236" t="s">
-        <v>779</v>
+        <v>798</v>
       </c>
       <c r="C236" s="1" t="s">
-        <v>780</v>
+        <v>792</v>
       </c>
       <c r="D236" s="1" t="s">
-        <v>34</v>
+        <v>317</v>
       </c>
       <c r="E236" s="1" t="s">
-        <v>781</v>
+        <v>799</v>
       </c>
       <c r="F236" t="s">
-        <v>440</v>
+        <v>786</v>
       </c>
     </row>
     <row r="237" spans="1:6">
       <c r="A237">
-        <v>138</v>
+        <v>142</v>
       </c>
       <c r="B237" t="s">
-        <v>782</v>
+        <v>588</v>
       </c>
       <c r="C237" s="1" t="s">
-        <v>783</v>
+        <v>792</v>
       </c>
       <c r="D237" s="1" t="s">
-        <v>69</v>
+        <v>18</v>
       </c>
       <c r="E237" s="1" t="s">
-        <v>784</v>
+        <v>800</v>
       </c>
       <c r="F237" t="s">
-        <v>785</v>
+        <v>786</v>
       </c>
     </row>
     <row r="238" spans="1:6">
       <c r="A238">
-        <v>138</v>
+        <v>142</v>
       </c>
       <c r="B238" t="s">
-        <v>786</v>
+        <v>801</v>
       </c>
       <c r="C238" s="1" t="s">
-        <v>783</v>
+        <v>802</v>
       </c>
       <c r="D238" s="1" t="s">
         <v>25</v>
       </c>
       <c r="E238" s="1" t="s">
-        <v>787</v>
+        <v>803</v>
       </c>
       <c r="F238" t="s">
-        <v>785</v>
+        <v>804</v>
       </c>
     </row>
     <row r="239" spans="1:6">
       <c r="A239">
-        <v>138</v>
+        <v>142</v>
       </c>
       <c r="B239" t="s">
-        <v>788</v>
+        <v>805</v>
       </c>
       <c r="C239" s="1" t="s">
-        <v>789</v>
+        <v>802</v>
       </c>
       <c r="D239" s="1" t="s">
-        <v>69</v>
+        <v>392</v>
       </c>
       <c r="E239" s="1" t="s">
-        <v>790</v>
+        <v>806</v>
       </c>
       <c r="F239" t="s">
-        <v>791</v>
+        <v>804</v>
       </c>
     </row>
     <row r="240" spans="1:6">
       <c r="A240">
-        <v>138</v>
+        <v>142</v>
       </c>
       <c r="B240" t="s">
-        <v>792</v>
+        <v>807</v>
       </c>
       <c r="C240" s="1" t="s">
-        <v>65</v>
+        <v>802</v>
       </c>
       <c r="D240" s="1" t="s">
-        <v>25</v>
+        <v>317</v>
       </c>
       <c r="E240" s="1" t="s">
-        <v>793</v>
+        <v>808</v>
       </c>
       <c r="F240" t="s">
-        <v>791</v>
+        <v>804</v>
       </c>
     </row>
     <row r="241" spans="1:6">
       <c r="A241">
-        <v>138</v>
+        <v>142</v>
       </c>
       <c r="B241" t="s">
-        <v>794</v>
+        <v>809</v>
       </c>
       <c r="C241" s="1" t="s">
-        <v>795</v>
+        <v>802</v>
       </c>
       <c r="D241" s="1" t="s">
-        <v>796</v>
+        <v>18</v>
       </c>
       <c r="E241" s="1" t="s">
-        <v>797</v>
+        <v>810</v>
       </c>
       <c r="F241" t="s">
-        <v>798</v>
+        <v>804</v>
       </c>
     </row>
     <row r="242" spans="1:6">
       <c r="A242">
-        <v>137</v>
+        <v>142</v>
       </c>
       <c r="B242" t="s">
-        <v>799</v>
+        <v>811</v>
       </c>
       <c r="C242" s="1" t="s">
-        <v>800</v>
+        <v>812</v>
       </c>
       <c r="D242" s="1" t="s">
-        <v>796</v>
+        <v>638</v>
       </c>
       <c r="E242" s="1" t="s">
-        <v>801</v>
+        <v>813</v>
       </c>
       <c r="F242" t="s">
-        <v>798</v>
+        <v>814</v>
       </c>
     </row>
     <row r="243" spans="1:6">
       <c r="A243">
-        <v>136</v>
+        <v>141</v>
       </c>
       <c r="B243" t="s">
-        <v>802</v>
+        <v>815</v>
       </c>
       <c r="C243" s="1" t="s">
-        <v>803</v>
+        <v>816</v>
       </c>
       <c r="D243" s="1" t="s">
-        <v>796</v>
+        <v>638</v>
       </c>
       <c r="E243" s="1" t="s">
-        <v>804</v>
+        <v>817</v>
       </c>
       <c r="F243" t="s">
-        <v>798</v>
+        <v>814</v>
       </c>
     </row>
     <row r="244" spans="1:6">
       <c r="A244">
-        <v>135</v>
+        <v>140</v>
       </c>
       <c r="B244" t="s">
-        <v>805</v>
+        <v>818</v>
       </c>
       <c r="C244" s="1" t="s">
-        <v>806</v>
+        <v>819</v>
       </c>
       <c r="D244" s="1" t="s">
-        <v>807</v>
+        <v>25</v>
       </c>
       <c r="E244" s="1" t="s">
-        <v>808</v>
+        <v>820</v>
       </c>
       <c r="F244" t="s">
-        <v>809</v>
+        <v>821</v>
       </c>
     </row>
     <row r="245" spans="1:6">
       <c r="A245">
-        <v>134</v>
+        <v>140</v>
       </c>
       <c r="B245" t="s">
-        <v>810</v>
+        <v>822</v>
       </c>
       <c r="C245" s="1" t="s">
-        <v>803</v>
+        <v>819</v>
       </c>
       <c r="D245" s="1" t="s">
-        <v>807</v>
+        <v>18</v>
       </c>
       <c r="E245" s="1" t="s">
-        <v>811</v>
+        <v>823</v>
       </c>
       <c r="F245" t="s">
-        <v>798</v>
+        <v>821</v>
       </c>
     </row>
     <row r="246" spans="1:6">
       <c r="A246">
-        <v>133</v>
+        <v>140</v>
       </c>
       <c r="B246" t="s">
-        <v>812</v>
+        <v>824</v>
       </c>
       <c r="C246" s="1" t="s">
-        <v>795</v>
+        <v>825</v>
       </c>
       <c r="D246" s="1" t="s">
-        <v>807</v>
+        <v>826</v>
       </c>
       <c r="E246" s="1" t="s">
-        <v>813</v>
+        <v>827</v>
       </c>
       <c r="F246" t="s">
-        <v>798</v>
+        <v>598</v>
       </c>
     </row>
     <row r="247" spans="1:6">
       <c r="A247">
-        <v>132</v>
+        <v>139</v>
       </c>
       <c r="B247" t="s">
-        <v>814</v>
+        <v>828</v>
       </c>
       <c r="C247" s="1" t="s">
-        <v>815</v>
+        <v>829</v>
       </c>
       <c r="D247" s="1" t="s">
-        <v>816</v>
+        <v>92</v>
       </c>
       <c r="E247" s="1" t="s">
-        <v>817</v>
+        <v>830</v>
       </c>
       <c r="F247" t="s">
-        <v>818</v>
+        <v>831</v>
       </c>
     </row>
     <row r="248" spans="1:6">
       <c r="A248">
-        <v>132</v>
+        <v>139</v>
       </c>
       <c r="B248" t="s">
-        <v>819</v>
+        <v>828</v>
       </c>
       <c r="C248" s="1" t="s">
-        <v>800</v>
+        <v>829</v>
       </c>
       <c r="D248" s="1" t="s">
-        <v>807</v>
+        <v>92</v>
       </c>
       <c r="E248" s="1" t="s">
-        <v>820</v>
+        <v>830</v>
       </c>
       <c r="F248" t="s">
-        <v>798</v>
+        <v>831</v>
       </c>
     </row>
     <row r="249" spans="1:6">
       <c r="A249">
-        <v>131</v>
+        <v>139</v>
       </c>
       <c r="B249" t="s">
-        <v>821</v>
+        <v>832</v>
       </c>
       <c r="C249" s="1" t="s">
-        <v>822</v>
+        <v>829</v>
       </c>
       <c r="D249" s="1" t="s">
-        <v>199</v>
+        <v>101</v>
       </c>
       <c r="E249" s="1" t="s">
-        <v>823</v>
+        <v>833</v>
       </c>
       <c r="F249" t="s">
-        <v>212</v>
+        <v>831</v>
       </c>
     </row>
     <row r="250" spans="1:6">
       <c r="A250">
-        <v>131</v>
+        <v>139</v>
       </c>
       <c r="B250" t="s">
-        <v>824</v>
+        <v>834</v>
       </c>
       <c r="C250" s="1" t="s">
-        <v>803</v>
+        <v>835</v>
       </c>
       <c r="D250" s="1" t="s">
-        <v>825</v>
+        <v>34</v>
       </c>
       <c r="E250" s="1" t="s">
-        <v>826</v>
+        <v>836</v>
       </c>
       <c r="F250" t="s">
-        <v>798</v>
+        <v>440</v>
       </c>
     </row>
     <row r="251" spans="1:6">
       <c r="A251">
-        <v>130</v>
+        <v>138</v>
       </c>
       <c r="B251" t="s">
-        <v>827</v>
+        <v>837</v>
       </c>
       <c r="C251" s="1" t="s">
-        <v>803</v>
+        <v>838</v>
       </c>
       <c r="D251" s="1" t="s">
-        <v>828</v>
+        <v>69</v>
       </c>
       <c r="E251" s="1" t="s">
-        <v>829</v>
+        <v>839</v>
       </c>
       <c r="F251" t="s">
-        <v>798</v>
+        <v>840</v>
       </c>
     </row>
     <row r="252" spans="1:6">
       <c r="A252">
-        <v>129</v>
+        <v>138</v>
       </c>
       <c r="B252" t="s">
-        <v>830</v>
+        <v>841</v>
       </c>
       <c r="C252" s="1" t="s">
-        <v>800</v>
+        <v>838</v>
       </c>
       <c r="D252" s="1" t="s">
-        <v>828</v>
+        <v>25</v>
       </c>
       <c r="E252" s="1" t="s">
-        <v>831</v>
+        <v>842</v>
       </c>
       <c r="F252" t="s">
-        <v>798</v>
+        <v>840</v>
       </c>
     </row>
     <row r="253" spans="1:6">
       <c r="A253">
-        <v>128</v>
+        <v>138</v>
       </c>
       <c r="B253" t="s">
-        <v>832</v>
+        <v>843</v>
       </c>
       <c r="C253" s="1" t="s">
-        <v>795</v>
+        <v>844</v>
       </c>
       <c r="D253" s="1" t="s">
-        <v>828</v>
+        <v>69</v>
       </c>
       <c r="E253" s="1" t="s">
-        <v>833</v>
+        <v>845</v>
       </c>
       <c r="F253" t="s">
-        <v>798</v>
+        <v>846</v>
       </c>
     </row>
     <row r="254" spans="1:6">
       <c r="A254">
-        <v>127</v>
+        <v>138</v>
       </c>
       <c r="B254" t="s">
-        <v>834</v>
+        <v>847</v>
       </c>
       <c r="C254" s="1" t="s">
-        <v>795</v>
+        <v>65</v>
       </c>
       <c r="D254" s="1" t="s">
-        <v>807</v>
+        <v>25</v>
       </c>
       <c r="E254" s="1" t="s">
-        <v>835</v>
+        <v>848</v>
       </c>
       <c r="F254" t="s">
-        <v>809</v>
+        <v>846</v>
       </c>
     </row>
     <row r="255" spans="1:6">
       <c r="A255">
-        <v>126</v>
+        <v>138</v>
       </c>
       <c r="B255" t="s">
-        <v>836</v>
+        <v>849</v>
       </c>
       <c r="C255" s="1" t="s">
-        <v>800</v>
+        <v>850</v>
       </c>
       <c r="D255" s="1" t="s">
-        <v>807</v>
+        <v>851</v>
       </c>
       <c r="E255" s="1" t="s">
-        <v>837</v>
+        <v>852</v>
       </c>
       <c r="F255" t="s">
-        <v>809</v>
+        <v>853</v>
       </c>
     </row>
     <row r="256" spans="1:6">
       <c r="A256">
-        <v>125</v>
+        <v>137</v>
       </c>
       <c r="B256" t="s">
-        <v>838</v>
+        <v>854</v>
       </c>
       <c r="C256" s="1" t="s">
-        <v>795</v>
+        <v>855</v>
       </c>
       <c r="D256" s="1" t="s">
-        <v>828</v>
+        <v>851</v>
       </c>
       <c r="E256" s="1" t="s">
-        <v>839</v>
+        <v>856</v>
       </c>
       <c r="F256" t="s">
-        <v>809</v>
+        <v>853</v>
       </c>
     </row>
     <row r="257" spans="1:6">
       <c r="A257">
-        <v>124</v>
+        <v>136</v>
       </c>
       <c r="B257" t="s">
-        <v>840</v>
+        <v>857</v>
       </c>
       <c r="C257" s="1" t="s">
-        <v>803</v>
+        <v>858</v>
       </c>
       <c r="D257" s="1" t="s">
-        <v>828</v>
+        <v>851</v>
       </c>
       <c r="E257" s="1" t="s">
-        <v>841</v>
+        <v>859</v>
       </c>
       <c r="F257" t="s">
-        <v>809</v>
+        <v>853</v>
       </c>
     </row>
     <row r="258" spans="1:6">
       <c r="A258">
-        <v>123</v>
+        <v>135</v>
       </c>
       <c r="B258" t="s">
-        <v>842</v>
+        <v>860</v>
       </c>
       <c r="C258" s="1" t="s">
-        <v>800</v>
+        <v>861</v>
       </c>
       <c r="D258" s="1" t="s">
-        <v>828</v>
+        <v>862</v>
       </c>
       <c r="E258" s="1" t="s">
-        <v>843</v>
+        <v>863</v>
       </c>
       <c r="F258" t="s">
-        <v>809</v>
+        <v>864</v>
       </c>
     </row>
     <row r="259" spans="1:6">
       <c r="A259">
-        <v>122</v>
+        <v>134</v>
       </c>
       <c r="B259" t="s">
-        <v>844</v>
+        <v>865</v>
       </c>
       <c r="C259" s="1" t="s">
-        <v>800</v>
+        <v>858</v>
       </c>
       <c r="D259" s="1" t="s">
-        <v>825</v>
+        <v>862</v>
       </c>
       <c r="E259" s="1" t="s">
-        <v>845</v>
+        <v>866</v>
       </c>
       <c r="F259" t="s">
-        <v>809</v>
+        <v>853</v>
       </c>
     </row>
     <row r="260" spans="1:6">
       <c r="A260">
-        <v>121</v>
+        <v>133</v>
       </c>
       <c r="B260" t="s">
-        <v>846</v>
+        <v>867</v>
       </c>
       <c r="C260" s="1" t="s">
-        <v>803</v>
+        <v>850</v>
       </c>
       <c r="D260" s="1" t="s">
-        <v>825</v>
+        <v>862</v>
       </c>
       <c r="E260" s="1" t="s">
-        <v>847</v>
+        <v>868</v>
       </c>
       <c r="F260" t="s">
-        <v>848</v>
+        <v>853</v>
       </c>
     </row>
     <row r="261" spans="1:6">
       <c r="A261">
-        <v>120</v>
+        <v>132</v>
       </c>
       <c r="B261" t="s">
-        <v>43</v>
+        <v>869</v>
       </c>
       <c r="C261" s="1" t="s">
-        <v>849</v>
+        <v>870</v>
       </c>
       <c r="D261" s="1" t="s">
-        <v>45</v>
+        <v>871</v>
       </c>
       <c r="E261" s="1" t="s">
-        <v>850</v>
+        <v>872</v>
       </c>
       <c r="F261" t="s">
-        <v>535</v>
+        <v>873</v>
       </c>
     </row>
     <row r="262" spans="1:6">
       <c r="A262">
-        <v>119</v>
+        <v>132</v>
       </c>
       <c r="B262" t="s">
-        <v>48</v>
+        <v>874</v>
       </c>
       <c r="C262" s="1" t="s">
-        <v>851</v>
+        <v>855</v>
       </c>
       <c r="D262" s="1" t="s">
-        <v>45</v>
+        <v>862</v>
       </c>
       <c r="E262" s="1" t="s">
-        <v>852</v>
+        <v>875</v>
       </c>
       <c r="F262" t="s">
-        <v>440</v>
+        <v>853</v>
       </c>
     </row>
     <row r="263" spans="1:6">
       <c r="A263">
-        <v>118</v>
+        <v>131</v>
       </c>
       <c r="B263" t="s">
-        <v>52</v>
+        <v>876</v>
       </c>
       <c r="C263" s="1" t="s">
-        <v>853</v>
+        <v>877</v>
       </c>
       <c r="D263" s="1" t="s">
-        <v>45</v>
+        <v>199</v>
       </c>
       <c r="E263" s="1" t="s">
-        <v>854</v>
+        <v>878</v>
       </c>
       <c r="F263" t="s">
-        <v>535</v>
+        <v>212</v>
       </c>
     </row>
     <row r="264" spans="1:6">
       <c r="A264">
-        <v>117</v>
+        <v>131</v>
       </c>
       <c r="B264" t="s">
-        <v>855</v>
+        <v>879</v>
       </c>
       <c r="C264" s="1" t="s">
-        <v>856</v>
+        <v>858</v>
       </c>
       <c r="D264" s="1" t="s">
-        <v>25</v>
+        <v>880</v>
       </c>
       <c r="E264" s="1" t="s">
-        <v>857</v>
+        <v>881</v>
       </c>
       <c r="F264" t="s">
-        <v>440</v>
+        <v>853</v>
       </c>
     </row>
     <row r="265" spans="1:6">
       <c r="A265">
-        <v>116</v>
+        <v>130</v>
       </c>
       <c r="B265" t="s">
-        <v>32</v>
+        <v>882</v>
       </c>
       <c r="C265" s="1" t="s">
         <v>858</v>
       </c>
       <c r="D265" s="1" t="s">
-        <v>34</v>
+        <v>883</v>
       </c>
       <c r="E265" s="1" t="s">
-        <v>859</v>
+        <v>884</v>
       </c>
       <c r="F265" t="s">
-        <v>535</v>
+        <v>853</v>
       </c>
     </row>
     <row r="266" spans="1:6">
       <c r="A266">
-        <v>115</v>
+        <v>129</v>
       </c>
       <c r="B266" t="s">
-        <v>40</v>
+        <v>885</v>
       </c>
       <c r="C266" s="1" t="s">
-        <v>860</v>
+        <v>855</v>
       </c>
       <c r="D266" s="1" t="s">
-        <v>34</v>
+        <v>883</v>
       </c>
       <c r="E266" s="1" t="s">
-        <v>861</v>
+        <v>886</v>
       </c>
       <c r="F266" t="s">
-        <v>535</v>
+        <v>853</v>
       </c>
     </row>
     <row r="267" spans="1:6">
       <c r="A267">
-        <v>114</v>
+        <v>128</v>
       </c>
       <c r="B267" t="s">
-        <v>862</v>
+        <v>887</v>
       </c>
       <c r="C267" s="1" t="s">
-        <v>863</v>
+        <v>850</v>
       </c>
       <c r="D267" s="1" t="s">
-        <v>34</v>
+        <v>883</v>
       </c>
       <c r="E267" s="1" t="s">
-        <v>864</v>
+        <v>888</v>
       </c>
       <c r="F267" t="s">
-        <v>535</v>
+        <v>853</v>
       </c>
     </row>
     <row r="268" spans="1:6">
       <c r="A268">
-        <v>113</v>
+        <v>127</v>
       </c>
       <c r="B268" t="s">
-        <v>865</v>
+        <v>889</v>
       </c>
       <c r="C268" s="1" t="s">
-        <v>866</v>
+        <v>850</v>
       </c>
       <c r="D268" s="1" t="s">
-        <v>867</v>
+        <v>862</v>
       </c>
       <c r="E268" s="1" t="s">
-        <v>868</v>
+        <v>890</v>
       </c>
       <c r="F268" t="s">
-        <v>869</v>
+        <v>864</v>
       </c>
     </row>
     <row r="269" spans="1:6">
       <c r="A269">
-        <v>112</v>
+        <v>126</v>
       </c>
       <c r="B269" t="s">
-        <v>870</v>
+        <v>891</v>
       </c>
       <c r="C269" s="1" t="s">
-        <v>866</v>
+        <v>855</v>
       </c>
       <c r="D269" s="1" t="s">
-        <v>69</v>
+        <v>862</v>
       </c>
       <c r="E269" s="1" t="s">
-        <v>871</v>
+        <v>892</v>
       </c>
       <c r="F269" t="s">
-        <v>449</v>
+        <v>864</v>
       </c>
     </row>
     <row r="270" spans="1:6">
       <c r="A270">
-        <v>111</v>
+        <v>125</v>
       </c>
       <c r="B270" t="s">
-        <v>865</v>
+        <v>893</v>
       </c>
       <c r="C270" s="1" t="s">
-        <v>866</v>
+        <v>850</v>
       </c>
       <c r="D270" s="1" t="s">
-        <v>867</v>
+        <v>883</v>
       </c>
       <c r="E270" s="1" t="s">
-        <v>872</v>
+        <v>894</v>
       </c>
       <c r="F270" t="s">
-        <v>869</v>
+        <v>864</v>
       </c>
     </row>
     <row r="271" spans="1:6">
       <c r="A271">
-        <v>110</v>
+        <v>124</v>
       </c>
       <c r="B271" t="s">
-        <v>232</v>
+        <v>895</v>
       </c>
       <c r="C271" s="1" t="s">
-        <v>764</v>
+        <v>858</v>
       </c>
       <c r="D271" s="1" t="s">
-        <v>234</v>
+        <v>883</v>
       </c>
       <c r="E271" s="1" t="s">
-        <v>873</v>
+        <v>896</v>
       </c>
       <c r="F271" t="s">
-        <v>874</v>
+        <v>864</v>
       </c>
     </row>
     <row r="272" spans="1:6">
       <c r="A272">
-        <v>109</v>
+        <v>123</v>
       </c>
       <c r="B272" t="s">
-        <v>228</v>
+        <v>897</v>
       </c>
       <c r="C272" s="1" t="s">
-        <v>764</v>
+        <v>855</v>
       </c>
       <c r="D272" s="1" t="s">
-        <v>229</v>
+        <v>883</v>
       </c>
       <c r="E272" s="1" t="s">
-        <v>875</v>
+        <v>898</v>
       </c>
       <c r="F272" t="s">
-        <v>874</v>
+        <v>864</v>
       </c>
     </row>
     <row r="273" spans="1:6">
       <c r="A273">
-        <v>108</v>
+        <v>122</v>
       </c>
       <c r="B273" t="s">
-        <v>876</v>
+        <v>899</v>
       </c>
       <c r="C273" s="1" t="s">
-        <v>877</v>
+        <v>855</v>
       </c>
       <c r="D273" s="1" t="s">
-        <v>25</v>
+        <v>880</v>
       </c>
       <c r="E273" s="1" t="s">
-        <v>878</v>
+        <v>900</v>
       </c>
       <c r="F273" t="s">
-        <v>879</v>
+        <v>864</v>
       </c>
     </row>
     <row r="274" spans="1:6">
       <c r="A274">
-        <v>107</v>
+        <v>121</v>
       </c>
       <c r="B274" t="s">
+        <v>901</v>
+      </c>
+      <c r="C274" s="1" t="s">
+        <v>858</v>
+      </c>
+      <c r="D274" s="1" t="s">
         <v>880</v>
       </c>
-      <c r="C274" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E274" s="1" t="s">
-        <v>882</v>
+        <v>902</v>
       </c>
       <c r="F274" t="s">
-        <v>879</v>
+        <v>903</v>
       </c>
     </row>
     <row r="275" spans="1:6">
       <c r="A275">
-        <v>106</v>
+        <v>120</v>
       </c>
       <c r="B275" t="s">
-        <v>883</v>
+        <v>43</v>
       </c>
       <c r="C275" s="1" t="s">
-        <v>884</v>
+        <v>904</v>
       </c>
       <c r="D275" s="1" t="s">
-        <v>885</v>
+        <v>45</v>
       </c>
       <c r="E275" s="1" t="s">
-        <v>886</v>
+        <v>905</v>
       </c>
       <c r="F275" t="s">
-        <v>887</v>
+        <v>563</v>
       </c>
     </row>
     <row r="276" spans="1:6">
       <c r="A276">
-        <v>105</v>
+        <v>119</v>
       </c>
       <c r="B276" t="s">
-        <v>888</v>
+        <v>48</v>
       </c>
       <c r="C276" s="1" t="s">
-        <v>889</v>
+        <v>906</v>
       </c>
       <c r="D276" s="1" t="s">
-        <v>25</v>
+        <v>45</v>
       </c>
       <c r="E276" s="1" t="s">
-        <v>890</v>
+        <v>907</v>
       </c>
       <c r="F276" t="s">
-        <v>891</v>
+        <v>440</v>
       </c>
     </row>
     <row r="277" spans="1:6">
       <c r="A277">
-        <v>104</v>
+        <v>118</v>
       </c>
       <c r="B277" t="s">
-        <v>892</v>
+        <v>52</v>
       </c>
       <c r="C277" s="1" t="s">
-        <v>893</v>
+        <v>908</v>
       </c>
       <c r="D277" s="1" t="s">
-        <v>25</v>
+        <v>45</v>
       </c>
       <c r="E277" s="1" t="s">
-        <v>894</v>
+        <v>909</v>
       </c>
       <c r="F277" t="s">
-        <v>891</v>
+        <v>563</v>
       </c>
     </row>
     <row r="278" spans="1:6">
       <c r="A278">
-        <v>103</v>
+        <v>117</v>
       </c>
       <c r="B278" t="s">
-        <v>895</v>
+        <v>910</v>
       </c>
       <c r="C278" s="1" t="s">
-        <v>889</v>
+        <v>911</v>
       </c>
       <c r="D278" s="1" t="s">
-        <v>69</v>
+        <v>25</v>
       </c>
       <c r="E278" s="1" t="s">
-        <v>896</v>
+        <v>912</v>
       </c>
       <c r="F278" t="s">
-        <v>891</v>
+        <v>440</v>
       </c>
     </row>
     <row r="279" spans="1:6">
       <c r="A279">
-        <v>102</v>
+        <v>116</v>
       </c>
       <c r="B279" t="s">
-        <v>897</v>
+        <v>32</v>
       </c>
       <c r="C279" s="1" t="s">
-        <v>898</v>
+        <v>913</v>
       </c>
       <c r="D279" s="1" t="s">
-        <v>84</v>
+        <v>34</v>
       </c>
       <c r="E279" s="1" t="s">
-        <v>899</v>
+        <v>914</v>
       </c>
       <c r="F279" t="s">
-        <v>891</v>
+        <v>563</v>
       </c>
     </row>
     <row r="280" spans="1:6">
       <c r="A280">
-        <v>101</v>
+        <v>115</v>
       </c>
       <c r="B280" t="s">
-        <v>900</v>
+        <v>40</v>
       </c>
       <c r="C280" s="1" t="s">
-        <v>901</v>
+        <v>915</v>
       </c>
       <c r="D280" s="1" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="E280" s="1" t="s">
-        <v>902</v>
+        <v>916</v>
       </c>
       <c r="F280" t="s">
-        <v>891</v>
+        <v>563</v>
       </c>
     </row>
     <row r="281" spans="1:6">
       <c r="A281">
-        <v>100</v>
+        <v>114</v>
       </c>
       <c r="B281" t="s">
-        <v>903</v>
+        <v>917</v>
       </c>
       <c r="C281" s="1" t="s">
-        <v>904</v>
+        <v>918</v>
       </c>
       <c r="D281" s="1" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="E281" s="1" t="s">
-        <v>905</v>
+        <v>919</v>
       </c>
       <c r="F281" t="s">
-        <v>891</v>
+        <v>563</v>
       </c>
     </row>
     <row r="282" spans="1:6">
       <c r="A282">
-        <v>99</v>
+        <v>113</v>
       </c>
       <c r="B282" t="s">
-        <v>906</v>
+        <v>920</v>
       </c>
       <c r="C282" s="1" t="s">
-        <v>83</v>
+        <v>921</v>
       </c>
       <c r="D282" s="1" t="s">
-        <v>84</v>
+        <v>922</v>
       </c>
       <c r="E282" s="1" t="s">
-        <v>907</v>
+        <v>923</v>
       </c>
       <c r="F282" t="s">
-        <v>891</v>
+        <v>924</v>
       </c>
     </row>
     <row r="283" spans="1:6">
       <c r="A283">
-        <v>98</v>
+        <v>112</v>
       </c>
       <c r="B283" t="s">
-        <v>908</v>
+        <v>925</v>
       </c>
       <c r="C283" s="1" t="s">
-        <v>83</v>
+        <v>921</v>
       </c>
       <c r="D283" s="1" t="s">
-        <v>84</v>
+        <v>69</v>
       </c>
       <c r="E283" s="1" t="s">
-        <v>907</v>
+        <v>926</v>
       </c>
       <c r="F283" t="s">
-        <v>891</v>
+        <v>449</v>
       </c>
     </row>
     <row r="284" spans="1:6">
       <c r="A284">
-        <v>97</v>
+        <v>111</v>
       </c>
       <c r="B284" t="s">
-        <v>909</v>
+        <v>920</v>
       </c>
       <c r="C284" s="1" t="s">
-        <v>910</v>
+        <v>921</v>
       </c>
       <c r="D284" s="1" t="s">
-        <v>69</v>
+        <v>922</v>
       </c>
       <c r="E284" s="1" t="s">
-        <v>911</v>
+        <v>927</v>
       </c>
       <c r="F284" t="s">
-        <v>912</v>
+        <v>924</v>
       </c>
     </row>
     <row r="285" spans="1:6">
       <c r="A285">
-        <v>96</v>
+        <v>110</v>
       </c>
       <c r="B285" t="s">
-        <v>913</v>
+        <v>232</v>
       </c>
       <c r="C285" s="1" t="s">
-        <v>914</v>
+        <v>819</v>
       </c>
       <c r="D285" s="1" t="s">
-        <v>25</v>
+        <v>234</v>
       </c>
       <c r="E285" s="1" t="s">
-        <v>915</v>
+        <v>928</v>
       </c>
       <c r="F285" t="s">
-        <v>535</v>
+        <v>929</v>
       </c>
     </row>
     <row r="286" spans="1:6">
       <c r="A286">
-        <v>95</v>
+        <v>109</v>
       </c>
       <c r="B286" t="s">
-        <v>916</v>
+        <v>228</v>
       </c>
       <c r="C286" s="1" t="s">
-        <v>917</v>
+        <v>819</v>
       </c>
       <c r="D286" s="1" t="s">
-        <v>918</v>
+        <v>229</v>
       </c>
       <c r="E286" s="1" t="s">
-        <v>919</v>
+        <v>930</v>
       </c>
       <c r="F286" t="s">
-        <v>887</v>
+        <v>929</v>
       </c>
     </row>
     <row r="287" spans="1:6">
       <c r="A287">
-        <v>94</v>
+        <v>108</v>
       </c>
       <c r="B287" t="s">
-        <v>920</v>
+        <v>931</v>
       </c>
       <c r="C287" s="1" t="s">
-        <v>917</v>
+        <v>932</v>
       </c>
       <c r="D287" s="1" t="s">
-        <v>921</v>
+        <v>25</v>
       </c>
       <c r="E287" s="1" t="s">
-        <v>922</v>
+        <v>933</v>
       </c>
       <c r="F287" t="s">
-        <v>887</v>
+        <v>934</v>
       </c>
     </row>
     <row r="288" spans="1:6">
       <c r="A288">
-        <v>93</v>
+        <v>107</v>
       </c>
       <c r="B288" t="s">
-        <v>923</v>
+        <v>935</v>
       </c>
       <c r="C288" s="1" t="s">
-        <v>917</v>
+        <v>936</v>
       </c>
       <c r="D288" s="1" t="s">
-        <v>885</v>
+        <v>25</v>
       </c>
       <c r="E288" s="1" t="s">
-        <v>924</v>
+        <v>937</v>
       </c>
       <c r="F288" t="s">
-        <v>887</v>
+        <v>934</v>
       </c>
     </row>
     <row r="289" spans="1:6">
       <c r="A289">
-        <v>92</v>
+        <v>106</v>
       </c>
       <c r="B289" t="s">
-        <v>54</v>
+        <v>938</v>
       </c>
       <c r="C289" s="1" t="s">
-        <v>925</v>
+        <v>939</v>
       </c>
       <c r="D289" s="1" t="s">
-        <v>55</v>
+        <v>940</v>
       </c>
       <c r="E289" s="1" t="s">
-        <v>926</v>
+        <v>941</v>
       </c>
       <c r="F289" t="s">
-        <v>927</v>
+        <v>942</v>
       </c>
     </row>
     <row r="290" spans="1:6">
       <c r="A290">
-        <v>91</v>
+        <v>105</v>
       </c>
       <c r="B290" t="s">
-        <v>58</v>
+        <v>943</v>
       </c>
       <c r="C290" s="1" t="s">
-        <v>928</v>
+        <v>944</v>
       </c>
       <c r="D290" s="1" t="s">
-        <v>55</v>
+        <v>25</v>
       </c>
       <c r="E290" s="1" t="s">
-        <v>929</v>
+        <v>945</v>
       </c>
       <c r="F290" t="s">
-        <v>927</v>
+        <v>946</v>
       </c>
     </row>
     <row r="291" spans="1:6">
       <c r="A291">
-        <v>90</v>
+        <v>104</v>
       </c>
       <c r="B291" t="s">
-        <v>61</v>
+        <v>947</v>
       </c>
       <c r="C291" s="1" t="s">
-        <v>930</v>
+        <v>948</v>
       </c>
       <c r="D291" s="1" t="s">
-        <v>55</v>
+        <v>25</v>
       </c>
       <c r="E291" s="1" t="s">
-        <v>931</v>
+        <v>949</v>
       </c>
       <c r="F291" t="s">
-        <v>927</v>
+        <v>946</v>
       </c>
     </row>
     <row r="292" spans="1:6">
       <c r="A292">
-        <v>89</v>
+        <v>103</v>
       </c>
       <c r="B292" t="s">
-        <v>932</v>
+        <v>950</v>
       </c>
       <c r="C292" s="1" t="s">
-        <v>933</v>
+        <v>944</v>
       </c>
       <c r="D292" s="1" t="s">
-        <v>429</v>
+        <v>69</v>
       </c>
       <c r="E292" s="1" t="s">
-        <v>934</v>
+        <v>951</v>
       </c>
       <c r="F292" t="s">
-        <v>935</v>
+        <v>946</v>
       </c>
     </row>
     <row r="293" spans="1:6">
       <c r="A293">
-        <v>88</v>
+        <v>102</v>
       </c>
       <c r="B293" t="s">
-        <v>121</v>
+        <v>952</v>
       </c>
       <c r="C293" s="1" t="s">
-        <v>936</v>
+        <v>953</v>
       </c>
       <c r="D293" s="1" t="s">
-        <v>123</v>
+        <v>84</v>
       </c>
       <c r="E293" s="1" t="s">
-        <v>937</v>
+        <v>954</v>
       </c>
       <c r="F293" t="s">
-        <v>938</v>
+        <v>946</v>
       </c>
     </row>
     <row r="294" spans="1:6">
       <c r="A294">
-        <v>87</v>
+        <v>101</v>
       </c>
       <c r="B294" t="s">
-        <v>939</v>
+        <v>955</v>
       </c>
       <c r="C294" s="1" t="s">
-        <v>940</v>
+        <v>956</v>
       </c>
       <c r="D294" s="1" t="s">
-        <v>429</v>
+        <v>25</v>
       </c>
       <c r="E294" s="1" t="s">
-        <v>941</v>
+        <v>957</v>
       </c>
       <c r="F294" t="s">
-        <v>935</v>
+        <v>946</v>
       </c>
     </row>
     <row r="295" spans="1:6">
       <c r="A295">
-        <v>86</v>
+        <v>100</v>
       </c>
       <c r="B295" t="s">
-        <v>942</v>
+        <v>958</v>
       </c>
       <c r="C295" s="1" t="s">
-        <v>943</v>
+        <v>959</v>
       </c>
       <c r="D295" s="1" t="s">
-        <v>944</v>
+        <v>25</v>
       </c>
       <c r="E295" s="1" t="s">
-        <v>945</v>
+        <v>960</v>
       </c>
       <c r="F295" t="s">
         <v>946</v>
       </c>
     </row>
     <row r="296" spans="1:6">
       <c r="A296">
-        <v>85</v>
+        <v>99</v>
       </c>
       <c r="B296" t="s">
-        <v>947</v>
+        <v>961</v>
       </c>
       <c r="C296" s="1" t="s">
-        <v>948</v>
+        <v>83</v>
       </c>
       <c r="D296" s="1" t="s">
-        <v>529</v>
+        <v>84</v>
       </c>
       <c r="E296" s="1" t="s">
-        <v>949</v>
+        <v>962</v>
       </c>
       <c r="F296" t="s">
-        <v>950</v>
+        <v>946</v>
       </c>
     </row>
     <row r="297" spans="1:6">
       <c r="A297">
+        <v>98</v>
+      </c>
+      <c r="B297" t="s">
+        <v>963</v>
+      </c>
+      <c r="C297" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="D297" s="1" t="s">
         <v>84</v>
       </c>
-      <c r="B297" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E297" s="1" t="s">
-        <v>954</v>
+        <v>962</v>
       </c>
       <c r="F297" t="s">
-        <v>955</v>
+        <v>946</v>
       </c>
     </row>
     <row r="298" spans="1:6">
       <c r="A298">
-        <v>83</v>
+        <v>97</v>
       </c>
       <c r="B298" t="s">
-        <v>713</v>
+        <v>964</v>
       </c>
       <c r="C298" s="1" t="s">
-        <v>956</v>
+        <v>965</v>
       </c>
       <c r="D298" s="1" t="s">
-        <v>715</v>
+        <v>69</v>
       </c>
       <c r="E298" s="1" t="s">
-        <v>957</v>
+        <v>966</v>
       </c>
       <c r="F298" t="s">
-        <v>958</v>
+        <v>967</v>
       </c>
     </row>
     <row r="299" spans="1:6">
       <c r="A299">
-        <v>82</v>
+        <v>96</v>
       </c>
       <c r="B299" t="s">
-        <v>275</v>
+        <v>968</v>
       </c>
       <c r="C299" s="1" t="s">
-        <v>276</v>
+        <v>969</v>
       </c>
       <c r="D299" s="1" t="s">
-        <v>277</v>
+        <v>25</v>
       </c>
       <c r="E299" s="1" t="s">
-        <v>959</v>
+        <v>970</v>
       </c>
       <c r="F299" t="s">
-        <v>960</v>
+        <v>563</v>
       </c>
     </row>
     <row r="300" spans="1:6">
       <c r="A300">
-        <v>81</v>
+        <v>95</v>
       </c>
       <c r="B300" t="s">
-        <v>961</v>
+        <v>971</v>
       </c>
       <c r="C300" s="1" t="s">
-        <v>962</v>
+        <v>972</v>
       </c>
       <c r="D300" s="1" t="s">
-        <v>262</v>
+        <v>973</v>
       </c>
       <c r="E300" s="1" t="s">
-        <v>963</v>
+        <v>974</v>
       </c>
       <c r="F300" t="s">
-        <v>964</v>
+        <v>942</v>
       </c>
     </row>
     <row r="301" spans="1:6">
       <c r="A301">
-        <v>80</v>
+        <v>94</v>
       </c>
       <c r="B301" t="s">
-        <v>265</v>
+        <v>975</v>
       </c>
       <c r="C301" s="1" t="s">
-        <v>266</v>
+        <v>972</v>
       </c>
       <c r="D301" s="1" t="s">
-        <v>262</v>
+        <v>976</v>
       </c>
       <c r="E301" s="1" t="s">
-        <v>965</v>
+        <v>977</v>
       </c>
       <c r="F301" t="s">
-        <v>964</v>
+        <v>942</v>
       </c>
     </row>
     <row r="302" spans="1:6">
       <c r="A302">
-        <v>79</v>
+        <v>93</v>
       </c>
       <c r="B302" t="s">
-        <v>260</v>
+        <v>978</v>
       </c>
       <c r="C302" s="1" t="s">
-        <v>261</v>
+        <v>972</v>
       </c>
       <c r="D302" s="1" t="s">
-        <v>262</v>
+        <v>940</v>
       </c>
       <c r="E302" s="1" t="s">
-        <v>966</v>
+        <v>979</v>
       </c>
       <c r="F302" t="s">
-        <v>964</v>
+        <v>942</v>
       </c>
     </row>
     <row r="303" spans="1:6">
       <c r="A303">
-        <v>78</v>
+        <v>92</v>
       </c>
       <c r="B303" t="s">
-        <v>268</v>
+        <v>54</v>
       </c>
       <c r="C303" s="1" t="s">
-        <v>269</v>
+        <v>980</v>
       </c>
       <c r="D303" s="1" t="s">
-        <v>262</v>
+        <v>55</v>
       </c>
       <c r="E303" s="1" t="s">
-        <v>967</v>
+        <v>981</v>
       </c>
       <c r="F303" t="s">
-        <v>964</v>
+        <v>982</v>
       </c>
     </row>
     <row r="304" spans="1:6">
       <c r="A304">
-        <v>74</v>
+        <v>91</v>
       </c>
       <c r="B304" t="s">
-        <v>968</v>
+        <v>58</v>
       </c>
       <c r="C304" s="1" t="s">
-        <v>969</v>
+        <v>983</v>
       </c>
       <c r="D304" s="1" t="s">
-        <v>582</v>
+        <v>55</v>
       </c>
       <c r="E304" s="1" t="s">
-        <v>970</v>
+        <v>984</v>
       </c>
       <c r="F304" t="s">
-        <v>971</v>
+        <v>982</v>
       </c>
     </row>
     <row r="305" spans="1:6">
       <c r="A305">
-        <v>73</v>
+        <v>90</v>
       </c>
       <c r="B305" t="s">
-        <v>972</v>
+        <v>61</v>
       </c>
       <c r="C305" s="1" t="s">
-        <v>973</v>
+        <v>985</v>
       </c>
       <c r="D305" s="1" t="s">
-        <v>582</v>
+        <v>55</v>
       </c>
       <c r="E305" s="1" t="s">
-        <v>974</v>
+        <v>986</v>
       </c>
       <c r="F305" t="s">
-        <v>971</v>
+        <v>982</v>
       </c>
     </row>
     <row r="306" spans="1:6">
       <c r="A306">
-        <v>72</v>
+        <v>89</v>
       </c>
       <c r="B306" t="s">
-        <v>975</v>
+        <v>987</v>
       </c>
       <c r="C306" s="1" t="s">
-        <v>976</v>
+        <v>988</v>
       </c>
       <c r="D306" s="1" t="s">
-        <v>582</v>
+        <v>429</v>
       </c>
       <c r="E306" s="1" t="s">
-        <v>977</v>
+        <v>989</v>
       </c>
       <c r="F306" t="s">
-        <v>971</v>
+        <v>990</v>
       </c>
     </row>
     <row r="307" spans="1:6">
       <c r="A307">
-        <v>71</v>
+        <v>88</v>
       </c>
       <c r="B307" t="s">
-        <v>978</v>
+        <v>121</v>
       </c>
       <c r="C307" s="1" t="s">
-        <v>979</v>
+        <v>991</v>
       </c>
       <c r="D307" s="1" t="s">
-        <v>582</v>
+        <v>123</v>
       </c>
       <c r="E307" s="1" t="s">
-        <v>980</v>
+        <v>992</v>
       </c>
       <c r="F307" t="s">
-        <v>971</v>
+        <v>993</v>
       </c>
     </row>
     <row r="308" spans="1:6">
       <c r="A308">
-        <v>70</v>
+        <v>87</v>
       </c>
       <c r="B308" t="s">
-        <v>981</v>
+        <v>994</v>
       </c>
       <c r="C308" s="1" t="s">
-        <v>982</v>
+        <v>995</v>
       </c>
       <c r="D308" s="1" t="s">
-        <v>443</v>
+        <v>429</v>
       </c>
       <c r="E308" s="1" t="s">
-        <v>983</v>
+        <v>996</v>
       </c>
       <c r="F308" t="s">
-        <v>984</v>
+        <v>990</v>
       </c>
     </row>
     <row r="309" spans="1:6">
       <c r="A309">
-        <v>69</v>
+        <v>86</v>
       </c>
       <c r="B309" t="s">
-        <v>985</v>
+        <v>997</v>
       </c>
       <c r="C309" s="1" t="s">
-        <v>986</v>
+        <v>998</v>
       </c>
       <c r="D309" s="1" t="s">
-        <v>987</v>
+        <v>999</v>
       </c>
       <c r="E309" s="1" t="s">
-        <v>988</v>
+        <v>1000</v>
       </c>
       <c r="F309" t="s">
-        <v>989</v>
+        <v>1001</v>
       </c>
     </row>
     <row r="310" spans="1:6">
       <c r="A310">
-        <v>68</v>
+        <v>85</v>
       </c>
       <c r="B310" t="s">
-        <v>990</v>
+        <v>1002</v>
       </c>
       <c r="C310" s="1" t="s">
-        <v>986</v>
+        <v>1003</v>
       </c>
       <c r="D310" s="1" t="s">
-        <v>987</v>
+        <v>557</v>
       </c>
       <c r="E310" s="1" t="s">
-        <v>991</v>
+        <v>1004</v>
       </c>
       <c r="F310" t="s">
-        <v>989</v>
+        <v>1005</v>
       </c>
     </row>
     <row r="311" spans="1:6">
       <c r="A311">
-        <v>67</v>
+        <v>84</v>
       </c>
       <c r="B311" t="s">
-        <v>992</v>
+        <v>1006</v>
       </c>
       <c r="C311" s="1" t="s">
-        <v>986</v>
+        <v>1007</v>
       </c>
       <c r="D311" s="1" t="s">
-        <v>993</v>
+        <v>1008</v>
       </c>
       <c r="E311" s="1" t="s">
-        <v>994</v>
+        <v>1009</v>
       </c>
       <c r="F311" t="s">
-        <v>989</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="312" spans="1:6">
       <c r="A312">
-        <v>66</v>
+        <v>83</v>
       </c>
       <c r="B312" t="s">
-        <v>995</v>
+        <v>769</v>
       </c>
       <c r="C312" s="1" t="s">
-        <v>256</v>
+        <v>1011</v>
       </c>
       <c r="D312" s="1" t="s">
-        <v>996</v>
+        <v>771</v>
       </c>
       <c r="E312" s="1" t="s">
-        <v>997</v>
+        <v>1012</v>
       </c>
       <c r="F312" t="s">
-        <v>998</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="313" spans="1:6">
       <c r="A313">
-        <v>65</v>
+        <v>82</v>
       </c>
       <c r="B313" t="s">
-        <v>999</v>
+        <v>275</v>
       </c>
       <c r="C313" s="1" t="s">
-        <v>1000</v>
+        <v>276</v>
       </c>
       <c r="D313" s="1" t="s">
-        <v>1001</v>
+        <v>277</v>
       </c>
       <c r="E313" s="1" t="s">
-        <v>1002</v>
+        <v>1014</v>
       </c>
       <c r="F313" t="s">
-        <v>1003</v>
+        <v>1015</v>
       </c>
     </row>
     <row r="314" spans="1:6">
       <c r="A314">
-        <v>64</v>
+        <v>81</v>
       </c>
       <c r="B314" t="s">
-        <v>1004</v>
+        <v>1016</v>
       </c>
       <c r="C314" s="1" t="s">
-        <v>1005</v>
+        <v>1017</v>
       </c>
       <c r="D314" s="1" t="s">
-        <v>170</v>
+        <v>262</v>
       </c>
       <c r="E314" s="1" t="s">
-        <v>1006</v>
+        <v>1018</v>
       </c>
       <c r="F314" t="s">
-        <v>1007</v>
+        <v>1019</v>
       </c>
     </row>
     <row r="315" spans="1:6">
       <c r="A315">
-        <v>63</v>
+        <v>80</v>
       </c>
       <c r="B315" t="s">
-        <v>1008</v>
+        <v>265</v>
       </c>
       <c r="C315" s="1" t="s">
-        <v>1009</v>
+        <v>266</v>
       </c>
       <c r="D315" s="1" t="s">
-        <v>170</v>
+        <v>262</v>
       </c>
       <c r="E315" s="1" t="s">
-        <v>1010</v>
+        <v>1020</v>
       </c>
       <c r="F315" t="s">
-        <v>1007</v>
+        <v>1019</v>
       </c>
     </row>
     <row r="316" spans="1:6">
       <c r="A316">
-        <v>62</v>
+        <v>79</v>
       </c>
       <c r="B316" t="s">
-        <v>1011</v>
+        <v>260</v>
       </c>
       <c r="C316" s="1" t="s">
-        <v>1012</v>
+        <v>261</v>
       </c>
       <c r="D316" s="1" t="s">
-        <v>170</v>
+        <v>262</v>
       </c>
       <c r="E316" s="1" t="s">
-        <v>1013</v>
+        <v>1021</v>
       </c>
       <c r="F316" t="s">
-        <v>1007</v>
+        <v>1019</v>
       </c>
     </row>
     <row r="317" spans="1:6">
       <c r="A317">
-        <v>61</v>
+        <v>78</v>
       </c>
       <c r="B317" t="s">
-        <v>1014</v>
+        <v>268</v>
       </c>
       <c r="C317" s="1" t="s">
-        <v>1009</v>
+        <v>269</v>
       </c>
       <c r="D317" s="1" t="s">
-        <v>1015</v>
+        <v>262</v>
       </c>
       <c r="E317" s="1" t="s">
-        <v>1016</v>
+        <v>1022</v>
       </c>
       <c r="F317" t="s">
-        <v>1007</v>
+        <v>1019</v>
       </c>
     </row>
     <row r="318" spans="1:6">
       <c r="A318">
-        <v>60</v>
+        <v>74</v>
       </c>
       <c r="B318" t="s">
-        <v>1017</v>
+        <v>1023</v>
       </c>
       <c r="C318" s="1" t="s">
-        <v>1005</v>
+        <v>1024</v>
       </c>
       <c r="D318" s="1" t="s">
-        <v>1015</v>
+        <v>638</v>
       </c>
       <c r="E318" s="1" t="s">
-        <v>1018</v>
+        <v>1025</v>
       </c>
       <c r="F318" t="s">
-        <v>1007</v>
+        <v>1026</v>
       </c>
     </row>
     <row r="319" spans="1:6">
       <c r="A319">
-        <v>59</v>
+        <v>73</v>
       </c>
       <c r="B319" t="s">
-        <v>307</v>
+        <v>1027</v>
       </c>
       <c r="C319" s="1" t="s">
-        <v>1012</v>
+        <v>1028</v>
       </c>
       <c r="D319" s="1" t="s">
-        <v>1015</v>
+        <v>638</v>
       </c>
       <c r="E319" s="1" t="s">
-        <v>1019</v>
+        <v>1029</v>
       </c>
       <c r="F319" t="s">
-        <v>1007</v>
+        <v>1026</v>
       </c>
     </row>
     <row r="320" spans="1:6">
       <c r="A320">
-        <v>58</v>
+        <v>72</v>
       </c>
       <c r="B320" t="s">
-        <v>501</v>
+        <v>1030</v>
       </c>
       <c r="C320" s="1" t="s">
-        <v>502</v>
+        <v>1031</v>
       </c>
       <c r="D320" s="1" t="s">
-        <v>503</v>
+        <v>638</v>
       </c>
       <c r="E320" s="1" t="s">
-        <v>1020</v>
+        <v>1032</v>
       </c>
       <c r="F320" t="s">
-        <v>1021</v>
+        <v>1026</v>
       </c>
     </row>
     <row r="321" spans="1:6">
       <c r="A321">
-        <v>57</v>
+        <v>71</v>
       </c>
       <c r="B321" t="s">
-        <v>1022</v>
+        <v>1033</v>
       </c>
       <c r="C321" s="1" t="s">
-        <v>1023</v>
+        <v>1034</v>
       </c>
       <c r="D321" s="1" t="s">
-        <v>1024</v>
+        <v>638</v>
       </c>
       <c r="E321" s="1" t="s">
-        <v>1025</v>
+        <v>1035</v>
       </c>
       <c r="F321" t="s">
         <v>1026</v>
       </c>
     </row>
     <row r="322" spans="1:6">
       <c r="A322">
-        <v>56</v>
+        <v>70</v>
       </c>
       <c r="B322" t="s">
-        <v>1027</v>
+        <v>1036</v>
       </c>
       <c r="C322" s="1" t="s">
-        <v>1028</v>
+        <v>1037</v>
       </c>
       <c r="D322" s="1" t="s">
-        <v>1029</v>
+        <v>443</v>
       </c>
       <c r="E322" s="1" t="s">
-        <v>1030</v>
+        <v>1038</v>
       </c>
       <c r="F322" t="s">
-        <v>1026</v>
+        <v>1039</v>
       </c>
     </row>
     <row r="323" spans="1:6">
       <c r="A323">
-        <v>55</v>
+        <v>69</v>
       </c>
       <c r="B323" t="s">
-        <v>1031</v>
+        <v>1040</v>
       </c>
       <c r="C323" s="1" t="s">
-        <v>1032</v>
+        <v>1041</v>
       </c>
       <c r="D323" s="1" t="s">
-        <v>114</v>
+        <v>1042</v>
       </c>
       <c r="E323" s="1" t="s">
-        <v>1033</v>
+        <v>1043</v>
       </c>
       <c r="F323" t="s">
-        <v>1034</v>
+        <v>1044</v>
       </c>
     </row>
     <row r="324" spans="1:6">
       <c r="A324">
-        <v>54</v>
+        <v>68</v>
       </c>
       <c r="B324" t="s">
-        <v>1035</v>
+        <v>1045</v>
       </c>
       <c r="C324" s="1" t="s">
-        <v>1036</v>
+        <v>1041</v>
       </c>
       <c r="D324" s="1" t="s">
-        <v>1037</v>
+        <v>1042</v>
       </c>
       <c r="E324" s="1" t="s">
-        <v>1038</v>
+        <v>1046</v>
       </c>
       <c r="F324" t="s">
-        <v>1039</v>
+        <v>1044</v>
       </c>
     </row>
     <row r="325" spans="1:6">
       <c r="A325">
-        <v>53</v>
+        <v>67</v>
       </c>
       <c r="B325" t="s">
-        <v>1040</v>
+        <v>1047</v>
       </c>
       <c r="C325" s="1" t="s">
-        <v>1036</v>
+        <v>1041</v>
       </c>
       <c r="D325" s="1" t="s">
-        <v>1041</v>
+        <v>1048</v>
       </c>
       <c r="E325" s="1" t="s">
-        <v>1042</v>
+        <v>1049</v>
       </c>
       <c r="F325" t="s">
-        <v>1039</v>
+        <v>1044</v>
       </c>
     </row>
     <row r="326" spans="1:6">
       <c r="A326">
-        <v>52</v>
+        <v>66</v>
       </c>
       <c r="B326" t="s">
-        <v>1043</v>
+        <v>1050</v>
       </c>
       <c r="C326" s="1" t="s">
-        <v>1044</v>
+        <v>256</v>
       </c>
       <c r="D326" s="1" t="s">
-        <v>1037</v>
+        <v>1051</v>
       </c>
       <c r="E326" s="1" t="s">
-        <v>1045</v>
+        <v>1052</v>
       </c>
       <c r="F326" t="s">
-        <v>1039</v>
+        <v>1053</v>
       </c>
     </row>
     <row r="327" spans="1:6">
       <c r="A327">
-        <v>51</v>
+        <v>65</v>
       </c>
       <c r="B327" t="s">
-        <v>1046</v>
+        <v>1054</v>
       </c>
       <c r="C327" s="1" t="s">
-        <v>1044</v>
+        <v>1055</v>
       </c>
       <c r="D327" s="1" t="s">
-        <v>1041</v>
+        <v>1056</v>
       </c>
       <c r="E327" s="1" t="s">
-        <v>1047</v>
+        <v>1057</v>
       </c>
       <c r="F327" t="s">
-        <v>1039</v>
+        <v>1058</v>
       </c>
     </row>
     <row r="328" spans="1:6">
       <c r="A328">
-        <v>50</v>
+        <v>64</v>
       </c>
       <c r="B328" t="s">
-        <v>1048</v>
+        <v>1059</v>
       </c>
       <c r="C328" s="1" t="s">
-        <v>1049</v>
+        <v>1060</v>
       </c>
       <c r="D328" s="1" t="s">
-        <v>1037</v>
+        <v>170</v>
       </c>
       <c r="E328" s="1" t="s">
-        <v>1050</v>
+        <v>1061</v>
       </c>
       <c r="F328" t="s">
-        <v>1039</v>
+        <v>1062</v>
       </c>
     </row>
     <row r="329" spans="1:6">
       <c r="A329">
-        <v>49</v>
+        <v>63</v>
       </c>
       <c r="B329" t="s">
-        <v>1051</v>
+        <v>1063</v>
       </c>
       <c r="C329" s="1" t="s">
-        <v>1052</v>
+        <v>1064</v>
       </c>
       <c r="D329" s="1" t="s">
-        <v>1041</v>
+        <v>170</v>
       </c>
       <c r="E329" s="1" t="s">
-        <v>1053</v>
+        <v>1065</v>
       </c>
       <c r="F329" t="s">
-        <v>1039</v>
+        <v>1062</v>
       </c>
     </row>
     <row r="330" spans="1:6">
       <c r="A330">
-        <v>48</v>
+        <v>62</v>
       </c>
       <c r="B330" t="s">
-        <v>1054</v>
+        <v>1066</v>
       </c>
       <c r="C330" s="1" t="s">
-        <v>1055</v>
+        <v>1067</v>
       </c>
       <c r="D330" s="1" t="s">
-        <v>1056</v>
+        <v>170</v>
       </c>
       <c r="E330" s="1" t="s">
-        <v>1057</v>
+        <v>1068</v>
       </c>
       <c r="F330" t="s">
-        <v>431</v>
+        <v>1062</v>
       </c>
     </row>
     <row r="331" spans="1:6">
       <c r="A331">
-        <v>47</v>
+        <v>61</v>
       </c>
       <c r="B331" t="s">
-        <v>1058</v>
+        <v>1069</v>
       </c>
       <c r="C331" s="1" t="s">
-        <v>1059</v>
+        <v>1064</v>
       </c>
       <c r="D331" s="1" t="s">
-        <v>1056</v>
+        <v>1070</v>
       </c>
       <c r="E331" s="1" t="s">
-        <v>1060</v>
+        <v>1071</v>
       </c>
       <c r="F331" t="s">
-        <v>431</v>
+        <v>1062</v>
       </c>
     </row>
     <row r="332" spans="1:6">
       <c r="A332">
-        <v>46</v>
+        <v>60</v>
       </c>
       <c r="B332" t="s">
-        <v>1061</v>
+        <v>1072</v>
       </c>
       <c r="C332" s="1" t="s">
+        <v>1060</v>
+      </c>
+      <c r="D332" s="1" t="s">
+        <v>1070</v>
+      </c>
+      <c r="E332" s="1" t="s">
+        <v>1073</v>
+      </c>
+      <c r="F332" t="s">
         <v>1062</v>
-      </c>
-[...7 lines deleted...]
-        <v>1065</v>
       </c>
     </row>
     <row r="333" spans="1:6">
       <c r="A333">
-        <v>43</v>
+        <v>59</v>
       </c>
       <c r="B333" t="s">
-        <v>1066</v>
+        <v>307</v>
       </c>
       <c r="C333" s="1" t="s">
         <v>1067</v>
       </c>
       <c r="D333" s="1" t="s">
-        <v>1068</v>
+        <v>1070</v>
       </c>
       <c r="E333" s="1" t="s">
-        <v>1069</v>
+        <v>1074</v>
       </c>
       <c r="F333" t="s">
-        <v>1070</v>
+        <v>1062</v>
       </c>
     </row>
     <row r="334" spans="1:6">
       <c r="A334">
-        <v>42</v>
+        <v>58</v>
       </c>
       <c r="B334" t="s">
-        <v>1071</v>
+        <v>515</v>
       </c>
       <c r="C334" s="1" t="s">
-        <v>1072</v>
+        <v>516</v>
       </c>
       <c r="D334" s="1" t="s">
-        <v>582</v>
+        <v>517</v>
       </c>
       <c r="E334" s="1" t="s">
-        <v>1073</v>
+        <v>1075</v>
       </c>
       <c r="F334" t="s">
-        <v>1074</v>
+        <v>1076</v>
       </c>
     </row>
     <row r="335" spans="1:6">
       <c r="A335">
-        <v>41</v>
+        <v>57</v>
       </c>
       <c r="B335" t="s">
-        <v>1075</v>
+        <v>1077</v>
       </c>
       <c r="C335" s="1" t="s">
-        <v>1076</v>
+        <v>1078</v>
       </c>
       <c r="D335" s="1" t="s">
-        <v>1077</v>
+        <v>1079</v>
       </c>
       <c r="E335" s="1" t="s">
-        <v>1078</v>
+        <v>1080</v>
       </c>
       <c r="F335" t="s">
-        <v>1079</v>
+        <v>1081</v>
       </c>
     </row>
     <row r="336" spans="1:6">
       <c r="A336">
-        <v>40</v>
+        <v>56</v>
       </c>
       <c r="B336" t="s">
-        <v>1080</v>
+        <v>1082</v>
       </c>
       <c r="C336" s="1" t="s">
+        <v>1083</v>
+      </c>
+      <c r="D336" s="1" t="s">
+        <v>1084</v>
+      </c>
+      <c r="E336" s="1" t="s">
+        <v>1085</v>
+      </c>
+      <c r="F336" t="s">
         <v>1081</v>
-      </c>
-[...7 lines deleted...]
-        <v>1084</v>
       </c>
     </row>
     <row r="337" spans="1:6">
       <c r="A337">
-        <v>39</v>
+        <v>55</v>
       </c>
       <c r="B337" t="s">
-        <v>1085</v>
+        <v>1086</v>
       </c>
       <c r="C337" s="1" t="s">
-        <v>1081</v>
+        <v>1087</v>
       </c>
       <c r="D337" s="1" t="s">
-        <v>1086</v>
+        <v>114</v>
       </c>
       <c r="E337" s="1" t="s">
-        <v>1087</v>
+        <v>1088</v>
       </c>
       <c r="F337" t="s">
-        <v>1088</v>
+        <v>1089</v>
       </c>
     </row>
     <row r="338" spans="1:6">
       <c r="A338">
-        <v>38</v>
+        <v>54</v>
       </c>
       <c r="B338" t="s">
-        <v>1089</v>
+        <v>1090</v>
       </c>
       <c r="C338" s="1" t="s">
-        <v>1090</v>
+        <v>1091</v>
       </c>
       <c r="D338" s="1" t="s">
-        <v>1091</v>
+        <v>1092</v>
       </c>
       <c r="E338" s="1" t="s">
-        <v>1092</v>
+        <v>1093</v>
       </c>
       <c r="F338" t="s">
-        <v>1093</v>
+        <v>1094</v>
       </c>
     </row>
     <row r="339" spans="1:6">
       <c r="A339">
-        <v>37</v>
+        <v>53</v>
       </c>
       <c r="B339" t="s">
-        <v>1094</v>
+        <v>1095</v>
       </c>
       <c r="C339" s="1" t="s">
-        <v>1095</v>
+        <v>1091</v>
       </c>
       <c r="D339" s="1" t="s">
         <v>1096</v>
       </c>
       <c r="E339" s="1" t="s">
         <v>1097</v>
       </c>
       <c r="F339" t="s">
-        <v>1098</v>
+        <v>1094</v>
       </c>
     </row>
     <row r="340" spans="1:6">
       <c r="A340">
-        <v>36</v>
+        <v>52</v>
       </c>
       <c r="B340" t="s">
+        <v>1098</v>
+      </c>
+      <c r="C340" s="1" t="s">
         <v>1099</v>
       </c>
-      <c r="C340" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D340" s="1" t="s">
-        <v>554</v>
+        <v>1092</v>
       </c>
       <c r="E340" s="1" t="s">
         <v>1100</v>
       </c>
       <c r="F340" t="s">
-        <v>1101</v>
+        <v>1094</v>
       </c>
     </row>
     <row r="341" spans="1:6">
       <c r="A341">
-        <v>35</v>
+        <v>51</v>
       </c>
       <c r="B341" t="s">
+        <v>1101</v>
+      </c>
+      <c r="C341" s="1" t="s">
+        <v>1099</v>
+      </c>
+      <c r="D341" s="1" t="s">
+        <v>1096</v>
+      </c>
+      <c r="E341" s="1" t="s">
         <v>1102</v>
       </c>
-      <c r="C341" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F341" t="s">
-        <v>1105</v>
+        <v>1094</v>
       </c>
     </row>
     <row r="342" spans="1:6">
       <c r="A342">
-        <v>34</v>
+        <v>50</v>
       </c>
       <c r="B342" t="s">
-        <v>1106</v>
+        <v>1103</v>
       </c>
       <c r="C342" s="1" t="s">
-        <v>1107</v>
+        <v>1104</v>
       </c>
       <c r="D342" s="1" t="s">
-        <v>1108</v>
+        <v>1092</v>
       </c>
       <c r="E342" s="1" t="s">
-        <v>1109</v>
+        <v>1105</v>
       </c>
       <c r="F342" t="s">
-        <v>1110</v>
+        <v>1094</v>
       </c>
     </row>
     <row r="343" spans="1:6">
       <c r="A343">
-        <v>33</v>
+        <v>49</v>
       </c>
       <c r="B343" t="s">
-        <v>1111</v>
+        <v>1106</v>
       </c>
       <c r="C343" s="1" t="s">
-        <v>1112</v>
+        <v>1107</v>
       </c>
       <c r="D343" s="1" t="s">
-        <v>1113</v>
+        <v>1096</v>
       </c>
       <c r="E343" s="1" t="s">
-        <v>1114</v>
+        <v>1108</v>
       </c>
       <c r="F343" t="s">
-        <v>1115</v>
+        <v>1094</v>
       </c>
     </row>
     <row r="344" spans="1:6">
       <c r="A344">
-        <v>32</v>
+        <v>48</v>
       </c>
       <c r="B344" t="s">
-        <v>1116</v>
+        <v>1109</v>
       </c>
       <c r="C344" s="1" t="s">
-        <v>1117</v>
+        <v>1110</v>
       </c>
       <c r="D344" s="1" t="s">
-        <v>1118</v>
+        <v>1111</v>
       </c>
       <c r="E344" s="1" t="s">
-        <v>1119</v>
+        <v>1112</v>
       </c>
       <c r="F344" t="s">
-        <v>1120</v>
+        <v>431</v>
       </c>
     </row>
     <row r="345" spans="1:6">
       <c r="A345">
-        <v>31</v>
+        <v>47</v>
       </c>
       <c r="B345" t="s">
-        <v>1121</v>
+        <v>1113</v>
       </c>
       <c r="C345" s="1" t="s">
-        <v>472</v>
+        <v>1114</v>
       </c>
       <c r="D345" s="1" t="s">
-        <v>92</v>
+        <v>1111</v>
       </c>
       <c r="E345" s="1" t="s">
-        <v>1122</v>
+        <v>1115</v>
       </c>
       <c r="F345" t="s">
-        <v>964</v>
+        <v>431</v>
       </c>
     </row>
     <row r="346" spans="1:6">
       <c r="A346">
-        <v>30</v>
+        <v>46</v>
       </c>
       <c r="B346" t="s">
-        <v>1123</v>
+        <v>1116</v>
       </c>
       <c r="C346" s="1" t="s">
-        <v>462</v>
+        <v>1117</v>
       </c>
       <c r="D346" s="1" t="s">
-        <v>92</v>
+        <v>1118</v>
       </c>
       <c r="E346" s="1" t="s">
-        <v>1124</v>
+        <v>1119</v>
       </c>
       <c r="F346" t="s">
-        <v>964</v>
+        <v>1120</v>
       </c>
     </row>
     <row r="347" spans="1:6">
       <c r="A347">
-        <v>29</v>
+        <v>43</v>
       </c>
       <c r="B347" t="s">
+        <v>1121</v>
+      </c>
+      <c r="C347" s="1" t="s">
+        <v>1122</v>
+      </c>
+      <c r="D347" s="1" t="s">
+        <v>1123</v>
+      </c>
+      <c r="E347" s="1" t="s">
+        <v>1124</v>
+      </c>
+      <c r="F347" t="s">
         <v>1125</v>
-      </c>
-[...10 lines deleted...]
-        <v>964</v>
       </c>
     </row>
     <row r="348" spans="1:6">
       <c r="A348">
-        <v>28</v>
+        <v>42</v>
       </c>
       <c r="B348" t="s">
+        <v>1126</v>
+      </c>
+      <c r="C348" s="1" t="s">
         <v>1127</v>
       </c>
-      <c r="C348" s="1" t="s">
+      <c r="D348" s="1" t="s">
+        <v>638</v>
+      </c>
+      <c r="E348" s="1" t="s">
         <v>1128</v>
       </c>
-      <c r="D348" s="1" t="s">
+      <c r="F348" t="s">
         <v>1129</v>
-      </c>
-[...4 lines deleted...]
-        <v>1131</v>
       </c>
     </row>
     <row r="349" spans="1:6">
       <c r="A349">
-        <v>27</v>
+        <v>41</v>
       </c>
       <c r="B349" t="s">
+        <v>1130</v>
+      </c>
+      <c r="C349" s="1" t="s">
+        <v>1131</v>
+      </c>
+      <c r="D349" s="1" t="s">
         <v>1132</v>
       </c>
-      <c r="C349" s="1" t="s">
+      <c r="E349" s="1" t="s">
         <v>1133</v>
       </c>
-      <c r="D349" s="1" t="s">
+      <c r="F349" t="s">
         <v>1134</v>
-      </c>
-[...4 lines deleted...]
-        <v>1136</v>
       </c>
     </row>
     <row r="350" spans="1:6">
       <c r="A350">
-        <v>26</v>
+        <v>40</v>
       </c>
       <c r="B350" t="s">
+        <v>1135</v>
+      </c>
+      <c r="C350" s="1" t="s">
+        <v>1136</v>
+      </c>
+      <c r="D350" s="1" t="s">
         <v>1137</v>
       </c>
-      <c r="C350" s="1" t="s">
+      <c r="E350" s="1" t="s">
         <v>1138</v>
       </c>
-      <c r="D350" s="1" t="s">
+      <c r="F350" t="s">
         <v>1139</v>
-      </c>
-[...4 lines deleted...]
-        <v>1141</v>
       </c>
     </row>
     <row r="351" spans="1:6">
       <c r="A351">
-        <v>25</v>
+        <v>39</v>
       </c>
       <c r="B351" t="s">
-        <v>1137</v>
+        <v>1140</v>
       </c>
       <c r="C351" s="1" t="s">
-        <v>1138</v>
+        <v>1136</v>
       </c>
       <c r="D351" s="1" t="s">
-        <v>1139</v>
+        <v>1141</v>
+      </c>
+      <c r="E351" s="1" t="s">
+        <v>1142</v>
       </c>
       <c r="F351" t="s">
-        <v>1141</v>
+        <v>1143</v>
       </c>
     </row>
     <row r="352" spans="1:6">
       <c r="A352">
-        <v>24</v>
+        <v>38</v>
       </c>
       <c r="B352" t="s">
-        <v>999</v>
+        <v>1144</v>
       </c>
       <c r="C352" s="1" t="s">
-        <v>1142</v>
+        <v>1145</v>
       </c>
       <c r="D352" s="1" t="s">
-        <v>1001</v>
+        <v>1146</v>
       </c>
       <c r="E352" s="1" t="s">
-        <v>1143</v>
+        <v>1147</v>
       </c>
       <c r="F352" t="s">
-        <v>231</v>
+        <v>1148</v>
       </c>
     </row>
     <row r="353" spans="1:6">
       <c r="A353">
-        <v>24</v>
+        <v>37</v>
       </c>
       <c r="B353" t="s">
-        <v>1144</v>
+        <v>1149</v>
       </c>
       <c r="C353" s="1" t="s">
-        <v>1145</v>
+        <v>1150</v>
       </c>
       <c r="D353" s="1" t="s">
-        <v>1146</v>
+        <v>1151</v>
       </c>
       <c r="E353" s="1" t="s">
-        <v>1147</v>
+        <v>1152</v>
       </c>
       <c r="F353" t="s">
-        <v>1148</v>
+        <v>1153</v>
       </c>
     </row>
     <row r="354" spans="1:6">
       <c r="A354">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="B354" t="s">
-        <v>999</v>
+        <v>1154</v>
       </c>
       <c r="C354" s="1" t="s">
-        <v>1149</v>
+        <v>605</v>
       </c>
       <c r="D354" s="1" t="s">
-        <v>1001</v>
+        <v>606</v>
       </c>
       <c r="E354" s="1" t="s">
-        <v>1150</v>
+        <v>1155</v>
       </c>
       <c r="F354" t="s">
-        <v>1151</v>
+        <v>1156</v>
       </c>
     </row>
     <row r="355" spans="1:6">
       <c r="A355">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="B355" t="s">
-        <v>1152</v>
+        <v>1157</v>
       </c>
       <c r="C355" s="1" t="s">
-        <v>1153</v>
+        <v>605</v>
       </c>
       <c r="D355" s="1" t="s">
-        <v>1154</v>
+        <v>1158</v>
       </c>
       <c r="E355" s="1" t="s">
-        <v>1155</v>
+        <v>1159</v>
       </c>
       <c r="F355" t="s">
-        <v>1156</v>
+        <v>1160</v>
       </c>
     </row>
     <row r="356" spans="1:6">
       <c r="A356">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="B356" t="s">
-        <v>1157</v>
+        <v>1161</v>
       </c>
       <c r="C356" s="1" t="s">
-        <v>1158</v>
+        <v>1162</v>
       </c>
       <c r="D356" s="1" t="s">
-        <v>1159</v>
+        <v>1163</v>
       </c>
       <c r="E356" s="1" t="s">
-        <v>1160</v>
+        <v>1164</v>
       </c>
       <c r="F356" t="s">
-        <v>1161</v>
+        <v>1165</v>
       </c>
     </row>
     <row r="357" spans="1:6">
       <c r="A357">
-        <v>21</v>
+        <v>33</v>
       </c>
       <c r="B357" t="s">
-        <v>1162</v>
+        <v>1166</v>
       </c>
       <c r="C357" s="1" t="s">
-        <v>1163</v>
+        <v>1167</v>
       </c>
       <c r="D357" s="1" t="s">
-        <v>1164</v>
+        <v>1168</v>
       </c>
       <c r="E357" s="1" t="s">
-        <v>1165</v>
+        <v>1169</v>
       </c>
       <c r="F357" t="s">
-        <v>1166</v>
+        <v>1170</v>
       </c>
     </row>
     <row r="358" spans="1:6">
       <c r="A358">
-        <v>20</v>
+        <v>32</v>
       </c>
       <c r="B358" t="s">
-        <v>1167</v>
+        <v>1171</v>
       </c>
       <c r="C358" s="1" t="s">
-        <v>1168</v>
+        <v>1172</v>
       </c>
       <c r="D358" s="1" t="s">
-        <v>1169</v>
+        <v>1173</v>
       </c>
       <c r="E358" s="1" t="s">
-        <v>1170</v>
+        <v>1174</v>
       </c>
       <c r="F358" t="s">
-        <v>1171</v>
+        <v>1175</v>
       </c>
     </row>
     <row r="359" spans="1:6">
       <c r="A359">
-        <v>19</v>
+        <v>31</v>
       </c>
       <c r="B359" t="s">
-        <v>1172</v>
+        <v>1176</v>
       </c>
       <c r="C359" s="1" t="s">
-        <v>1173</v>
+        <v>472</v>
       </c>
       <c r="D359" s="1" t="s">
-        <v>1174</v>
+        <v>92</v>
       </c>
       <c r="E359" s="1" t="s">
-        <v>1175</v>
+        <v>1177</v>
       </c>
       <c r="F359" t="s">
-        <v>1176</v>
+        <v>1019</v>
       </c>
     </row>
     <row r="360" spans="1:6">
       <c r="A360">
-        <v>18</v>
+        <v>30</v>
       </c>
       <c r="B360" t="s">
-        <v>1177</v>
+        <v>1178</v>
       </c>
       <c r="C360" s="1" t="s">
-        <v>1178</v>
+        <v>462</v>
       </c>
       <c r="D360" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="E360" s="1" t="s">
         <v>1179</v>
       </c>
-      <c r="E360" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F360" t="s">
-        <v>1181</v>
+        <v>1019</v>
       </c>
     </row>
     <row r="361" spans="1:6">
       <c r="A361">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="B361" t="s">
-        <v>1182</v>
+        <v>1180</v>
       </c>
       <c r="C361" s="1" t="s">
-        <v>1178</v>
+        <v>479</v>
       </c>
       <c r="D361" s="1" t="s">
-        <v>1183</v>
+        <v>92</v>
       </c>
       <c r="E361" s="1" t="s">
-        <v>1184</v>
+        <v>1181</v>
       </c>
       <c r="F361" t="s">
-        <v>1181</v>
+        <v>1019</v>
       </c>
     </row>
     <row r="362" spans="1:6">
       <c r="A362">
-        <v>16</v>
+        <v>28</v>
       </c>
       <c r="B362" t="s">
+        <v>1182</v>
+      </c>
+      <c r="C362" s="1" t="s">
+        <v>1183</v>
+      </c>
+      <c r="D362" s="1" t="s">
+        <v>1184</v>
+      </c>
+      <c r="E362" s="1" t="s">
         <v>1185</v>
       </c>
-      <c r="C362" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D362" s="1" t="s">
+      <c r="F362" t="s">
         <v>1186</v>
-      </c>
-[...4 lines deleted...]
-        <v>1188</v>
       </c>
     </row>
     <row r="363" spans="1:6">
       <c r="A363">
-        <v>15</v>
+        <v>27</v>
       </c>
       <c r="B363" t="s">
+        <v>1187</v>
+      </c>
+      <c r="C363" s="1" t="s">
+        <v>1188</v>
+      </c>
+      <c r="D363" s="1" t="s">
         <v>1189</v>
       </c>
-      <c r="C363" s="1" t="s">
+      <c r="E363" s="1" t="s">
         <v>1190</v>
       </c>
-      <c r="D363" s="1" t="s">
+      <c r="F363" t="s">
         <v>1191</v>
-      </c>
-[...4 lines deleted...]
-        <v>1193</v>
       </c>
     </row>
     <row r="364" spans="1:6">
       <c r="A364">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="B364" t="s">
+        <v>1192</v>
+      </c>
+      <c r="C364" s="1" t="s">
+        <v>1193</v>
+      </c>
+      <c r="D364" s="1" t="s">
         <v>1194</v>
-      </c>
-[...4 lines deleted...]
-        <v>1191</v>
       </c>
       <c r="E364" s="1" t="s">
         <v>1195</v>
       </c>
       <c r="F364" t="s">
         <v>1196</v>
       </c>
     </row>
     <row r="365" spans="1:6">
       <c r="A365">
-        <v>13</v>
+        <v>25</v>
       </c>
       <c r="B365" t="s">
-        <v>1197</v>
+        <v>1192</v>
       </c>
       <c r="C365" s="1" t="s">
-        <v>1198</v>
+        <v>1193</v>
       </c>
       <c r="D365" s="1" t="s">
-        <v>1199</v>
-[...2 lines deleted...]
-        <v>1200</v>
+        <v>1194</v>
       </c>
       <c r="F365" t="s">
-        <v>1201</v>
+        <v>1196</v>
       </c>
     </row>
     <row r="366" spans="1:6">
       <c r="A366">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="B366" t="s">
-        <v>1202</v>
+        <v>1054</v>
       </c>
       <c r="C366" s="1" t="s">
+        <v>1197</v>
+      </c>
+      <c r="D366" s="1" t="s">
+        <v>1056</v>
+      </c>
+      <c r="E366" s="1" t="s">
         <v>1198</v>
       </c>
-      <c r="D366" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F366" t="s">
-        <v>1204</v>
+        <v>231</v>
       </c>
     </row>
     <row r="367" spans="1:6">
       <c r="A367">
-        <v>11</v>
+        <v>24</v>
       </c>
       <c r="B367" t="s">
-        <v>1189</v>
+        <v>1199</v>
       </c>
       <c r="C367" s="1" t="s">
-        <v>1198</v>
+        <v>1200</v>
       </c>
       <c r="D367" s="1" t="s">
-        <v>1199</v>
+        <v>1201</v>
       </c>
       <c r="E367" s="1" t="s">
-        <v>1205</v>
+        <v>1202</v>
       </c>
       <c r="F367" t="s">
-        <v>1206</v>
+        <v>1203</v>
       </c>
     </row>
     <row r="368" spans="1:6">
       <c r="A368">
-        <v>10</v>
+        <v>24</v>
       </c>
       <c r="B368" t="s">
-        <v>1207</v>
+        <v>1054</v>
       </c>
       <c r="C368" s="1" t="s">
-        <v>1198</v>
+        <v>1204</v>
       </c>
       <c r="D368" s="1" t="s">
-        <v>1199</v>
+        <v>1056</v>
       </c>
       <c r="E368" s="1" t="s">
-        <v>1208</v>
+        <v>1205</v>
       </c>
       <c r="F368" t="s">
-        <v>1209</v>
+        <v>1206</v>
       </c>
     </row>
     <row r="369" spans="1:6">
       <c r="A369">
-        <v>9</v>
+        <v>23</v>
       </c>
       <c r="B369" t="s">
+        <v>1207</v>
+      </c>
+      <c r="C369" s="1" t="s">
+        <v>1208</v>
+      </c>
+      <c r="D369" s="1" t="s">
+        <v>1209</v>
+      </c>
+      <c r="E369" s="1" t="s">
         <v>1210</v>
       </c>
-      <c r="C369" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D369" s="1" t="s">
+      <c r="F369" t="s">
         <v>1211</v>
-      </c>
-[...4 lines deleted...]
-        <v>1065</v>
       </c>
     </row>
     <row r="370" spans="1:6">
       <c r="A370">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="B370" t="s">
+        <v>1212</v>
+      </c>
+      <c r="C370" s="1" t="s">
         <v>1213</v>
       </c>
-      <c r="C370" s="1" t="s">
+      <c r="D370" s="1" t="s">
         <v>1214</v>
       </c>
-      <c r="D370" s="1" t="s">
+      <c r="E370" s="1" t="s">
         <v>1215</v>
       </c>
-      <c r="E370" s="1" t="s">
+      <c r="F370" t="s">
         <v>1216</v>
-      </c>
-[...1 lines deleted...]
-        <v>1217</v>
       </c>
     </row>
     <row r="371" spans="1:6">
       <c r="A371">
-        <v>7</v>
+        <v>21</v>
       </c>
       <c r="B371" t="s">
+        <v>1217</v>
+      </c>
+      <c r="C371" s="1" t="s">
         <v>1218</v>
       </c>
-      <c r="C371" s="1" t="s">
+      <c r="D371" s="1" t="s">
         <v>1219</v>
-      </c>
-[...1 lines deleted...]
-        <v>1215</v>
       </c>
       <c r="E371" s="1" t="s">
         <v>1220</v>
       </c>
       <c r="F371" t="s">
-        <v>1217</v>
+        <v>1221</v>
       </c>
     </row>
     <row r="372" spans="1:6">
       <c r="A372">
-        <v>6</v>
+        <v>20</v>
       </c>
       <c r="B372" t="s">
-        <v>1221</v>
+        <v>1222</v>
       </c>
       <c r="C372" s="1" t="s">
-        <v>1222</v>
+        <v>1223</v>
       </c>
       <c r="D372" s="1" t="s">
-        <v>1215</v>
+        <v>1224</v>
       </c>
       <c r="E372" s="1" t="s">
-        <v>1223</v>
+        <v>1225</v>
       </c>
       <c r="F372" t="s">
-        <v>1217</v>
+        <v>1226</v>
       </c>
     </row>
     <row r="373" spans="1:6">
       <c r="A373">
-        <v>4</v>
+        <v>19</v>
       </c>
       <c r="B373" t="s">
-        <v>1224</v>
+        <v>1227</v>
       </c>
       <c r="C373" s="1" t="s">
-        <v>1225</v>
+        <v>1228</v>
       </c>
       <c r="D373" s="1" t="s">
-        <v>1215</v>
+        <v>1229</v>
       </c>
       <c r="E373" s="1" t="s">
-        <v>1226</v>
+        <v>1230</v>
       </c>
       <c r="F373" t="s">
-        <v>1217</v>
+        <v>1231</v>
       </c>
     </row>
     <row r="374" spans="1:6">
       <c r="A374">
-        <v>3</v>
+        <v>18</v>
       </c>
       <c r="B374" t="s">
-        <v>1227</v>
+        <v>1232</v>
       </c>
       <c r="C374" s="1" t="s">
-        <v>113</v>
+        <v>1233</v>
       </c>
       <c r="D374" s="1" t="s">
-        <v>1228</v>
+        <v>1234</v>
       </c>
       <c r="E374" s="1" t="s">
-        <v>1229</v>
+        <v>1235</v>
       </c>
       <c r="F374" t="s">
-        <v>1230</v>
+        <v>1236</v>
       </c>
     </row>
     <row r="375" spans="1:6">
       <c r="A375">
-        <v>2</v>
+        <v>17</v>
       </c>
       <c r="B375" t="s">
-        <v>1231</v>
+        <v>1237</v>
       </c>
       <c r="C375" s="1" t="s">
-        <v>1095</v>
+        <v>1233</v>
       </c>
       <c r="D375" s="1" t="s">
-        <v>1096</v>
+        <v>1238</v>
       </c>
       <c r="E375" s="1" t="s">
-        <v>1232</v>
+        <v>1239</v>
       </c>
       <c r="F375" t="s">
-        <v>1233</v>
+        <v>1236</v>
       </c>
     </row>
     <row r="376" spans="1:6">
       <c r="A376">
+        <v>16</v>
+      </c>
+      <c r="B376" t="s">
+        <v>1240</v>
+      </c>
+      <c r="C376" s="1" t="s">
+        <v>1055</v>
+      </c>
+      <c r="D376" s="1" t="s">
+        <v>1241</v>
+      </c>
+      <c r="E376" s="1" t="s">
+        <v>1242</v>
+      </c>
+      <c r="F376" t="s">
+        <v>1243</v>
+      </c>
+    </row>
+    <row r="377" spans="1:6">
+      <c r="A377">
+        <v>15</v>
+      </c>
+      <c r="B377" t="s">
+        <v>1244</v>
+      </c>
+      <c r="C377" s="1" t="s">
+        <v>1245</v>
+      </c>
+      <c r="D377" s="1" t="s">
+        <v>1246</v>
+      </c>
+      <c r="E377" s="1" t="s">
+        <v>1247</v>
+      </c>
+      <c r="F377" t="s">
+        <v>1248</v>
+      </c>
+    </row>
+    <row r="378" spans="1:6">
+      <c r="A378">
+        <v>14</v>
+      </c>
+      <c r="B378" t="s">
+        <v>1249</v>
+      </c>
+      <c r="C378" s="1" t="s">
+        <v>1245</v>
+      </c>
+      <c r="D378" s="1" t="s">
+        <v>1246</v>
+      </c>
+      <c r="E378" s="1" t="s">
+        <v>1250</v>
+      </c>
+      <c r="F378" t="s">
+        <v>1251</v>
+      </c>
+    </row>
+    <row r="379" spans="1:6">
+      <c r="A379">
+        <v>13</v>
+      </c>
+      <c r="B379" t="s">
+        <v>1252</v>
+      </c>
+      <c r="C379" s="1" t="s">
+        <v>1253</v>
+      </c>
+      <c r="D379" s="1" t="s">
+        <v>1254</v>
+      </c>
+      <c r="E379" s="1" t="s">
+        <v>1255</v>
+      </c>
+      <c r="F379" t="s">
+        <v>1256</v>
+      </c>
+    </row>
+    <row r="380" spans="1:6">
+      <c r="A380">
+        <v>12</v>
+      </c>
+      <c r="B380" t="s">
+        <v>1257</v>
+      </c>
+      <c r="C380" s="1" t="s">
+        <v>1253</v>
+      </c>
+      <c r="D380" s="1" t="s">
+        <v>1254</v>
+      </c>
+      <c r="E380" s="1" t="s">
+        <v>1258</v>
+      </c>
+      <c r="F380" t="s">
+        <v>1259</v>
+      </c>
+    </row>
+    <row r="381" spans="1:6">
+      <c r="A381">
+        <v>11</v>
+      </c>
+      <c r="B381" t="s">
+        <v>1244</v>
+      </c>
+      <c r="C381" s="1" t="s">
+        <v>1253</v>
+      </c>
+      <c r="D381" s="1" t="s">
+        <v>1254</v>
+      </c>
+      <c r="E381" s="1" t="s">
+        <v>1260</v>
+      </c>
+      <c r="F381" t="s">
+        <v>1261</v>
+      </c>
+    </row>
+    <row r="382" spans="1:6">
+      <c r="A382">
+        <v>11</v>
+      </c>
+      <c r="B382" t="s">
+        <v>1262</v>
+      </c>
+      <c r="C382" s="1" t="s">
+        <v>1263</v>
+      </c>
+      <c r="D382" s="1" t="s">
+        <v>1096</v>
+      </c>
+      <c r="E382" s="1" t="s">
+        <v>1264</v>
+      </c>
+      <c r="F382" t="s">
+        <v>1265</v>
+      </c>
+    </row>
+    <row r="383" spans="1:6">
+      <c r="A383">
+        <v>10</v>
+      </c>
+      <c r="B383" t="s">
+        <v>1266</v>
+      </c>
+      <c r="C383" s="1" t="s">
+        <v>1253</v>
+      </c>
+      <c r="D383" s="1" t="s">
+        <v>1254</v>
+      </c>
+      <c r="E383" s="1" t="s">
+        <v>1267</v>
+      </c>
+      <c r="F383" t="s">
+        <v>1268</v>
+      </c>
+    </row>
+    <row r="384" spans="1:6">
+      <c r="A384">
+        <v>9</v>
+      </c>
+      <c r="B384" t="s">
+        <v>1269</v>
+      </c>
+      <c r="C384" s="1" t="s">
+        <v>605</v>
+      </c>
+      <c r="D384" s="1" t="s">
+        <v>1270</v>
+      </c>
+      <c r="E384" s="1" t="s">
+        <v>1271</v>
+      </c>
+      <c r="F384" t="s">
+        <v>1120</v>
+      </c>
+    </row>
+    <row r="385" spans="1:6">
+      <c r="A385">
+        <v>8</v>
+      </c>
+      <c r="B385" t="s">
+        <v>1272</v>
+      </c>
+      <c r="C385" s="1" t="s">
+        <v>1273</v>
+      </c>
+      <c r="D385" s="1" t="s">
+        <v>1274</v>
+      </c>
+      <c r="E385" s="1" t="s">
+        <v>1275</v>
+      </c>
+      <c r="F385" t="s">
+        <v>1276</v>
+      </c>
+    </row>
+    <row r="386" spans="1:6">
+      <c r="A386">
+        <v>7</v>
+      </c>
+      <c r="B386" t="s">
+        <v>1277</v>
+      </c>
+      <c r="C386" s="1" t="s">
+        <v>1278</v>
+      </c>
+      <c r="D386" s="1" t="s">
+        <v>1274</v>
+      </c>
+      <c r="E386" s="1" t="s">
+        <v>1279</v>
+      </c>
+      <c r="F386" t="s">
+        <v>1276</v>
+      </c>
+    </row>
+    <row r="387" spans="1:6">
+      <c r="A387">
+        <v>6</v>
+      </c>
+      <c r="B387" t="s">
+        <v>1280</v>
+      </c>
+      <c r="C387" s="1" t="s">
+        <v>1281</v>
+      </c>
+      <c r="D387" s="1" t="s">
+        <v>1274</v>
+      </c>
+      <c r="E387" s="1" t="s">
+        <v>1282</v>
+      </c>
+      <c r="F387" t="s">
+        <v>1276</v>
+      </c>
+    </row>
+    <row r="388" spans="1:6">
+      <c r="A388">
+        <v>4</v>
+      </c>
+      <c r="B388" t="s">
+        <v>1283</v>
+      </c>
+      <c r="C388" s="1" t="s">
+        <v>1284</v>
+      </c>
+      <c r="D388" s="1" t="s">
+        <v>1274</v>
+      </c>
+      <c r="E388" s="1" t="s">
+        <v>1285</v>
+      </c>
+      <c r="F388" t="s">
+        <v>1276</v>
+      </c>
+    </row>
+    <row r="389" spans="1:6">
+      <c r="A389">
+        <v>3</v>
+      </c>
+      <c r="B389" t="s">
+        <v>1286</v>
+      </c>
+      <c r="C389" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="D389" s="1" t="s">
+        <v>1287</v>
+      </c>
+      <c r="E389" s="1" t="s">
+        <v>1288</v>
+      </c>
+      <c r="F389" t="s">
+        <v>1289</v>
+      </c>
+    </row>
+    <row r="390" spans="1:6">
+      <c r="A390">
+        <v>2</v>
+      </c>
+      <c r="B390" t="s">
+        <v>1290</v>
+      </c>
+      <c r="C390" s="1" t="s">
+        <v>1150</v>
+      </c>
+      <c r="D390" s="1" t="s">
+        <v>1151</v>
+      </c>
+      <c r="E390" s="1" t="s">
+        <v>1291</v>
+      </c>
+      <c r="F390" t="s">
+        <v>1292</v>
+      </c>
+    </row>
+    <row r="391" spans="1:6">
+      <c r="A391">
         <v>1</v>
       </c>
-      <c r="B376" t="s">
-[...12 lines deleted...]
-        <v>1238</v>
+      <c r="B391" t="s">
+        <v>1293</v>
+      </c>
+      <c r="C391" s="1" t="s">
+        <v>1294</v>
+      </c>
+      <c r="D391" s="1" t="s">
+        <v>1295</v>
+      </c>
+      <c r="E391" s="1" t="s">
+        <v>1296</v>
+      </c>
+      <c r="F391" t="s">
+        <v>1297</v>
+      </c>
+    </row>
+    <row r="392" spans="1:6">
+      <c r="B392" t="s">
+        <v>1298</v>
+      </c>
+      <c r="C392" s="1" t="s">
+        <v>1299</v>
+      </c>
+      <c r="D392" s="1" t="s">
+        <v>1300</v>
+      </c>
+      <c r="E392" s="1" t="s">
+        <v>1301</v>
+      </c>
+      <c r="F392" t="s">
+        <v>514</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">