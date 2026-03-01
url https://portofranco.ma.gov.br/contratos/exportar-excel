--- v2 (2026-01-15)
+++ v3 (2026-03-01)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1302">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1406">
   <si>
     <t>Sequência</t>
   </si>
   <si>
     <t>Nº Contrato</t>
   </si>
   <si>
     <t>Unidade/Objeto</t>
   </si>
   <si>
     <t>Fornecedor/CNPJ</t>
   </si>
   <si>
     <t>Data Assinatura/Valor</t>
   </si>
   <si>
     <t>Vigência</t>
   </si>
   <si>
     <t>046/2025</t>
   </si>
   <si>
     <t>SECRETARIA MUNICIPAL DE ADMINISTRAÇÃO
 Realização de Show Musical com o cantor de renome...</t>
   </si>
@@ -1729,116 +1729,253 @@
     <t>1011007/2022</t>
   </si>
   <si>
     <t>SECRETARIA MUNICIPAL DE EDUCAÇÃO
 Contratação de empresa especializada no fornecimen...</t>
   </si>
   <si>
     <t>09/11/2023
 53.087,00</t>
   </si>
   <si>
     <t>1011006/2022</t>
   </si>
   <si>
     <t>09/11/2023
 58.666,75</t>
   </si>
   <si>
     <t>1011005/2022</t>
   </si>
   <si>
     <t>09/11/2023
 45.669,75</t>
   </si>
   <si>
+    <t>022/2026</t>
+  </si>
+  <si>
+    <t>SECRETARIA MUNICIPAL DE EDUCAÇÃO
+Aquisição de Livros Didáticos destinados às ativid...</t>
+  </si>
+  <si>
+    <t>E G DELMONDES
+34.620.404/0001-08</t>
+  </si>
+  <si>
+    <t>13/02/2026
+1.945.672,50</t>
+  </si>
+  <si>
+    <t>13/02/2026 a 13/02/2027</t>
+  </si>
+  <si>
     <t>1011004/2022</t>
   </si>
   <si>
     <t>SECRETARIA MUNICIPAL DE ADMINSITRAÇÃO
 Contratação de empresa especializada no fornecimen...</t>
   </si>
   <si>
     <t>09/11/2023
 11.552,50</t>
   </si>
   <si>
+    <t>023/2026</t>
+  </si>
+  <si>
+    <t>SECRETARIA MUNICIPAL DE ADMINISTRAÇÃO
+Contratação de empresa especializada na organizaçã...</t>
+  </si>
+  <si>
+    <t>V H DA S COSTA ALVES
+35.677.150/0001-19</t>
+  </si>
+  <si>
+    <t>12/02/2026
+583.261,00</t>
+  </si>
+  <si>
+    <t>12/02/2026 a 12/05/2026</t>
+  </si>
+  <si>
     <t>1011003/2022</t>
   </si>
   <si>
     <t>09/11/2023
 31.006,00</t>
   </si>
   <si>
     <t>1011002/2022</t>
   </si>
   <si>
     <t>09/11/2023
 8.297,75</t>
   </si>
   <si>
+    <t>009/2026</t>
+  </si>
+  <si>
+    <t>SECRETARIA MUNICIPAL DE ADMINISTRAÇÃO
+realização de Show Musical com o artista de renome...</t>
+  </si>
+  <si>
+    <t>ESTRELAR PRODUÇÕES E SERVIÇOS LTDA
+28.153.395/0001-81</t>
+  </si>
+  <si>
+    <t>27/01/2026
+230.000,00</t>
+  </si>
+  <si>
+    <t>27/01/2026 a 27/03/2026</t>
+  </si>
+  <si>
     <t>10/11/2022
 39.432,00</t>
   </si>
   <si>
     <t>10/11/2022 a 10/11/2023</t>
   </si>
   <si>
     <t>10/11/2022
 122.038,00</t>
   </si>
   <si>
+    <t>008/2026</t>
+  </si>
+  <si>
+    <t>SECRETARIA MUNICIPAL DE ADMINISTRAÇÃO
+Realização de Show Musical com o artista de renome...</t>
+  </si>
+  <si>
+    <t>CENTRAL DA FOLIA, SERVIÇOS E EVENTOS LTDA
+47.149.582/0001-36</t>
+  </si>
+  <si>
+    <t>23/01/2026
+120.000,00</t>
+  </si>
+  <si>
+    <t>23/01/2026 a 23/03/2026</t>
+  </si>
+  <si>
     <t>1011008/2022</t>
   </si>
   <si>
     <t>10/11/2022
 28.238,50</t>
   </si>
   <si>
+    <t>007/2026</t>
+  </si>
+  <si>
+    <t>Y M LOCAÇÕES E EVENTOS LTDA
+22.193.568/0001-09</t>
+  </si>
+  <si>
+    <t>27/01/2026
+390.000,00</t>
+  </si>
+  <si>
     <t>1011010/2022</t>
   </si>
   <si>
     <t>10/11/2022
 59.060,00</t>
   </si>
   <si>
+    <t>2101001/2026</t>
+  </si>
+  <si>
+    <t>SECRETARIA MUNICIPAL DE SAÚDE
+Contratação dos serviços de engenharia clínica do...</t>
+  </si>
+  <si>
+    <t>VIMARTECH MANUTENÇÕES LTDA
+39.945.244/0001-28</t>
+  </si>
+  <si>
+    <t>21/01/2026
+59.400,00</t>
+  </si>
+  <si>
+    <t>21/01/2026 a 21/07/2026</t>
+  </si>
+  <si>
     <t>10/11/2022
 234.667,50</t>
   </si>
   <si>
+    <t>011/2026</t>
+  </si>
+  <si>
+    <t>SECRETARIA MUNICIPAL DE ADMINISTRAÇÃO
+Realização de Show musical com a artista de renome...</t>
+  </si>
+  <si>
+    <t>FABRICIA E BANDA PRODUÇÃO MUSICAL LTDA
+27.077.920/0001-64</t>
+  </si>
+  <si>
+    <t>28/01/2026
+50.000,00</t>
+  </si>
+  <si>
+    <t>28/01/2026 a 28/03/2026</t>
+  </si>
+  <si>
     <t>10/11/2022
 182.679,50</t>
   </si>
   <si>
     <t>10/11/2022
 212.348,60</t>
   </si>
   <si>
     <t>10/11/2022
 128.120,00</t>
   </si>
   <si>
+    <t>077/2025</t>
+  </si>
+  <si>
+    <t>SECRETARIA MUNICIPAL DE ADMINISTRAÇÃO
+Contratação dos serviços de advocacia, com vasto h...</t>
+  </si>
+  <si>
+    <t>WALBER MACEDO SOCIEDADE INDIVIDUAL DE ADVOCACIA
+58.027.337/0001-72</t>
+  </si>
+  <si>
+    <t>23/10/2025
+96.000,00</t>
+  </si>
+  <si>
+    <t>23/10/2025 a 23/10/2026</t>
+  </si>
+  <si>
     <t>1011011/2022</t>
   </si>
   <si>
     <t>10/11/2022
 23.906,50</t>
   </si>
   <si>
     <t>111/2025</t>
   </si>
   <si>
     <t>SECRETARIA MUNICIPAL DE ADMINISTRAÇÃO
 Realização do Show Evangélico com a dupla de renom...</t>
   </si>
   <si>
     <t>23/12/2025
 190.000,00</t>
   </si>
   <si>
     <t>23/12/2025 a 23/02/2026</t>
   </si>
   <si>
     <t>10/11/2022
 124.024,50</t>
   </si>
   <si>
@@ -1982,54 +2119,120 @@
     <t>05/04/2023
 208.603,54</t>
   </si>
   <si>
     <t>05/04/2023 a 05/04/2024</t>
   </si>
   <si>
     <t>041/2023</t>
   </si>
   <si>
     <t>05/04/2023
 78.226,33</t>
   </si>
   <si>
     <t>040/2023</t>
   </si>
   <si>
     <t>05/04/2023
 234.678,99</t>
   </si>
   <si>
     <t>05/04/2023
 144.220,67</t>
   </si>
   <si>
+    <t>1812001/2025</t>
+  </si>
+  <si>
+    <t>SECRETARIA MUNICIPAL DE SAÚDE
+REFORMA E ADEQUAÇÃO DA CENTRAL DE MARCAÇÃO DE CONS...</t>
+  </si>
+  <si>
+    <t>15/01/2026
+152.000,00</t>
+  </si>
+  <si>
+    <t>15/01/2026 a 15/06/2026</t>
+  </si>
+  <si>
     <t>05/04/2023
 447.084,08</t>
   </si>
   <si>
+    <t>001/2026</t>
+  </si>
+  <si>
+    <t>16/01/2026
+908.213,75</t>
+  </si>
+  <si>
+    <t>16/01/2026 a 16/01/2027</t>
+  </si>
+  <si>
+    <t>004/2026</t>
+  </si>
+  <si>
+    <t>01/01/2026
+478.737,84</t>
+  </si>
+  <si>
+    <t>002/2026</t>
+  </si>
+  <si>
+    <t>16/01/2026
+1.084.380,75</t>
+  </si>
+  <si>
+    <t>006/2026</t>
+  </si>
+  <si>
+    <t>COMASA COMERCIO E SERVIÇOS LTDA
+12.088.738/0001-31</t>
+  </si>
+  <si>
+    <t>18/01/2026
+111.590,00</t>
+  </si>
+  <si>
+    <t>18/01/2026 a 18/01/2027</t>
+  </si>
+  <si>
+    <t>005/2026</t>
+  </si>
+  <si>
+    <t>ALMEIDA GOMES DISTRIBUIDORA LTDA
+23.811.095/0001-29</t>
+  </si>
+  <si>
+    <t>21/01/2026
+556.781,50</t>
+  </si>
+  <si>
+    <t>21/01/2026 a 21/01/2027</t>
+  </si>
+  <si>
     <t>057/2025</t>
   </si>
   <si>
     <t>SECRETARIA MUNICIPAL DE EDUCAÇÃO
 Aquisição de 01 (um) Caminhão Bau Refrigerado para...</t>
   </si>
   <si>
     <t>EMPORIUM COMERCIO DE VEICULOS E EQUIPAMENTOS E SERVIÇOS LTDA
 05.163.253/0001-08</t>
   </si>
   <si>
     <t>17/09/2025
 541.500,00</t>
   </si>
   <si>
     <t>17/09/2025 a 17/09/2026</t>
   </si>
   <si>
     <t>05/04/2023
 850.901,95</t>
   </si>
   <si>
     <t>047/2025</t>
   </si>
   <si>
@@ -2149,68 +2352,176 @@
 56.375,18</t>
   </si>
   <si>
     <t>056/2025</t>
   </si>
   <si>
     <t>SECRETARIA MUNICIPAL DE ASSISTÊNCIA SOCIAL E DIREITOS HUMANOS
 Contratação de empresa especializada para prestaçã...</t>
   </si>
   <si>
     <t>12/11/2025
 19.730,81</t>
   </si>
   <si>
     <t>061/2024</t>
   </si>
   <si>
     <t>SECRETARIA MUNICIPAL DE ASSISTÊNCIA SOCIAL E DIREITOS HUMANOS
 Contratação de empresa especializada na prestação...</t>
   </si>
   <si>
     <t>01/03/2023
 51.900,00</t>
   </si>
   <si>
+    <t>1012001/2025</t>
+  </si>
+  <si>
+    <t>SECRETARIA MUNICIPAL DE SAÚDE
+Contratação de empresa especializada para prestaçã...</t>
+  </si>
+  <si>
+    <t>10/12/2025
+42.319,13</t>
+  </si>
+  <si>
+    <t>107/2025</t>
+  </si>
+  <si>
+    <t>SECRETARIA MUNICIPAL DE EDUCAÇÃO
+Aquisição de móveis e eletrodomésticos para atende...</t>
+  </si>
+  <si>
+    <t>ROSAFARM DISTRIBUIDORA DE MEDICAMENTOS LTDA
+37.676.047/0001-80</t>
+  </si>
+  <si>
+    <t>17/12/2025
+22.135,60</t>
+  </si>
+  <si>
+    <t>17/12/2025 a 17/12/2026</t>
+  </si>
+  <si>
+    <t>103/2025</t>
+  </si>
+  <si>
+    <t>ELLOELLA DISTRIBUIDORA LTDA
+53.571.459/0001-01</t>
+  </si>
+  <si>
+    <t>17/12/2025
+5.128,26</t>
+  </si>
+  <si>
+    <t>105/2025</t>
+  </si>
+  <si>
+    <t>17/12/2025
+158.365,66</t>
+  </si>
+  <si>
+    <t>101/2025</t>
+  </si>
+  <si>
+    <t>SECRETARIA MUNICIPAL DE ASSISTÊNCIA SOCIAL E DIREITOS HUMANOS
+Aquisição de móveis e eletrodomésticos para atende...</t>
+  </si>
+  <si>
+    <t>17/12/2025
+7.269,49</t>
+  </si>
+  <si>
+    <t>094/2025</t>
+  </si>
+  <si>
+    <t>17/12/2025
+26.360,01</t>
+  </si>
+  <si>
+    <t>102/2025</t>
+  </si>
+  <si>
+    <t>REPREMIG - REPRESENTAÇÃO E COMÉRCIO DE MINAS GERAIS LTDA
+65.149.197/0002-51</t>
+  </si>
+  <si>
+    <t>17/12/2025
+4.472,00</t>
+  </si>
+  <si>
+    <t>104/2025</t>
+  </si>
+  <si>
+    <t>17/12/2025
+55.900,00</t>
+  </si>
+  <si>
     <t>082/2024</t>
   </si>
   <si>
     <t>SECRETARIA MUNICIPAL DE EDUCAÇÃO
 Aquisição do Sistema de Ensino NAME para atender a...</t>
   </si>
   <si>
     <t>GRAFICA E EDITORA POSIGRAF LTDA
 75.104.422/0008-82</t>
   </si>
   <si>
     <t>03/04/2024
 429.147,00</t>
   </si>
   <si>
     <t>03/04/2024 a 03/04/2025</t>
   </si>
   <si>
+    <t>095/2025</t>
+  </si>
+  <si>
+    <t>SECRETARIA MUNICIPAL DE ADMINISTRAÇÃO
+Aquisição de móveis e eletrodomésticos para atende...</t>
+  </si>
+  <si>
+    <t>17/12/2025
+12.820,65</t>
+  </si>
+  <si>
+    <t>100/2025</t>
+  </si>
+  <si>
+    <t>17/12/2025
+66.451,17</t>
+  </si>
+  <si>
+    <t>110/2025</t>
+  </si>
+  <si>
+    <t>17/12/2025
+36.347,45</t>
+  </si>
+  <si>
     <t>905001/2025</t>
   </si>
   <si>
     <t>SECRETARIA MUNICIPAL DE EDUCAÇÃO
 Aquisição de 01 (um) Parque Infantil, do tipo Play...</t>
   </si>
   <si>
     <t>ROTOCYCLE INDUSTRIA E COMÉRCIO E PLASTICO LTDA
 34.914.897/0001-80</t>
   </si>
   <si>
     <t>09/09/2025
 53.883,00</t>
   </si>
   <si>
     <t>09/09/2025 a 09/12/2025</t>
   </si>
   <si>
     <t>0603001/2023</t>
   </si>
   <si>
     <t>SECRETARIA MUNICIPAL DE ADMINSITRAÇÃO
 Contratação De Empresa Especializada Na Prestação...</t>
   </si>
   <si>
@@ -2738,53 +3049,50 @@
 22.413.698/0001-00</t>
   </si>
   <si>
     <t>19/02/2024
 200.000,00</t>
   </si>
   <si>
     <t>19/01/2024 a 19/02/2024</t>
   </si>
   <si>
     <t>2310001/2025</t>
   </si>
   <si>
     <t>SECRETARIA MUNICIPAL DE SAÚDE
 Aquisição de Materiais de Limpeza e Materiais de E...</t>
   </si>
   <si>
     <t>R. C. LIMA GOMES DISTRIBUIDORA LTDA
 17.117.156/0001-50</t>
   </si>
   <si>
     <t>23/10/2025
 708.771,36</t>
   </si>
   <si>
-    <t>23/10/2025 a 23/10/2026</t>
-[...1 lines deleted...]
-  <si>
     <t>2310002/2025</t>
   </si>
   <si>
     <t>23/10/2025
 251.874,05</t>
   </si>
   <si>
     <t>2310003/2025</t>
   </si>
   <si>
     <t>ESSE CHEMICAL - DISTRIBUIDORA DE PRODUTOS DE LIMPEZA LTDA
 42.458.725/0001-78</t>
   </si>
   <si>
     <t>23/10/2025
 80.837,35</t>
   </si>
   <si>
     <t>001/2024/2024</t>
   </si>
   <si>
     <t>SECRETARIA MUNICIPAL DE ADMINSITRAÇÃO
 Contratação do Show Musical com a Banda de renome...</t>
   </si>
   <si>
@@ -3300,50 +3608,61 @@
   </si>
   <si>
     <t>01/03/2024
 197.555,80</t>
   </si>
   <si>
     <t>0403001/2024</t>
   </si>
   <si>
     <t>SECRETARIA MUNICIPAL DE SAÚDE
 Constitui objeto do presente contrato de fornecime...</t>
   </si>
   <si>
     <t>04/03/2024
 233.805,00</t>
   </si>
   <si>
     <t>SECRETARIA MUNICIPAL DE EDUCAÇÃO
 Constitui objeto do presente contrato a prestação...</t>
   </si>
   <si>
     <t>01/03/2024
 227.340,00</t>
   </si>
   <si>
+    <t>A SECRETARIA MUNICIPAL DE INFRAESTRUTURA E MOBILIDADE URBANA
+Prorrogar o prazo da vigência do presente contrato...</t>
+  </si>
+  <si>
+    <t>22/05/2025
+93.418,52</t>
+  </si>
+  <si>
+    <t>22/05/2025 a 22/05/2026</t>
+  </si>
+  <si>
     <t>SECRETARIA MUNICIPAL DE ASSISTÊNCIA SOCIAL E DIREITOS HUMANOS
 Constitui objeto do presente contrato a prestação...</t>
   </si>
   <si>
     <t>01/03/2024
 72.978,50</t>
   </si>
   <si>
     <t>039/2024</t>
   </si>
   <si>
     <t>SECRETARIA MUNICIPAL DE ADMINSITRAÇÃO
 Constitui objeto do presente contrato a prestação...</t>
   </si>
   <si>
     <t>01/03/2024
 550.700,00</t>
   </si>
   <si>
     <t>1910001/2023</t>
   </si>
   <si>
     <t>SECRETARIA MUNICIPAL DE SAÚDE
 Aquisição de Carnes Bovina, Suína e Peixes para at...</t>
   </si>
@@ -3373,50 +3692,95 @@
     <t>30/10/2023
 141.690,00</t>
   </si>
   <si>
     <t>30/10/2023 a 30/10/2024</t>
   </si>
   <si>
     <t>30/10/2023
 142.385,00</t>
   </si>
   <si>
     <t>046/2024</t>
   </si>
   <si>
     <t>SECRETARIA MUNICIPAL DE ASSISTÊNCIA SOCIAL E DIREITOS HUMANOS
 Aquisição de Gêneros Alimentícios para atender as...</t>
   </si>
   <si>
     <t>06/03/2024
 209.727,85</t>
   </si>
   <si>
     <t>06/03/2024 a 06/03/2025</t>
   </si>
   <si>
+    <t>SECRETARIA MUNICIPAL DE ADMINISTRAÇÃO
+Prorrogar o prazo do presente contrato por mais 1...</t>
+  </si>
+  <si>
+    <t xml:space="preserve">22/10/2025
+</t>
+  </si>
+  <si>
+    <t>22/10/2025 a 19/04/2026</t>
+  </si>
+  <si>
+    <t xml:space="preserve">21/10/2025
+</t>
+  </si>
+  <si>
+    <t>21/10/2025 a 18/04/2026</t>
+  </si>
+  <si>
+    <t>SECRETARIA MUNICIPAL DE EDUCAÇÃO
+Prorrogar o prazo do presente contrato por mais 18...</t>
+  </si>
+  <si>
+    <t xml:space="preserve">20/10/2025
+</t>
+  </si>
+  <si>
+    <t>SECRETARIA MUNICIPAL DE ASSISTÊNCIA SOCIAL E DIREITOS HUMANOS
+Acrescentar o valor de R$ 2.949,47 ( dois mil, nov...</t>
+  </si>
+  <si>
+    <t>21/10/2025
+2.949,47</t>
+  </si>
+  <si>
+    <t>SECRETARIA MUNICIPAL DE ASSISTÊNCIA SOCIAL E DIREITOS HUMANOS
+Acrescentar o valor de R$ 8.127,53 ( oito mil, cen...</t>
+  </si>
+  <si>
+    <t>21/10/2025
+8.127,53</t>
+  </si>
+  <si>
+    <t>21/10/2025 a 19/04/2026</t>
+  </si>
+  <si>
     <t>045/2024</t>
   </si>
   <si>
     <t>SECRETARIA MUNICIPAL DE ADMINSITRAÇÃO
 Aquisição de Gêneros Alimentícios para atender as...</t>
   </si>
   <si>
     <t>06/03/2024
 43.377,58</t>
   </si>
   <si>
     <t>032/2024</t>
   </si>
   <si>
     <t>SECRETARIA MUNICIPAL DE ASSISTÊNCIA SOCIAL E DIREITOS HUMANOS
 Aquisição de Utensílios para Cozinha para atender...</t>
   </si>
   <si>
     <t>WELSON BARBOSA DA SILVA
 27.549.861//000-18</t>
   </si>
   <si>
     <t>28/02/2024
 10.592,77</t>
   </si>
@@ -4035,54 +4399,50 @@
 21.718.343/0001-66</t>
   </si>
   <si>
     <t>10/10/2023
 247.271,70</t>
   </si>
   <si>
     <t>089/2023</t>
   </si>
   <si>
     <t>A SECRETARIA MUNICIPAL DE INFRAESTURA E MOBILIDADE URBANA
 Contratação de empresa especializada para a presta...</t>
   </si>
   <si>
     <t>10/10/2023
 341.800,30</t>
   </si>
   <si>
     <t>Contrato nº 1003001/2023</t>
   </si>
   <si>
     <t>SECRETARIA MUNICIPAL DE ADMINSITRAÇÃO
 Contratação De Empresa Especializada Para Prestaçã...</t>
   </si>
   <si>
-    <t>V H DA S COSTA ALVES
-[...2 lines deleted...]
-  <si>
     <t>10/03/2023
 523.013,00</t>
   </si>
   <si>
     <t>10/03/2023 a 10/03/2024</t>
   </si>
   <si>
     <t>Contrato n° 039/2020/2020</t>
   </si>
   <si>
     <t>SECRETARIA MUNICIPAL DE ADMINSITRAÇÃO
 Fornecimento de gêneros alimentícios para merenda...</t>
   </si>
   <si>
     <t>R. M. DA SILVA EIRELI - ME
 19.413.978/0001-03</t>
   </si>
   <si>
     <t>02/03/2020
 1.066.006,00</t>
   </si>
   <si>
     <t>02/03/2020 a 31/12/2020</t>
   </si>
   <si>
@@ -4691,50 +5051,64 @@
   <si>
     <t>R E R EMPREENDIMENTOS E SERVIÇOS LTDA
 01.195.098/0001-42</t>
   </si>
   <si>
     <t>01/03/2023
 99.470,00</t>
   </si>
   <si>
     <t>01/03/2023 a 01/03/2024</t>
   </si>
   <si>
     <t>091/2025</t>
   </si>
   <si>
     <t>SECRETARIA MUNICIPAL DE ADMINISTRAÇÃO
 realização do Show Católico com o artista de renom...</t>
   </si>
   <si>
     <t>KELLY KAROLINE MARQUES ZANETTO PRODUÇÃO
 30.432.046/0001-40</t>
   </si>
   <si>
     <t>25/11/2025
 35.000,00</t>
+  </si>
+  <si>
+    <t>010/2026</t>
+  </si>
+  <si>
+    <t>FAZMIDIA PUBLICIDADE E EVENTOS LTDA
+25.321.806/0001-02</t>
+  </si>
+  <si>
+    <t>09/02/2026
+550.000,00</t>
+  </si>
+  <si>
+    <t>09/02/2026 a 09/04/2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -5049,54 +5423,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F392"/>
+  <dimension ref="A1:F425"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="E392" sqref="E392"/>
+      <selection activeCell="E425" sqref="E425"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
@@ -7748,5191 +8122,5848 @@
       </c>
       <c r="C134" s="1" t="s">
         <v>472</v>
       </c>
       <c r="D134" s="1" t="s">
         <v>317</v>
       </c>
       <c r="E134" s="1" t="s">
         <v>477</v>
       </c>
       <c r="F134" t="s">
         <v>464</v>
       </c>
     </row>
     <row r="135" spans="1:6">
       <c r="A135">
         <v>194</v>
       </c>
       <c r="B135" t="s">
         <v>478</v>
       </c>
       <c r="C135" s="1" t="s">
         <v>479</v>
       </c>
       <c r="D135" s="1" t="s">
-        <v>229</v>
+        <v>480</v>
       </c>
       <c r="E135" s="1" t="s">
-        <v>480</v>
+        <v>481</v>
       </c>
       <c r="F135" t="s">
-        <v>464</v>
+        <v>482</v>
       </c>
     </row>
     <row r="136" spans="1:6">
       <c r="A136">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="B136" t="s">
-        <v>481</v>
+        <v>483</v>
       </c>
       <c r="C136" s="1" t="s">
-        <v>479</v>
+        <v>484</v>
       </c>
       <c r="D136" s="1" t="s">
-        <v>314</v>
+        <v>229</v>
       </c>
       <c r="E136" s="1" t="s">
-        <v>482</v>
+        <v>485</v>
       </c>
       <c r="F136" t="s">
         <v>464</v>
       </c>
     </row>
     <row r="137" spans="1:6">
       <c r="A137">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="B137" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="C137" s="1" t="s">
-        <v>479</v>
+        <v>487</v>
       </c>
       <c r="D137" s="1" t="s">
-        <v>317</v>
+        <v>488</v>
       </c>
       <c r="E137" s="1" t="s">
-        <v>484</v>
+        <v>489</v>
       </c>
       <c r="F137" t="s">
-        <v>464</v>
+        <v>490</v>
       </c>
     </row>
     <row r="138" spans="1:6">
       <c r="A138">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="B138" t="s">
-        <v>461</v>
+        <v>491</v>
       </c>
       <c r="C138" s="1" t="s">
-        <v>462</v>
+        <v>484</v>
       </c>
       <c r="D138" s="1" t="s">
-        <v>229</v>
+        <v>314</v>
       </c>
       <c r="E138" s="1" t="s">
-        <v>485</v>
+        <v>492</v>
       </c>
       <c r="F138" t="s">
-        <v>486</v>
+        <v>464</v>
       </c>
     </row>
     <row r="139" spans="1:6">
       <c r="A139">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="B139" t="s">
-        <v>467</v>
+        <v>493</v>
       </c>
       <c r="C139" s="1" t="s">
-        <v>468</v>
+        <v>484</v>
       </c>
       <c r="D139" s="1" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="E139" s="1" t="s">
-        <v>487</v>
+        <v>494</v>
       </c>
       <c r="F139" t="s">
-        <v>486</v>
+        <v>464</v>
       </c>
     </row>
     <row r="140" spans="1:6">
       <c r="A140">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="B140" t="s">
-        <v>488</v>
+        <v>495</v>
       </c>
       <c r="C140" s="1" t="s">
-        <v>468</v>
+        <v>496</v>
       </c>
       <c r="D140" s="1" t="s">
-        <v>317</v>
+        <v>497</v>
       </c>
       <c r="E140" s="1" t="s">
-        <v>489</v>
+        <v>498</v>
       </c>
       <c r="F140" t="s">
-        <v>486</v>
+        <v>499</v>
       </c>
     </row>
     <row r="141" spans="1:6">
       <c r="A141">
-        <v>188</v>
+        <v>191</v>
       </c>
       <c r="B141" t="s">
-        <v>490</v>
+        <v>461</v>
       </c>
       <c r="C141" s="1" t="s">
-        <v>468</v>
+        <v>462</v>
       </c>
       <c r="D141" s="1" t="s">
         <v>229</v>
       </c>
       <c r="E141" s="1" t="s">
-        <v>491</v>
+        <v>500</v>
       </c>
       <c r="F141" t="s">
-        <v>486</v>
+        <v>501</v>
       </c>
     </row>
     <row r="142" spans="1:6">
       <c r="A142">
-        <v>187</v>
+        <v>190</v>
       </c>
       <c r="B142" t="s">
-        <v>474</v>
+        <v>467</v>
       </c>
       <c r="C142" s="1" t="s">
-        <v>472</v>
+        <v>468</v>
       </c>
       <c r="D142" s="1" t="s">
         <v>314</v>
       </c>
       <c r="E142" s="1" t="s">
-        <v>492</v>
+        <v>502</v>
       </c>
       <c r="F142" t="s">
-        <v>486</v>
+        <v>501</v>
       </c>
     </row>
     <row r="143" spans="1:6">
       <c r="A143">
-        <v>186</v>
+        <v>189</v>
       </c>
       <c r="B143" t="s">
-        <v>476</v>
+        <v>503</v>
       </c>
       <c r="C143" s="1" t="s">
-        <v>472</v>
+        <v>504</v>
       </c>
       <c r="D143" s="1" t="s">
-        <v>317</v>
+        <v>505</v>
       </c>
       <c r="E143" s="1" t="s">
-        <v>493</v>
+        <v>506</v>
       </c>
       <c r="F143" t="s">
-        <v>486</v>
+        <v>507</v>
       </c>
     </row>
     <row r="144" spans="1:6">
       <c r="A144">
-        <v>185</v>
+        <v>189</v>
       </c>
       <c r="B144" t="s">
-        <v>471</v>
+        <v>508</v>
       </c>
       <c r="C144" s="1" t="s">
-        <v>472</v>
+        <v>468</v>
       </c>
       <c r="D144" s="1" t="s">
-        <v>229</v>
+        <v>317</v>
       </c>
       <c r="E144" s="1" t="s">
-        <v>494</v>
+        <v>509</v>
       </c>
       <c r="F144" t="s">
-        <v>486</v>
+        <v>501</v>
       </c>
     </row>
     <row r="145" spans="1:6">
       <c r="A145">
-        <v>184</v>
+        <v>188</v>
       </c>
       <c r="B145" t="s">
-        <v>465</v>
+        <v>510</v>
       </c>
       <c r="C145" s="1" t="s">
-        <v>462</v>
+        <v>504</v>
       </c>
       <c r="D145" s="1" t="s">
-        <v>314</v>
+        <v>511</v>
       </c>
       <c r="E145" s="1" t="s">
-        <v>495</v>
+        <v>512</v>
       </c>
       <c r="F145" t="s">
-        <v>486</v>
+        <v>499</v>
       </c>
     </row>
     <row r="146" spans="1:6">
       <c r="A146">
-        <v>183</v>
+        <v>188</v>
       </c>
       <c r="B146" t="s">
-        <v>496</v>
+        <v>513</v>
       </c>
       <c r="C146" s="1" t="s">
-        <v>462</v>
+        <v>468</v>
       </c>
       <c r="D146" s="1" t="s">
-        <v>317</v>
+        <v>229</v>
       </c>
       <c r="E146" s="1" t="s">
-        <v>497</v>
+        <v>514</v>
       </c>
       <c r="F146" t="s">
-        <v>486</v>
+        <v>501</v>
       </c>
     </row>
     <row r="147" spans="1:6">
       <c r="A147">
-        <v>182</v>
+        <v>187</v>
       </c>
       <c r="B147" t="s">
-        <v>498</v>
+        <v>515</v>
       </c>
       <c r="C147" s="1" t="s">
-        <v>499</v>
+        <v>516</v>
       </c>
       <c r="D147" s="1" t="s">
-        <v>238</v>
+        <v>517</v>
       </c>
       <c r="E147" s="1" t="s">
-        <v>500</v>
+        <v>518</v>
       </c>
       <c r="F147" t="s">
-        <v>501</v>
+        <v>519</v>
       </c>
     </row>
     <row r="148" spans="1:6">
       <c r="A148">
-        <v>182</v>
+        <v>187</v>
       </c>
       <c r="B148" t="s">
-        <v>481</v>
+        <v>474</v>
       </c>
       <c r="C148" s="1" t="s">
-        <v>479</v>
+        <v>472</v>
       </c>
       <c r="D148" s="1" t="s">
         <v>314</v>
       </c>
       <c r="E148" s="1" t="s">
-        <v>502</v>
+        <v>520</v>
       </c>
       <c r="F148" t="s">
-        <v>486</v>
+        <v>501</v>
       </c>
     </row>
     <row r="149" spans="1:6">
       <c r="A149">
-        <v>181</v>
+        <v>186</v>
       </c>
       <c r="B149" t="s">
-        <v>483</v>
+        <v>521</v>
       </c>
       <c r="C149" s="1" t="s">
-        <v>479</v>
+        <v>522</v>
       </c>
       <c r="D149" s="1" t="s">
-        <v>317</v>
+        <v>523</v>
       </c>
       <c r="E149" s="1" t="s">
-        <v>503</v>
+        <v>524</v>
       </c>
       <c r="F149" t="s">
-        <v>486</v>
+        <v>525</v>
       </c>
     </row>
     <row r="150" spans="1:6">
       <c r="A150">
-        <v>180</v>
+        <v>186</v>
       </c>
       <c r="B150" t="s">
-        <v>504</v>
+        <v>476</v>
       </c>
       <c r="C150" s="1" t="s">
-        <v>505</v>
+        <v>472</v>
       </c>
       <c r="D150" s="1" t="s">
-        <v>506</v>
+        <v>317</v>
       </c>
       <c r="E150" s="1" t="s">
-        <v>507</v>
+        <v>526</v>
       </c>
       <c r="F150" t="s">
-        <v>508</v>
+        <v>501</v>
       </c>
     </row>
     <row r="151" spans="1:6">
       <c r="A151">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="B151" t="s">
-        <v>478</v>
+        <v>471</v>
       </c>
       <c r="C151" s="1" t="s">
-        <v>479</v>
+        <v>472</v>
       </c>
       <c r="D151" s="1" t="s">
         <v>229</v>
       </c>
       <c r="E151" s="1" t="s">
-        <v>509</v>
+        <v>527</v>
       </c>
       <c r="F151" t="s">
-        <v>486</v>
+        <v>501</v>
       </c>
     </row>
     <row r="152" spans="1:6">
       <c r="A152">
-        <v>179</v>
+        <v>184</v>
       </c>
       <c r="B152" t="s">
-        <v>510</v>
+        <v>465</v>
       </c>
       <c r="C152" s="1" t="s">
-        <v>511</v>
+        <v>462</v>
       </c>
       <c r="D152" s="1" t="s">
-        <v>512</v>
+        <v>314</v>
       </c>
       <c r="E152" s="1" t="s">
-        <v>513</v>
+        <v>528</v>
       </c>
       <c r="F152" t="s">
-        <v>514</v>
+        <v>501</v>
       </c>
     </row>
     <row r="153" spans="1:6">
       <c r="A153">
-        <v>179</v>
+        <v>183</v>
       </c>
       <c r="B153" t="s">
-        <v>515</v>
+        <v>529</v>
       </c>
       <c r="C153" s="1" t="s">
-        <v>516</v>
+        <v>530</v>
       </c>
       <c r="D153" s="1" t="s">
-        <v>517</v>
+        <v>531</v>
       </c>
       <c r="E153" s="1" t="s">
-        <v>518</v>
+        <v>532</v>
       </c>
       <c r="F153" t="s">
-        <v>519</v>
+        <v>533</v>
       </c>
     </row>
     <row r="154" spans="1:6">
       <c r="A154">
-        <v>178</v>
+        <v>183</v>
       </c>
       <c r="B154" t="s">
-        <v>520</v>
+        <v>534</v>
       </c>
       <c r="C154" s="1" t="s">
-        <v>521</v>
+        <v>462</v>
       </c>
       <c r="D154" s="1" t="s">
-        <v>522</v>
+        <v>317</v>
       </c>
       <c r="E154" s="1" t="s">
-        <v>523</v>
+        <v>535</v>
       </c>
       <c r="F154" t="s">
-        <v>524</v>
+        <v>501</v>
       </c>
     </row>
     <row r="155" spans="1:6">
       <c r="A155">
-        <v>178</v>
+        <v>182</v>
       </c>
       <c r="B155" t="s">
-        <v>525</v>
+        <v>536</v>
       </c>
       <c r="C155" s="1" t="s">
-        <v>177</v>
+        <v>537</v>
       </c>
       <c r="D155" s="1" t="s">
-        <v>187</v>
+        <v>238</v>
       </c>
       <c r="E155" s="1" t="s">
-        <v>526</v>
+        <v>538</v>
       </c>
       <c r="F155" t="s">
-        <v>527</v>
+        <v>539</v>
       </c>
     </row>
     <row r="156" spans="1:6">
       <c r="A156">
-        <v>177</v>
+        <v>182</v>
       </c>
       <c r="B156" t="s">
-        <v>528</v>
+        <v>491</v>
       </c>
       <c r="C156" s="1" t="s">
-        <v>529</v>
+        <v>484</v>
       </c>
       <c r="D156" s="1" t="s">
-        <v>530</v>
+        <v>314</v>
       </c>
       <c r="E156" s="1" t="s">
-        <v>531</v>
+        <v>540</v>
       </c>
       <c r="F156" t="s">
-        <v>532</v>
+        <v>501</v>
       </c>
     </row>
     <row r="157" spans="1:6">
       <c r="A157">
-        <v>177</v>
+        <v>181</v>
       </c>
       <c r="B157" t="s">
-        <v>216</v>
+        <v>493</v>
       </c>
       <c r="C157" s="1" t="s">
-        <v>169</v>
+        <v>484</v>
       </c>
       <c r="D157" s="1" t="s">
-        <v>187</v>
+        <v>317</v>
       </c>
       <c r="E157" s="1" t="s">
-        <v>533</v>
+        <v>541</v>
       </c>
       <c r="F157" t="s">
-        <v>527</v>
+        <v>501</v>
       </c>
     </row>
     <row r="158" spans="1:6">
       <c r="A158">
-        <v>176</v>
+        <v>180</v>
       </c>
       <c r="B158" t="s">
-        <v>534</v>
+        <v>542</v>
       </c>
       <c r="C158" s="1" t="s">
-        <v>535</v>
+        <v>543</v>
       </c>
       <c r="D158" s="1" t="s">
-        <v>238</v>
+        <v>544</v>
       </c>
       <c r="E158" s="1" t="s">
-        <v>536</v>
+        <v>545</v>
       </c>
       <c r="F158" t="s">
-        <v>537</v>
+        <v>546</v>
       </c>
     </row>
     <row r="159" spans="1:6">
       <c r="A159">
-        <v>176</v>
+        <v>180</v>
       </c>
       <c r="B159" t="s">
-        <v>213</v>
+        <v>483</v>
       </c>
       <c r="C159" s="1" t="s">
-        <v>174</v>
+        <v>484</v>
       </c>
       <c r="D159" s="1" t="s">
-        <v>187</v>
+        <v>229</v>
       </c>
       <c r="E159" s="1" t="s">
-        <v>538</v>
+        <v>547</v>
       </c>
       <c r="F159" t="s">
-        <v>527</v>
+        <v>501</v>
       </c>
     </row>
     <row r="160" spans="1:6">
       <c r="A160">
-        <v>175</v>
+        <v>179</v>
       </c>
       <c r="B160" t="s">
-        <v>539</v>
+        <v>548</v>
       </c>
       <c r="C160" s="1" t="s">
-        <v>174</v>
+        <v>549</v>
       </c>
       <c r="D160" s="1" t="s">
-        <v>540</v>
+        <v>550</v>
       </c>
       <c r="E160" s="1" t="s">
-        <v>541</v>
+        <v>551</v>
       </c>
       <c r="F160" t="s">
-        <v>542</v>
+        <v>552</v>
       </c>
     </row>
     <row r="161" spans="1:6">
       <c r="A161">
-        <v>174</v>
+        <v>179</v>
       </c>
       <c r="B161" t="s">
-        <v>543</v>
+        <v>553</v>
       </c>
       <c r="C161" s="1" t="s">
-        <v>177</v>
+        <v>554</v>
       </c>
       <c r="D161" s="1" t="s">
-        <v>540</v>
+        <v>555</v>
       </c>
       <c r="E161" s="1" t="s">
-        <v>544</v>
+        <v>556</v>
       </c>
       <c r="F161" t="s">
-        <v>542</v>
+        <v>557</v>
       </c>
     </row>
     <row r="162" spans="1:6">
       <c r="A162">
-        <v>173</v>
+        <v>178</v>
       </c>
       <c r="B162" t="s">
-        <v>545</v>
+        <v>558</v>
       </c>
       <c r="C162" s="1" t="s">
-        <v>169</v>
+        <v>559</v>
       </c>
       <c r="D162" s="1" t="s">
-        <v>540</v>
+        <v>560</v>
       </c>
       <c r="E162" s="1" t="s">
-        <v>546</v>
+        <v>561</v>
       </c>
       <c r="F162" t="s">
-        <v>542</v>
+        <v>562</v>
       </c>
     </row>
     <row r="163" spans="1:6">
       <c r="A163">
-        <v>172</v>
+        <v>178</v>
       </c>
       <c r="B163" t="s">
-        <v>525</v>
+        <v>563</v>
       </c>
       <c r="C163" s="1" t="s">
         <v>177</v>
       </c>
       <c r="D163" s="1" t="s">
         <v>187</v>
       </c>
       <c r="E163" s="1" t="s">
-        <v>547</v>
+        <v>564</v>
       </c>
       <c r="F163" t="s">
-        <v>542</v>
+        <v>565</v>
       </c>
     </row>
     <row r="164" spans="1:6">
       <c r="A164">
-        <v>171</v>
+        <v>177</v>
       </c>
       <c r="B164" t="s">
-        <v>213</v>
+        <v>566</v>
       </c>
       <c r="C164" s="1" t="s">
-        <v>174</v>
+        <v>567</v>
       </c>
       <c r="D164" s="1" t="s">
-        <v>187</v>
+        <v>568</v>
       </c>
       <c r="E164" s="1" t="s">
-        <v>548</v>
+        <v>569</v>
       </c>
       <c r="F164" t="s">
-        <v>542</v>
+        <v>570</v>
       </c>
     </row>
     <row r="165" spans="1:6">
       <c r="A165">
-        <v>170</v>
+        <v>177</v>
       </c>
       <c r="B165" t="s">
-        <v>549</v>
+        <v>216</v>
       </c>
       <c r="C165" s="1" t="s">
-        <v>550</v>
+        <v>169</v>
       </c>
       <c r="D165" s="1" t="s">
-        <v>551</v>
+        <v>187</v>
       </c>
       <c r="E165" s="1" t="s">
-        <v>552</v>
+        <v>571</v>
       </c>
       <c r="F165" t="s">
-        <v>553</v>
+        <v>565</v>
       </c>
     </row>
     <row r="166" spans="1:6">
       <c r="A166">
-        <v>170</v>
+        <v>176</v>
       </c>
       <c r="B166" t="s">
-        <v>216</v>
+        <v>572</v>
       </c>
       <c r="C166" s="1" t="s">
-        <v>169</v>
+        <v>573</v>
       </c>
       <c r="D166" s="1" t="s">
-        <v>187</v>
+        <v>238</v>
       </c>
       <c r="E166" s="1" t="s">
-        <v>554</v>
+        <v>574</v>
       </c>
       <c r="F166" t="s">
-        <v>542</v>
+        <v>575</v>
       </c>
     </row>
     <row r="167" spans="1:6">
       <c r="A167">
-        <v>169</v>
+        <v>176</v>
       </c>
       <c r="B167" t="s">
-        <v>555</v>
+        <v>213</v>
       </c>
       <c r="C167" s="1" t="s">
-        <v>556</v>
+        <v>174</v>
       </c>
       <c r="D167" s="1" t="s">
-        <v>557</v>
+        <v>187</v>
       </c>
       <c r="E167" s="1" t="s">
-        <v>558</v>
+        <v>576</v>
       </c>
       <c r="F167" t="s">
-        <v>559</v>
+        <v>565</v>
       </c>
     </row>
     <row r="168" spans="1:6">
       <c r="A168">
-        <v>169</v>
+        <v>175</v>
       </c>
       <c r="B168" t="s">
-        <v>560</v>
+        <v>577</v>
       </c>
       <c r="C168" s="1" t="s">
-        <v>561</v>
+        <v>174</v>
       </c>
       <c r="D168" s="1" t="s">
-        <v>262</v>
+        <v>578</v>
       </c>
       <c r="E168" s="1" t="s">
-        <v>562</v>
+        <v>579</v>
       </c>
       <c r="F168" t="s">
-        <v>563</v>
+        <v>580</v>
       </c>
     </row>
     <row r="169" spans="1:6">
       <c r="A169">
-        <v>168</v>
+        <v>174</v>
       </c>
       <c r="B169" t="s">
-        <v>564</v>
+        <v>581</v>
       </c>
       <c r="C169" s="1" t="s">
-        <v>565</v>
+        <v>177</v>
       </c>
       <c r="D169" s="1" t="s">
-        <v>566</v>
+        <v>578</v>
       </c>
       <c r="E169" s="1" t="s">
-        <v>567</v>
+        <v>582</v>
       </c>
       <c r="F169" t="s">
-        <v>568</v>
+        <v>580</v>
       </c>
     </row>
     <row r="170" spans="1:6">
       <c r="A170">
-        <v>168</v>
+        <v>173</v>
       </c>
       <c r="B170" t="s">
-        <v>569</v>
+        <v>583</v>
       </c>
       <c r="C170" s="1" t="s">
-        <v>570</v>
+        <v>169</v>
       </c>
       <c r="D170" s="1" t="s">
-        <v>566</v>
+        <v>578</v>
       </c>
       <c r="E170" s="1" t="s">
-        <v>571</v>
+        <v>584</v>
       </c>
       <c r="F170" t="s">
-        <v>568</v>
+        <v>580</v>
       </c>
     </row>
     <row r="171" spans="1:6">
       <c r="A171">
-        <v>168</v>
+        <v>172</v>
       </c>
       <c r="B171" t="s">
-        <v>572</v>
+        <v>563</v>
       </c>
       <c r="C171" s="1" t="s">
-        <v>573</v>
+        <v>177</v>
       </c>
       <c r="D171" s="1" t="s">
-        <v>566</v>
+        <v>187</v>
       </c>
       <c r="E171" s="1" t="s">
-        <v>574</v>
+        <v>585</v>
       </c>
       <c r="F171" t="s">
-        <v>568</v>
+        <v>580</v>
       </c>
     </row>
     <row r="172" spans="1:6">
       <c r="A172">
-        <v>168</v>
+        <v>172</v>
       </c>
       <c r="B172" t="s">
-        <v>575</v>
+        <v>586</v>
       </c>
       <c r="C172" s="1" t="s">
-        <v>576</v>
+        <v>587</v>
       </c>
       <c r="D172" s="1" t="s">
-        <v>566</v>
+        <v>287</v>
       </c>
       <c r="E172" s="1" t="s">
-        <v>577</v>
+        <v>588</v>
       </c>
       <c r="F172" t="s">
-        <v>578</v>
+        <v>589</v>
       </c>
     </row>
     <row r="173" spans="1:6">
       <c r="A173">
-        <v>168</v>
+        <v>171</v>
       </c>
       <c r="B173" t="s">
-        <v>579</v>
+        <v>213</v>
       </c>
       <c r="C173" s="1" t="s">
+        <v>174</v>
+      </c>
+      <c r="D173" s="1" t="s">
+        <v>187</v>
+      </c>
+      <c r="E173" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="F173" t="s">
         <v>580</v>
-      </c>
-[...7 lines deleted...]
-        <v>563</v>
       </c>
     </row>
     <row r="174" spans="1:6">
       <c r="A174">
-        <v>167</v>
+        <v>171</v>
       </c>
       <c r="B174" t="s">
-        <v>582</v>
+        <v>591</v>
       </c>
       <c r="C174" s="1" t="s">
-        <v>583</v>
+        <v>381</v>
       </c>
       <c r="D174" s="1" t="s">
-        <v>566</v>
+        <v>392</v>
       </c>
       <c r="E174" s="1" t="s">
-        <v>584</v>
+        <v>592</v>
       </c>
       <c r="F174" t="s">
-        <v>568</v>
+        <v>593</v>
       </c>
     </row>
     <row r="175" spans="1:6">
       <c r="A175">
-        <v>167</v>
+        <v>171</v>
       </c>
       <c r="B175" t="s">
-        <v>585</v>
+        <v>594</v>
       </c>
       <c r="C175" s="1" t="s">
-        <v>586</v>
+        <v>381</v>
       </c>
       <c r="D175" s="1" t="s">
-        <v>566</v>
+        <v>25</v>
       </c>
       <c r="E175" s="1" t="s">
-        <v>587</v>
+        <v>595</v>
       </c>
       <c r="F175" t="s">
-        <v>568</v>
+        <v>593</v>
       </c>
     </row>
     <row r="176" spans="1:6">
       <c r="A176">
-        <v>167</v>
+        <v>171</v>
       </c>
       <c r="B176" t="s">
-        <v>588</v>
+        <v>596</v>
       </c>
       <c r="C176" s="1" t="s">
-        <v>589</v>
+        <v>381</v>
       </c>
       <c r="D176" s="1" t="s">
-        <v>566</v>
+        <v>18</v>
       </c>
       <c r="E176" s="1" t="s">
-        <v>590</v>
+        <v>597</v>
       </c>
       <c r="F176" t="s">
-        <v>568</v>
+        <v>593</v>
       </c>
     </row>
     <row r="177" spans="1:6">
       <c r="A177">
-        <v>167</v>
+        <v>171</v>
       </c>
       <c r="B177" t="s">
-        <v>591</v>
+        <v>598</v>
       </c>
       <c r="C177" s="1" t="s">
-        <v>592</v>
+        <v>381</v>
       </c>
       <c r="D177" s="1" t="s">
-        <v>262</v>
+        <v>599</v>
       </c>
       <c r="E177" s="1" t="s">
-        <v>593</v>
+        <v>600</v>
       </c>
       <c r="F177" t="s">
-        <v>563</v>
+        <v>601</v>
       </c>
     </row>
     <row r="178" spans="1:6">
       <c r="A178">
-        <v>166</v>
+        <v>171</v>
       </c>
       <c r="B178" t="s">
-        <v>594</v>
+        <v>602</v>
       </c>
       <c r="C178" s="1" t="s">
-        <v>595</v>
+        <v>381</v>
       </c>
       <c r="D178" s="1" t="s">
-        <v>596</v>
+        <v>603</v>
       </c>
       <c r="E178" s="1" t="s">
-        <v>597</v>
+        <v>604</v>
       </c>
       <c r="F178" t="s">
-        <v>598</v>
+        <v>605</v>
       </c>
     </row>
     <row r="179" spans="1:6">
       <c r="A179">
-        <v>165</v>
+        <v>170</v>
       </c>
       <c r="B179" t="s">
-        <v>599</v>
+        <v>606</v>
       </c>
       <c r="C179" s="1" t="s">
-        <v>600</v>
+        <v>607</v>
       </c>
       <c r="D179" s="1" t="s">
-        <v>601</v>
+        <v>608</v>
       </c>
       <c r="E179" s="1" t="s">
-        <v>602</v>
+        <v>609</v>
       </c>
       <c r="F179" t="s">
-        <v>603</v>
+        <v>610</v>
       </c>
     </row>
     <row r="180" spans="1:6">
       <c r="A180">
-        <v>165</v>
+        <v>170</v>
       </c>
       <c r="B180" t="s">
-        <v>604</v>
+        <v>216</v>
       </c>
       <c r="C180" s="1" t="s">
-        <v>605</v>
+        <v>169</v>
       </c>
       <c r="D180" s="1" t="s">
-        <v>606</v>
+        <v>187</v>
       </c>
       <c r="E180" s="1" t="s">
-        <v>607</v>
+        <v>611</v>
       </c>
       <c r="F180" t="s">
-        <v>608</v>
+        <v>580</v>
       </c>
     </row>
     <row r="181" spans="1:6">
       <c r="A181">
-        <v>164</v>
+        <v>169</v>
       </c>
       <c r="B181" t="s">
-        <v>609</v>
+        <v>612</v>
       </c>
       <c r="C181" s="1" t="s">
-        <v>610</v>
+        <v>613</v>
       </c>
       <c r="D181" s="1" t="s">
-        <v>611</v>
+        <v>614</v>
       </c>
       <c r="E181" s="1" t="s">
-        <v>612</v>
+        <v>615</v>
       </c>
       <c r="F181" t="s">
-        <v>613</v>
+        <v>616</v>
       </c>
     </row>
     <row r="182" spans="1:6">
       <c r="A182">
-        <v>164</v>
+        <v>169</v>
       </c>
       <c r="B182" t="s">
-        <v>614</v>
+        <v>617</v>
       </c>
       <c r="C182" s="1" t="s">
-        <v>615</v>
+        <v>618</v>
       </c>
       <c r="D182" s="1" t="s">
-        <v>611</v>
+        <v>262</v>
       </c>
       <c r="E182" s="1" t="s">
-        <v>616</v>
+        <v>619</v>
       </c>
       <c r="F182" t="s">
-        <v>613</v>
+        <v>620</v>
       </c>
     </row>
     <row r="183" spans="1:6">
       <c r="A183">
-        <v>164</v>
+        <v>168</v>
       </c>
       <c r="B183" t="s">
-        <v>617</v>
+        <v>621</v>
       </c>
       <c r="C183" s="1" t="s">
-        <v>618</v>
+        <v>622</v>
       </c>
       <c r="D183" s="1" t="s">
-        <v>611</v>
+        <v>623</v>
       </c>
       <c r="E183" s="1" t="s">
-        <v>619</v>
+        <v>624</v>
       </c>
       <c r="F183" t="s">
-        <v>613</v>
+        <v>625</v>
       </c>
     </row>
     <row r="184" spans="1:6">
       <c r="A184">
-        <v>164</v>
+        <v>168</v>
       </c>
       <c r="B184" t="s">
-        <v>620</v>
+        <v>626</v>
       </c>
       <c r="C184" s="1" t="s">
-        <v>621</v>
+        <v>627</v>
       </c>
       <c r="D184" s="1" t="s">
-        <v>611</v>
+        <v>623</v>
       </c>
       <c r="E184" s="1" t="s">
-        <v>622</v>
+        <v>628</v>
       </c>
       <c r="F184" t="s">
-        <v>623</v>
+        <v>625</v>
       </c>
     </row>
     <row r="185" spans="1:6">
       <c r="A185">
-        <v>164</v>
+        <v>168</v>
       </c>
       <c r="B185" t="s">
-        <v>624</v>
+        <v>629</v>
       </c>
       <c r="C185" s="1" t="s">
+        <v>630</v>
+      </c>
+      <c r="D185" s="1" t="s">
+        <v>623</v>
+      </c>
+      <c r="E185" s="1" t="s">
+        <v>631</v>
+      </c>
+      <c r="F185" t="s">
         <v>625</v>
-      </c>
-[...7 lines deleted...]
-        <v>628</v>
       </c>
     </row>
     <row r="186" spans="1:6">
       <c r="A186">
-        <v>163</v>
+        <v>168</v>
       </c>
       <c r="B186" t="s">
-        <v>629</v>
+        <v>632</v>
       </c>
       <c r="C186" s="1" t="s">
-        <v>630</v>
+        <v>633</v>
       </c>
       <c r="D186" s="1" t="s">
-        <v>282</v>
+        <v>623</v>
       </c>
       <c r="E186" s="1" t="s">
-        <v>631</v>
+        <v>634</v>
       </c>
       <c r="F186" t="s">
-        <v>632</v>
+        <v>635</v>
       </c>
     </row>
     <row r="187" spans="1:6">
       <c r="A187">
-        <v>163</v>
+        <v>168</v>
       </c>
       <c r="B187" t="s">
-        <v>633</v>
+        <v>636</v>
       </c>
       <c r="C187" s="1" t="s">
-        <v>634</v>
+        <v>637</v>
       </c>
       <c r="D187" s="1" t="s">
-        <v>626</v>
+        <v>262</v>
       </c>
       <c r="E187" s="1" t="s">
-        <v>635</v>
+        <v>638</v>
       </c>
       <c r="F187" t="s">
-        <v>628</v>
+        <v>620</v>
       </c>
     </row>
     <row r="188" spans="1:6">
       <c r="A188">
-        <v>162</v>
+        <v>167</v>
       </c>
       <c r="B188" t="s">
-        <v>636</v>
+        <v>639</v>
       </c>
       <c r="C188" s="1" t="s">
-        <v>637</v>
+        <v>640</v>
       </c>
       <c r="D188" s="1" t="s">
-        <v>638</v>
+        <v>623</v>
       </c>
       <c r="E188" s="1" t="s">
-        <v>639</v>
+        <v>641</v>
       </c>
       <c r="F188" t="s">
-        <v>640</v>
+        <v>625</v>
       </c>
     </row>
     <row r="189" spans="1:6">
       <c r="A189">
-        <v>162</v>
+        <v>167</v>
       </c>
       <c r="B189" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
       <c r="C189" s="1" t="s">
-        <v>580</v>
+        <v>643</v>
       </c>
       <c r="D189" s="1" t="s">
-        <v>638</v>
+        <v>623</v>
       </c>
       <c r="E189" s="1" t="s">
-        <v>642</v>
+        <v>644</v>
       </c>
       <c r="F189" t="s">
-        <v>640</v>
+        <v>625</v>
       </c>
     </row>
     <row r="190" spans="1:6">
       <c r="A190">
-        <v>162</v>
+        <v>167</v>
       </c>
       <c r="B190" t="s">
-        <v>643</v>
+        <v>645</v>
       </c>
       <c r="C190" s="1" t="s">
-        <v>592</v>
+        <v>646</v>
       </c>
       <c r="D190" s="1" t="s">
-        <v>638</v>
+        <v>623</v>
       </c>
       <c r="E190" s="1" t="s">
-        <v>644</v>
+        <v>647</v>
       </c>
       <c r="F190" t="s">
-        <v>640</v>
+        <v>625</v>
       </c>
     </row>
     <row r="191" spans="1:6">
       <c r="A191">
-        <v>162</v>
+        <v>167</v>
       </c>
       <c r="B191" t="s">
-        <v>645</v>
+        <v>648</v>
       </c>
       <c r="C191" s="1" t="s">
-        <v>646</v>
+        <v>649</v>
       </c>
       <c r="D191" s="1" t="s">
-        <v>638</v>
+        <v>262</v>
       </c>
       <c r="E191" s="1" t="s">
-        <v>647</v>
+        <v>650</v>
       </c>
       <c r="F191" t="s">
-        <v>648</v>
+        <v>620</v>
       </c>
     </row>
     <row r="192" spans="1:6">
       <c r="A192">
-        <v>162</v>
+        <v>167</v>
       </c>
       <c r="B192" t="s">
-        <v>649</v>
+        <v>651</v>
       </c>
       <c r="C192" s="1" t="s">
-        <v>650</v>
+        <v>652</v>
       </c>
       <c r="D192" s="1" t="s">
-        <v>626</v>
+        <v>623</v>
       </c>
       <c r="E192" s="1" t="s">
-        <v>651</v>
+        <v>653</v>
       </c>
       <c r="F192" t="s">
-        <v>628</v>
+        <v>635</v>
       </c>
     </row>
     <row r="193" spans="1:6">
       <c r="A193">
-        <v>161</v>
+        <v>166</v>
       </c>
       <c r="B193" t="s">
-        <v>652</v>
+        <v>654</v>
       </c>
       <c r="C193" s="1" t="s">
-        <v>653</v>
+        <v>655</v>
       </c>
       <c r="D193" s="1" t="s">
-        <v>654</v>
+        <v>656</v>
       </c>
       <c r="E193" s="1" t="s">
-        <v>655</v>
+        <v>657</v>
       </c>
       <c r="F193" t="s">
-        <v>656</v>
+        <v>658</v>
       </c>
     </row>
     <row r="194" spans="1:6">
       <c r="A194">
-        <v>161</v>
+        <v>166</v>
       </c>
       <c r="B194" t="s">
-        <v>657</v>
+        <v>659</v>
       </c>
       <c r="C194" s="1" t="s">
-        <v>625</v>
+        <v>655</v>
       </c>
       <c r="D194" s="1" t="s">
+        <v>660</v>
+      </c>
+      <c r="E194" s="1" t="s">
+        <v>661</v>
+      </c>
+      <c r="F194" t="s">
         <v>658</v>
-      </c>
-[...4 lines deleted...]
-        <v>628</v>
       </c>
     </row>
     <row r="195" spans="1:6">
       <c r="A195">
-        <v>160</v>
+        <v>166</v>
       </c>
       <c r="B195" t="s">
-        <v>660</v>
+        <v>662</v>
       </c>
       <c r="C195" s="1" t="s">
-        <v>661</v>
+        <v>655</v>
       </c>
       <c r="D195" s="1" t="s">
-        <v>662</v>
+        <v>355</v>
       </c>
       <c r="E195" s="1" t="s">
         <v>663</v>
       </c>
       <c r="F195" t="s">
-        <v>664</v>
+        <v>658</v>
       </c>
     </row>
     <row r="196" spans="1:6">
       <c r="A196">
-        <v>160</v>
+        <v>166</v>
       </c>
       <c r="B196" t="s">
+        <v>664</v>
+      </c>
+      <c r="C196" s="1" t="s">
         <v>665</v>
       </c>
-      <c r="C196" s="1" t="s">
+      <c r="D196" s="1" t="s">
+        <v>656</v>
+      </c>
+      <c r="E196" s="1" t="s">
         <v>666</v>
       </c>
-      <c r="D196" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F196" t="s">
-        <v>664</v>
+        <v>658</v>
       </c>
     </row>
     <row r="197" spans="1:6">
       <c r="A197">
-        <v>160</v>
+        <v>166</v>
       </c>
       <c r="B197" t="s">
+        <v>667</v>
+      </c>
+      <c r="C197" s="1" t="s">
+        <v>665</v>
+      </c>
+      <c r="D197" s="1" t="s">
+        <v>355</v>
+      </c>
+      <c r="E197" s="1" t="s">
         <v>668</v>
       </c>
-      <c r="C197" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D197" s="1" t="s">
+      <c r="F197" t="s">
         <v>658</v>
-      </c>
-[...4 lines deleted...]
-        <v>628</v>
       </c>
     </row>
     <row r="198" spans="1:6">
       <c r="A198">
-        <v>159</v>
+        <v>166</v>
       </c>
       <c r="B198" t="s">
+        <v>669</v>
+      </c>
+      <c r="C198" s="1" t="s">
+        <v>665</v>
+      </c>
+      <c r="D198" s="1" t="s">
         <v>670</v>
       </c>
-      <c r="C198" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D198" s="1" t="s">
+      <c r="E198" s="1" t="s">
         <v>671</v>
       </c>
-      <c r="E198" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F198" t="s">
-        <v>673</v>
+        <v>658</v>
       </c>
     </row>
     <row r="199" spans="1:6">
       <c r="A199">
-        <v>159</v>
+        <v>166</v>
       </c>
       <c r="B199" t="s">
-        <v>674</v>
+        <v>672</v>
       </c>
       <c r="C199" s="1" t="s">
-        <v>650</v>
+        <v>655</v>
       </c>
       <c r="D199" s="1" t="s">
+        <v>670</v>
+      </c>
+      <c r="E199" s="1" t="s">
+        <v>673</v>
+      </c>
+      <c r="F199" t="s">
         <v>658</v>
-      </c>
-[...4 lines deleted...]
-        <v>628</v>
       </c>
     </row>
     <row r="200" spans="1:6">
       <c r="A200">
-        <v>158</v>
+        <v>166</v>
       </c>
       <c r="B200" t="s">
+        <v>674</v>
+      </c>
+      <c r="C200" s="1" t="s">
+        <v>675</v>
+      </c>
+      <c r="D200" s="1" t="s">
         <v>676</v>
       </c>
-      <c r="C200" s="1" t="s">
+      <c r="E200" s="1" t="s">
         <v>677</v>
       </c>
-      <c r="D200" s="1" t="s">
+      <c r="F200" t="s">
         <v>678</v>
-      </c>
-[...4 lines deleted...]
-        <v>680</v>
       </c>
     </row>
     <row r="201" spans="1:6">
       <c r="A201">
-        <v>158</v>
+        <v>166</v>
       </c>
       <c r="B201" t="s">
+        <v>679</v>
+      </c>
+      <c r="C201" s="1" t="s">
+        <v>680</v>
+      </c>
+      <c r="D201" s="1" t="s">
+        <v>660</v>
+      </c>
+      <c r="E201" s="1" t="s">
         <v>681</v>
       </c>
-      <c r="C201" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F201" t="s">
-        <v>680</v>
+        <v>658</v>
       </c>
     </row>
     <row r="202" spans="1:6">
       <c r="A202">
-        <v>158</v>
+        <v>166</v>
       </c>
       <c r="B202" t="s">
-        <v>684</v>
+        <v>682</v>
       </c>
       <c r="C202" s="1" t="s">
-        <v>685</v>
+        <v>680</v>
       </c>
       <c r="D202" s="1" t="s">
-        <v>678</v>
+        <v>355</v>
       </c>
       <c r="E202" s="1" t="s">
-        <v>686</v>
+        <v>683</v>
       </c>
       <c r="F202" t="s">
-        <v>680</v>
+        <v>658</v>
       </c>
     </row>
     <row r="203" spans="1:6">
       <c r="A203">
-        <v>158</v>
+        <v>166</v>
       </c>
       <c r="B203" t="s">
-        <v>687</v>
+        <v>684</v>
       </c>
       <c r="C203" s="1" t="s">
-        <v>688</v>
+        <v>680</v>
       </c>
       <c r="D203" s="1" t="s">
-        <v>678</v>
+        <v>656</v>
       </c>
       <c r="E203" s="1" t="s">
-        <v>689</v>
+        <v>685</v>
       </c>
       <c r="F203" t="s">
-        <v>680</v>
+        <v>658</v>
       </c>
     </row>
     <row r="204" spans="1:6">
       <c r="A204">
-        <v>158</v>
+        <v>165</v>
       </c>
       <c r="B204" t="s">
+        <v>686</v>
+      </c>
+      <c r="C204" s="1" t="s">
+        <v>687</v>
+      </c>
+      <c r="D204" s="1" t="s">
+        <v>688</v>
+      </c>
+      <c r="E204" s="1" t="s">
+        <v>689</v>
+      </c>
+      <c r="F204" t="s">
         <v>690</v>
-      </c>
-[...10 lines deleted...]
-        <v>693</v>
       </c>
     </row>
     <row r="205" spans="1:6">
       <c r="A205">
-        <v>158</v>
+        <v>165</v>
       </c>
       <c r="B205" t="s">
+        <v>691</v>
+      </c>
+      <c r="C205" s="1" t="s">
+        <v>692</v>
+      </c>
+      <c r="D205" s="1" t="s">
+        <v>693</v>
+      </c>
+      <c r="E205" s="1" t="s">
         <v>694</v>
       </c>
-      <c r="C205" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D205" s="1" t="s">
+      <c r="F205" t="s">
         <v>695</v>
-      </c>
-[...4 lines deleted...]
-        <v>628</v>
       </c>
     </row>
     <row r="206" spans="1:6">
       <c r="A206">
-        <v>157</v>
+        <v>164</v>
       </c>
       <c r="B206" t="s">
+        <v>696</v>
+      </c>
+      <c r="C206" s="1" t="s">
         <v>697</v>
       </c>
-      <c r="C206" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D206" s="1" t="s">
-        <v>695</v>
+        <v>698</v>
       </c>
       <c r="E206" s="1" t="s">
-        <v>698</v>
+        <v>699</v>
       </c>
       <c r="F206" t="s">
-        <v>628</v>
+        <v>700</v>
       </c>
     </row>
     <row r="207" spans="1:6">
       <c r="A207">
-        <v>156</v>
+        <v>164</v>
       </c>
       <c r="B207" t="s">
-        <v>699</v>
+        <v>701</v>
       </c>
       <c r="C207" s="1" t="s">
+        <v>702</v>
+      </c>
+      <c r="D207" s="1" t="s">
+        <v>698</v>
+      </c>
+      <c r="E207" s="1" t="s">
+        <v>703</v>
+      </c>
+      <c r="F207" t="s">
         <v>700</v>
-      </c>
-[...7 lines deleted...]
-        <v>703</v>
       </c>
     </row>
     <row r="208" spans="1:6">
       <c r="A208">
-        <v>156</v>
+        <v>164</v>
       </c>
       <c r="B208" t="s">
         <v>704</v>
       </c>
       <c r="C208" s="1" t="s">
         <v>705</v>
       </c>
       <c r="D208" s="1" t="s">
-        <v>701</v>
+        <v>698</v>
       </c>
       <c r="E208" s="1" t="s">
         <v>706</v>
       </c>
       <c r="F208" t="s">
-        <v>703</v>
+        <v>700</v>
       </c>
     </row>
     <row r="209" spans="1:6">
       <c r="A209">
-        <v>156</v>
+        <v>164</v>
       </c>
       <c r="B209" t="s">
         <v>707</v>
       </c>
       <c r="C209" s="1" t="s">
         <v>708</v>
       </c>
       <c r="D209" s="1" t="s">
-        <v>701</v>
+        <v>698</v>
       </c>
       <c r="E209" s="1" t="s">
         <v>709</v>
       </c>
       <c r="F209" t="s">
-        <v>703</v>
+        <v>710</v>
       </c>
     </row>
     <row r="210" spans="1:6">
       <c r="A210">
-        <v>156</v>
+        <v>164</v>
       </c>
       <c r="B210" t="s">
-        <v>710</v>
+        <v>711</v>
       </c>
       <c r="C210" s="1" t="s">
-        <v>650</v>
+        <v>712</v>
       </c>
       <c r="D210" s="1" t="s">
-        <v>695</v>
+        <v>713</v>
       </c>
       <c r="E210" s="1" t="s">
-        <v>711</v>
+        <v>714</v>
       </c>
       <c r="F210" t="s">
-        <v>628</v>
+        <v>715</v>
       </c>
     </row>
     <row r="211" spans="1:6">
       <c r="A211">
-        <v>155</v>
+        <v>163</v>
       </c>
       <c r="B211" t="s">
-        <v>712</v>
+        <v>716</v>
       </c>
       <c r="C211" s="1" t="s">
-        <v>713</v>
+        <v>717</v>
       </c>
       <c r="D211" s="1" t="s">
-        <v>557</v>
+        <v>282</v>
       </c>
       <c r="E211" s="1" t="s">
-        <v>714</v>
+        <v>718</v>
       </c>
       <c r="F211" t="s">
-        <v>715</v>
+        <v>719</v>
       </c>
     </row>
     <row r="212" spans="1:6">
       <c r="A212">
-        <v>155</v>
+        <v>163</v>
       </c>
       <c r="B212" t="s">
-        <v>716</v>
+        <v>720</v>
       </c>
       <c r="C212" s="1" t="s">
-        <v>625</v>
+        <v>721</v>
       </c>
       <c r="D212" s="1" t="s">
-        <v>717</v>
+        <v>713</v>
       </c>
       <c r="E212" s="1" t="s">
-        <v>718</v>
+        <v>722</v>
       </c>
       <c r="F212" t="s">
-        <v>628</v>
+        <v>715</v>
       </c>
     </row>
     <row r="213" spans="1:6">
       <c r="A213">
-        <v>154</v>
+        <v>162</v>
       </c>
       <c r="B213" t="s">
-        <v>719</v>
+        <v>723</v>
       </c>
       <c r="C213" s="1" t="s">
-        <v>720</v>
+        <v>724</v>
       </c>
       <c r="D213" s="1" t="s">
-        <v>721</v>
+        <v>725</v>
       </c>
       <c r="E213" s="1" t="s">
-        <v>722</v>
+        <v>726</v>
       </c>
       <c r="F213" t="s">
-        <v>723</v>
+        <v>727</v>
       </c>
     </row>
     <row r="214" spans="1:6">
       <c r="A214">
-        <v>154</v>
+        <v>162</v>
       </c>
       <c r="B214" t="s">
-        <v>724</v>
+        <v>728</v>
       </c>
       <c r="C214" s="1" t="s">
-        <v>634</v>
+        <v>637</v>
       </c>
       <c r="D214" s="1" t="s">
-        <v>717</v>
+        <v>725</v>
       </c>
       <c r="E214" s="1" t="s">
-        <v>725</v>
+        <v>729</v>
       </c>
       <c r="F214" t="s">
-        <v>628</v>
+        <v>727</v>
       </c>
     </row>
     <row r="215" spans="1:6">
       <c r="A215">
-        <v>153</v>
+        <v>162</v>
       </c>
       <c r="B215" t="s">
-        <v>726</v>
+        <v>730</v>
       </c>
       <c r="C215" s="1" t="s">
+        <v>649</v>
+      </c>
+      <c r="D215" s="1" t="s">
+        <v>725</v>
+      </c>
+      <c r="E215" s="1" t="s">
+        <v>731</v>
+      </c>
+      <c r="F215" t="s">
         <v>727</v>
-      </c>
-[...7 lines deleted...]
-        <v>730</v>
       </c>
     </row>
     <row r="216" spans="1:6">
       <c r="A216">
-        <v>153</v>
+        <v>162</v>
       </c>
       <c r="B216" t="s">
-        <v>731</v>
+        <v>732</v>
       </c>
       <c r="C216" s="1" t="s">
-        <v>650</v>
+        <v>733</v>
       </c>
       <c r="D216" s="1" t="s">
-        <v>717</v>
+        <v>725</v>
       </c>
       <c r="E216" s="1" t="s">
-        <v>732</v>
+        <v>734</v>
       </c>
       <c r="F216" t="s">
-        <v>628</v>
+        <v>735</v>
       </c>
     </row>
     <row r="217" spans="1:6">
       <c r="A217">
-        <v>152</v>
+        <v>162</v>
       </c>
       <c r="B217" t="s">
-        <v>733</v>
+        <v>736</v>
       </c>
       <c r="C217" s="1" t="s">
-        <v>625</v>
+        <v>737</v>
       </c>
       <c r="D217" s="1" t="s">
-        <v>734</v>
+        <v>713</v>
       </c>
       <c r="E217" s="1" t="s">
-        <v>735</v>
+        <v>738</v>
       </c>
       <c r="F217" t="s">
-        <v>628</v>
+        <v>715</v>
       </c>
     </row>
     <row r="218" spans="1:6">
       <c r="A218">
-        <v>151</v>
+        <v>161</v>
       </c>
       <c r="B218" t="s">
-        <v>736</v>
+        <v>739</v>
       </c>
       <c r="C218" s="1" t="s">
-        <v>634</v>
+        <v>740</v>
       </c>
       <c r="D218" s="1" t="s">
-        <v>734</v>
+        <v>741</v>
       </c>
       <c r="E218" s="1" t="s">
-        <v>737</v>
+        <v>742</v>
       </c>
       <c r="F218" t="s">
-        <v>628</v>
+        <v>743</v>
       </c>
     </row>
     <row r="219" spans="1:6">
       <c r="A219">
-        <v>150</v>
+        <v>161</v>
       </c>
       <c r="B219" t="s">
-        <v>738</v>
+        <v>744</v>
       </c>
       <c r="C219" s="1" t="s">
-        <v>739</v>
+        <v>712</v>
       </c>
       <c r="D219" s="1" t="s">
-        <v>282</v>
+        <v>745</v>
       </c>
       <c r="E219" s="1" t="s">
-        <v>740</v>
+        <v>746</v>
       </c>
       <c r="F219" t="s">
-        <v>741</v>
+        <v>715</v>
       </c>
     </row>
     <row r="220" spans="1:6">
       <c r="A220">
-        <v>150</v>
+        <v>160</v>
       </c>
       <c r="B220" t="s">
-        <v>742</v>
+        <v>747</v>
       </c>
       <c r="C220" s="1" t="s">
-        <v>650</v>
+        <v>748</v>
       </c>
       <c r="D220" s="1" t="s">
-        <v>734</v>
+        <v>749</v>
       </c>
       <c r="E220" s="1" t="s">
-        <v>743</v>
+        <v>750</v>
       </c>
       <c r="F220" t="s">
-        <v>628</v>
+        <v>751</v>
       </c>
     </row>
     <row r="221" spans="1:6">
       <c r="A221">
-        <v>147</v>
+        <v>160</v>
       </c>
       <c r="B221" t="s">
-        <v>744</v>
+        <v>752</v>
       </c>
       <c r="C221" s="1" t="s">
-        <v>745</v>
+        <v>753</v>
       </c>
       <c r="D221" s="1" t="s">
-        <v>746</v>
+        <v>749</v>
       </c>
       <c r="E221" s="1" t="s">
-        <v>747</v>
+        <v>754</v>
       </c>
       <c r="F221" t="s">
-        <v>748</v>
+        <v>751</v>
       </c>
     </row>
     <row r="222" spans="1:6">
       <c r="A222">
-        <v>147</v>
+        <v>160</v>
       </c>
       <c r="B222" t="s">
-        <v>749</v>
+        <v>755</v>
       </c>
       <c r="C222" s="1" t="s">
-        <v>750</v>
+        <v>721</v>
       </c>
       <c r="D222" s="1" t="s">
-        <v>751</v>
+        <v>745</v>
       </c>
       <c r="E222" s="1" t="s">
-        <v>752</v>
+        <v>756</v>
       </c>
       <c r="F222" t="s">
-        <v>753</v>
+        <v>715</v>
       </c>
     </row>
     <row r="223" spans="1:6">
       <c r="A223">
-        <v>146</v>
+        <v>159</v>
       </c>
       <c r="B223" t="s">
-        <v>754</v>
+        <v>757</v>
       </c>
       <c r="C223" s="1" t="s">
-        <v>755</v>
+        <v>442</v>
       </c>
       <c r="D223" s="1" t="s">
-        <v>756</v>
+        <v>758</v>
       </c>
       <c r="E223" s="1" t="s">
-        <v>757</v>
+        <v>759</v>
       </c>
       <c r="F223" t="s">
-        <v>758</v>
+        <v>760</v>
       </c>
     </row>
     <row r="224" spans="1:6">
       <c r="A224">
-        <v>146</v>
+        <v>159</v>
       </c>
       <c r="B224" t="s">
-        <v>759</v>
+        <v>761</v>
       </c>
       <c r="C224" s="1" t="s">
-        <v>755</v>
+        <v>737</v>
       </c>
       <c r="D224" s="1" t="s">
-        <v>314</v>
+        <v>745</v>
       </c>
       <c r="E224" s="1" t="s">
-        <v>760</v>
+        <v>762</v>
       </c>
       <c r="F224" t="s">
-        <v>758</v>
+        <v>715</v>
       </c>
     </row>
     <row r="225" spans="1:6">
       <c r="A225">
-        <v>146</v>
+        <v>158</v>
       </c>
       <c r="B225" t="s">
-        <v>761</v>
+        <v>763</v>
       </c>
       <c r="C225" s="1" t="s">
-        <v>755</v>
+        <v>764</v>
       </c>
       <c r="D225" s="1" t="s">
-        <v>762</v>
+        <v>765</v>
       </c>
       <c r="E225" s="1" t="s">
-        <v>763</v>
+        <v>766</v>
       </c>
       <c r="F225" t="s">
-        <v>758</v>
+        <v>767</v>
       </c>
     </row>
     <row r="226" spans="1:6">
       <c r="A226">
-        <v>146</v>
+        <v>158</v>
       </c>
       <c r="B226" t="s">
-        <v>764</v>
+        <v>768</v>
       </c>
       <c r="C226" s="1" t="s">
+        <v>769</v>
+      </c>
+      <c r="D226" s="1" t="s">
         <v>765</v>
       </c>
-      <c r="D226" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E226" s="1" t="s">
+        <v>770</v>
+      </c>
+      <c r="F226" t="s">
         <v>767</v>
-      </c>
-[...1 lines deleted...]
-        <v>768</v>
       </c>
     </row>
     <row r="227" spans="1:6">
       <c r="A227">
-        <v>145</v>
+        <v>158</v>
       </c>
       <c r="B227" t="s">
-        <v>769</v>
+        <v>771</v>
       </c>
       <c r="C227" s="1" t="s">
-        <v>770</v>
+        <v>772</v>
       </c>
       <c r="D227" s="1" t="s">
-        <v>771</v>
+        <v>765</v>
       </c>
       <c r="E227" s="1" t="s">
-        <v>772</v>
+        <v>773</v>
       </c>
       <c r="F227" t="s">
-        <v>773</v>
+        <v>767</v>
       </c>
     </row>
     <row r="228" spans="1:6">
       <c r="A228">
-        <v>144</v>
+        <v>158</v>
       </c>
       <c r="B228" t="s">
         <v>774</v>
       </c>
       <c r="C228" s="1" t="s">
         <v>775</v>
       </c>
       <c r="D228" s="1" t="s">
+        <v>765</v>
+      </c>
+      <c r="E228" s="1" t="s">
         <v>776</v>
       </c>
-      <c r="E228" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F228" t="s">
-        <v>778</v>
+        <v>767</v>
       </c>
     </row>
     <row r="229" spans="1:6">
       <c r="A229">
-        <v>143</v>
+        <v>158</v>
       </c>
       <c r="B229" t="s">
+        <v>777</v>
+      </c>
+      <c r="C229" s="1" t="s">
+        <v>778</v>
+      </c>
+      <c r="D229" s="1" t="s">
+        <v>765</v>
+      </c>
+      <c r="E229" s="1" t="s">
         <v>779</v>
       </c>
-      <c r="C229" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D229" s="1" t="s">
+      <c r="F229" t="s">
         <v>780</v>
-      </c>
-[...4 lines deleted...]
-        <v>782</v>
       </c>
     </row>
     <row r="230" spans="1:6">
       <c r="A230">
-        <v>142</v>
+        <v>158</v>
       </c>
       <c r="B230" t="s">
+        <v>781</v>
+      </c>
+      <c r="C230" s="1" t="s">
+        <v>712</v>
+      </c>
+      <c r="D230" s="1" t="s">
+        <v>782</v>
+      </c>
+      <c r="E230" s="1" t="s">
         <v>783</v>
       </c>
-      <c r="C230" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F230" t="s">
-        <v>786</v>
+        <v>715</v>
       </c>
     </row>
     <row r="231" spans="1:6">
       <c r="A231">
-        <v>142</v>
+        <v>157</v>
       </c>
       <c r="B231" t="s">
-        <v>787</v>
+        <v>784</v>
       </c>
       <c r="C231" s="1" t="s">
-        <v>784</v>
+        <v>721</v>
       </c>
       <c r="D231" s="1" t="s">
-        <v>317</v>
+        <v>782</v>
       </c>
       <c r="E231" s="1" t="s">
-        <v>788</v>
+        <v>785</v>
       </c>
       <c r="F231" t="s">
-        <v>786</v>
+        <v>715</v>
       </c>
     </row>
     <row r="232" spans="1:6">
       <c r="A232">
-        <v>142</v>
+        <v>156</v>
       </c>
       <c r="B232" t="s">
+        <v>786</v>
+      </c>
+      <c r="C232" s="1" t="s">
+        <v>787</v>
+      </c>
+      <c r="D232" s="1" t="s">
+        <v>788</v>
+      </c>
+      <c r="E232" s="1" t="s">
         <v>789</v>
       </c>
-      <c r="C232" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E232" s="1" t="s">
+      <c r="F232" t="s">
         <v>790</v>
-      </c>
-[...1 lines deleted...]
-        <v>786</v>
       </c>
     </row>
     <row r="233" spans="1:6">
       <c r="A233">
-        <v>142</v>
+        <v>156</v>
       </c>
       <c r="B233" t="s">
         <v>791</v>
       </c>
       <c r="C233" s="1" t="s">
         <v>792</v>
       </c>
       <c r="D233" s="1" t="s">
-        <v>392</v>
+        <v>788</v>
       </c>
       <c r="E233" s="1" t="s">
         <v>793</v>
       </c>
       <c r="F233" t="s">
-        <v>786</v>
+        <v>790</v>
       </c>
     </row>
     <row r="234" spans="1:6">
       <c r="A234">
-        <v>142</v>
+        <v>156</v>
       </c>
       <c r="B234" t="s">
         <v>794</v>
       </c>
       <c r="C234" s="1" t="s">
-        <v>784</v>
+        <v>795</v>
       </c>
       <c r="D234" s="1" t="s">
-        <v>392</v>
+        <v>788</v>
       </c>
       <c r="E234" s="1" t="s">
-        <v>795</v>
+        <v>796</v>
       </c>
       <c r="F234" t="s">
-        <v>786</v>
+        <v>790</v>
       </c>
     </row>
     <row r="235" spans="1:6">
       <c r="A235">
-        <v>142</v>
+        <v>156</v>
       </c>
       <c r="B235" t="s">
-        <v>796</v>
+        <v>797</v>
       </c>
       <c r="C235" s="1" t="s">
-        <v>792</v>
+        <v>737</v>
       </c>
       <c r="D235" s="1" t="s">
-        <v>25</v>
+        <v>782</v>
       </c>
       <c r="E235" s="1" t="s">
-        <v>797</v>
+        <v>798</v>
       </c>
       <c r="F235" t="s">
-        <v>786</v>
+        <v>715</v>
       </c>
     </row>
     <row r="236" spans="1:6">
       <c r="A236">
-        <v>142</v>
+        <v>155</v>
       </c>
       <c r="B236" t="s">
-        <v>798</v>
+        <v>799</v>
       </c>
       <c r="C236" s="1" t="s">
-        <v>792</v>
+        <v>800</v>
       </c>
       <c r="D236" s="1" t="s">
-        <v>317</v>
+        <v>614</v>
       </c>
       <c r="E236" s="1" t="s">
-        <v>799</v>
+        <v>801</v>
       </c>
       <c r="F236" t="s">
-        <v>786</v>
+        <v>802</v>
       </c>
     </row>
     <row r="237" spans="1:6">
       <c r="A237">
-        <v>142</v>
+        <v>155</v>
       </c>
       <c r="B237" t="s">
-        <v>588</v>
+        <v>803</v>
       </c>
       <c r="C237" s="1" t="s">
-        <v>792</v>
+        <v>712</v>
       </c>
       <c r="D237" s="1" t="s">
-        <v>18</v>
+        <v>804</v>
       </c>
       <c r="E237" s="1" t="s">
-        <v>800</v>
+        <v>805</v>
       </c>
       <c r="F237" t="s">
-        <v>786</v>
+        <v>715</v>
       </c>
     </row>
     <row r="238" spans="1:6">
       <c r="A238">
-        <v>142</v>
+        <v>154</v>
       </c>
       <c r="B238" t="s">
-        <v>801</v>
+        <v>806</v>
       </c>
       <c r="C238" s="1" t="s">
-        <v>802</v>
+        <v>807</v>
       </c>
       <c r="D238" s="1" t="s">
-        <v>25</v>
+        <v>808</v>
       </c>
       <c r="E238" s="1" t="s">
-        <v>803</v>
+        <v>809</v>
       </c>
       <c r="F238" t="s">
-        <v>804</v>
+        <v>810</v>
       </c>
     </row>
     <row r="239" spans="1:6">
       <c r="A239">
-        <v>142</v>
+        <v>154</v>
       </c>
       <c r="B239" t="s">
-        <v>805</v>
+        <v>811</v>
       </c>
       <c r="C239" s="1" t="s">
-        <v>802</v>
+        <v>721</v>
       </c>
       <c r="D239" s="1" t="s">
-        <v>392</v>
+        <v>804</v>
       </c>
       <c r="E239" s="1" t="s">
-        <v>806</v>
+        <v>812</v>
       </c>
       <c r="F239" t="s">
-        <v>804</v>
+        <v>715</v>
       </c>
     </row>
     <row r="240" spans="1:6">
       <c r="A240">
-        <v>142</v>
+        <v>153</v>
       </c>
       <c r="B240" t="s">
-        <v>807</v>
+        <v>813</v>
       </c>
       <c r="C240" s="1" t="s">
-        <v>802</v>
+        <v>814</v>
       </c>
       <c r="D240" s="1" t="s">
-        <v>317</v>
+        <v>815</v>
       </c>
       <c r="E240" s="1" t="s">
-        <v>808</v>
+        <v>816</v>
       </c>
       <c r="F240" t="s">
-        <v>804</v>
+        <v>817</v>
       </c>
     </row>
     <row r="241" spans="1:6">
       <c r="A241">
-        <v>142</v>
+        <v>153</v>
       </c>
       <c r="B241" t="s">
-        <v>809</v>
+        <v>818</v>
       </c>
       <c r="C241" s="1" t="s">
-        <v>802</v>
+        <v>737</v>
       </c>
       <c r="D241" s="1" t="s">
-        <v>18</v>
+        <v>804</v>
       </c>
       <c r="E241" s="1" t="s">
-        <v>810</v>
+        <v>819</v>
       </c>
       <c r="F241" t="s">
-        <v>804</v>
+        <v>715</v>
       </c>
     </row>
     <row r="242" spans="1:6">
       <c r="A242">
-        <v>142</v>
+        <v>152</v>
       </c>
       <c r="B242" t="s">
-        <v>811</v>
+        <v>820</v>
       </c>
       <c r="C242" s="1" t="s">
-        <v>812</v>
+        <v>712</v>
       </c>
       <c r="D242" s="1" t="s">
-        <v>638</v>
+        <v>821</v>
       </c>
       <c r="E242" s="1" t="s">
-        <v>813</v>
+        <v>822</v>
       </c>
       <c r="F242" t="s">
-        <v>814</v>
+        <v>715</v>
       </c>
     </row>
     <row r="243" spans="1:6">
       <c r="A243">
-        <v>141</v>
+        <v>151</v>
       </c>
       <c r="B243" t="s">
-        <v>815</v>
+        <v>823</v>
       </c>
       <c r="C243" s="1" t="s">
-        <v>816</v>
+        <v>721</v>
       </c>
       <c r="D243" s="1" t="s">
-        <v>638</v>
+        <v>821</v>
       </c>
       <c r="E243" s="1" t="s">
-        <v>817</v>
+        <v>824</v>
       </c>
       <c r="F243" t="s">
-        <v>814</v>
+        <v>715</v>
       </c>
     </row>
     <row r="244" spans="1:6">
       <c r="A244">
-        <v>140</v>
+        <v>150</v>
       </c>
       <c r="B244" t="s">
-        <v>818</v>
+        <v>825</v>
       </c>
       <c r="C244" s="1" t="s">
-        <v>819</v>
+        <v>826</v>
       </c>
       <c r="D244" s="1" t="s">
-        <v>25</v>
+        <v>282</v>
       </c>
       <c r="E244" s="1" t="s">
-        <v>820</v>
+        <v>827</v>
       </c>
       <c r="F244" t="s">
-        <v>821</v>
+        <v>828</v>
       </c>
     </row>
     <row r="245" spans="1:6">
       <c r="A245">
-        <v>140</v>
+        <v>150</v>
       </c>
       <c r="B245" t="s">
-        <v>822</v>
+        <v>829</v>
       </c>
       <c r="C245" s="1" t="s">
-        <v>819</v>
+        <v>737</v>
       </c>
       <c r="D245" s="1" t="s">
-        <v>18</v>
+        <v>821</v>
       </c>
       <c r="E245" s="1" t="s">
-        <v>823</v>
+        <v>830</v>
       </c>
       <c r="F245" t="s">
-        <v>821</v>
+        <v>715</v>
       </c>
     </row>
     <row r="246" spans="1:6">
       <c r="A246">
-        <v>140</v>
+        <v>147</v>
       </c>
       <c r="B246" t="s">
-        <v>824</v>
+        <v>831</v>
       </c>
       <c r="C246" s="1" t="s">
-        <v>825</v>
+        <v>832</v>
       </c>
       <c r="D246" s="1" t="s">
-        <v>826</v>
+        <v>833</v>
       </c>
       <c r="E246" s="1" t="s">
-        <v>827</v>
+        <v>834</v>
       </c>
       <c r="F246" t="s">
-        <v>598</v>
+        <v>835</v>
       </c>
     </row>
     <row r="247" spans="1:6">
       <c r="A247">
-        <v>139</v>
+        <v>147</v>
       </c>
       <c r="B247" t="s">
-        <v>828</v>
+        <v>836</v>
       </c>
       <c r="C247" s="1" t="s">
-        <v>829</v>
+        <v>837</v>
       </c>
       <c r="D247" s="1" t="s">
-        <v>92</v>
+        <v>838</v>
       </c>
       <c r="E247" s="1" t="s">
-        <v>830</v>
+        <v>839</v>
       </c>
       <c r="F247" t="s">
-        <v>831</v>
+        <v>840</v>
       </c>
     </row>
     <row r="248" spans="1:6">
       <c r="A248">
-        <v>139</v>
+        <v>146</v>
       </c>
       <c r="B248" t="s">
-        <v>828</v>
+        <v>841</v>
       </c>
       <c r="C248" s="1" t="s">
-        <v>829</v>
+        <v>842</v>
       </c>
       <c r="D248" s="1" t="s">
-        <v>92</v>
+        <v>843</v>
       </c>
       <c r="E248" s="1" t="s">
-        <v>830</v>
+        <v>844</v>
       </c>
       <c r="F248" t="s">
-        <v>831</v>
+        <v>533</v>
       </c>
     </row>
     <row r="249" spans="1:6">
       <c r="A249">
-        <v>139</v>
+        <v>146</v>
       </c>
       <c r="B249" t="s">
-        <v>832</v>
+        <v>845</v>
       </c>
       <c r="C249" s="1" t="s">
-        <v>829</v>
+        <v>842</v>
       </c>
       <c r="D249" s="1" t="s">
-        <v>101</v>
+        <v>314</v>
       </c>
       <c r="E249" s="1" t="s">
-        <v>833</v>
+        <v>846</v>
       </c>
       <c r="F249" t="s">
-        <v>831</v>
+        <v>533</v>
       </c>
     </row>
     <row r="250" spans="1:6">
       <c r="A250">
-        <v>139</v>
+        <v>146</v>
       </c>
       <c r="B250" t="s">
-        <v>834</v>
+        <v>847</v>
       </c>
       <c r="C250" s="1" t="s">
-        <v>835</v>
+        <v>842</v>
       </c>
       <c r="D250" s="1" t="s">
-        <v>34</v>
+        <v>848</v>
       </c>
       <c r="E250" s="1" t="s">
-        <v>836</v>
+        <v>849</v>
       </c>
       <c r="F250" t="s">
-        <v>440</v>
+        <v>533</v>
       </c>
     </row>
     <row r="251" spans="1:6">
       <c r="A251">
-        <v>138</v>
+        <v>146</v>
       </c>
       <c r="B251" t="s">
-        <v>837</v>
+        <v>850</v>
       </c>
       <c r="C251" s="1" t="s">
-        <v>838</v>
+        <v>851</v>
       </c>
       <c r="D251" s="1" t="s">
-        <v>69</v>
+        <v>852</v>
       </c>
       <c r="E251" s="1" t="s">
-        <v>839</v>
+        <v>853</v>
       </c>
       <c r="F251" t="s">
-        <v>840</v>
+        <v>854</v>
       </c>
     </row>
     <row r="252" spans="1:6">
       <c r="A252">
-        <v>138</v>
+        <v>145</v>
       </c>
       <c r="B252" t="s">
-        <v>841</v>
+        <v>855</v>
       </c>
       <c r="C252" s="1" t="s">
-        <v>838</v>
+        <v>856</v>
       </c>
       <c r="D252" s="1" t="s">
-        <v>25</v>
+        <v>857</v>
       </c>
       <c r="E252" s="1" t="s">
-        <v>842</v>
+        <v>858</v>
       </c>
       <c r="F252" t="s">
-        <v>840</v>
+        <v>859</v>
       </c>
     </row>
     <row r="253" spans="1:6">
       <c r="A253">
-        <v>138</v>
+        <v>144</v>
       </c>
       <c r="B253" t="s">
-        <v>843</v>
+        <v>860</v>
       </c>
       <c r="C253" s="1" t="s">
-        <v>844</v>
+        <v>861</v>
       </c>
       <c r="D253" s="1" t="s">
-        <v>69</v>
+        <v>862</v>
       </c>
       <c r="E253" s="1" t="s">
-        <v>845</v>
+        <v>863</v>
       </c>
       <c r="F253" t="s">
-        <v>846</v>
+        <v>864</v>
       </c>
     </row>
     <row r="254" spans="1:6">
       <c r="A254">
-        <v>138</v>
+        <v>143</v>
       </c>
       <c r="B254" t="s">
-        <v>847</v>
+        <v>865</v>
       </c>
       <c r="C254" s="1" t="s">
-        <v>65</v>
+        <v>861</v>
       </c>
       <c r="D254" s="1" t="s">
-        <v>25</v>
+        <v>866</v>
       </c>
       <c r="E254" s="1" t="s">
-        <v>848</v>
+        <v>867</v>
       </c>
       <c r="F254" t="s">
-        <v>846</v>
+        <v>868</v>
       </c>
     </row>
     <row r="255" spans="1:6">
       <c r="A255">
-        <v>138</v>
+        <v>142</v>
       </c>
       <c r="B255" t="s">
-        <v>849</v>
+        <v>869</v>
       </c>
       <c r="C255" s="1" t="s">
-        <v>850</v>
+        <v>870</v>
       </c>
       <c r="D255" s="1" t="s">
-        <v>851</v>
+        <v>18</v>
       </c>
       <c r="E255" s="1" t="s">
-        <v>852</v>
+        <v>871</v>
       </c>
       <c r="F255" t="s">
-        <v>853</v>
+        <v>872</v>
       </c>
     </row>
     <row r="256" spans="1:6">
       <c r="A256">
-        <v>137</v>
+        <v>142</v>
       </c>
       <c r="B256" t="s">
-        <v>854</v>
+        <v>873</v>
       </c>
       <c r="C256" s="1" t="s">
-        <v>855</v>
+        <v>870</v>
       </c>
       <c r="D256" s="1" t="s">
-        <v>851</v>
+        <v>317</v>
       </c>
       <c r="E256" s="1" t="s">
-        <v>856</v>
+        <v>874</v>
       </c>
       <c r="F256" t="s">
-        <v>853</v>
+        <v>872</v>
       </c>
     </row>
     <row r="257" spans="1:6">
       <c r="A257">
-        <v>136</v>
+        <v>142</v>
       </c>
       <c r="B257" t="s">
-        <v>857</v>
+        <v>875</v>
       </c>
       <c r="C257" s="1" t="s">
-        <v>858</v>
+        <v>870</v>
       </c>
       <c r="D257" s="1" t="s">
-        <v>851</v>
+        <v>25</v>
       </c>
       <c r="E257" s="1" t="s">
-        <v>859</v>
+        <v>876</v>
       </c>
       <c r="F257" t="s">
-        <v>853</v>
+        <v>872</v>
       </c>
     </row>
     <row r="258" spans="1:6">
       <c r="A258">
-        <v>135</v>
+        <v>142</v>
       </c>
       <c r="B258" t="s">
-        <v>860</v>
+        <v>877</v>
       </c>
       <c r="C258" s="1" t="s">
-        <v>861</v>
+        <v>878</v>
       </c>
       <c r="D258" s="1" t="s">
-        <v>862</v>
+        <v>392</v>
       </c>
       <c r="E258" s="1" t="s">
-        <v>863</v>
+        <v>879</v>
       </c>
       <c r="F258" t="s">
-        <v>864</v>
+        <v>872</v>
       </c>
     </row>
     <row r="259" spans="1:6">
       <c r="A259">
-        <v>134</v>
+        <v>142</v>
       </c>
       <c r="B259" t="s">
-        <v>865</v>
+        <v>880</v>
       </c>
       <c r="C259" s="1" t="s">
-        <v>858</v>
+        <v>870</v>
       </c>
       <c r="D259" s="1" t="s">
-        <v>862</v>
+        <v>392</v>
       </c>
       <c r="E259" s="1" t="s">
-        <v>866</v>
+        <v>881</v>
       </c>
       <c r="F259" t="s">
-        <v>853</v>
+        <v>872</v>
       </c>
     </row>
     <row r="260" spans="1:6">
       <c r="A260">
-        <v>133</v>
+        <v>142</v>
       </c>
       <c r="B260" t="s">
-        <v>867</v>
+        <v>882</v>
       </c>
       <c r="C260" s="1" t="s">
-        <v>850</v>
+        <v>878</v>
       </c>
       <c r="D260" s="1" t="s">
-        <v>862</v>
+        <v>25</v>
       </c>
       <c r="E260" s="1" t="s">
-        <v>868</v>
+        <v>883</v>
       </c>
       <c r="F260" t="s">
-        <v>853</v>
+        <v>872</v>
       </c>
     </row>
     <row r="261" spans="1:6">
       <c r="A261">
-        <v>132</v>
+        <v>142</v>
       </c>
       <c r="B261" t="s">
-        <v>869</v>
+        <v>884</v>
       </c>
       <c r="C261" s="1" t="s">
-        <v>870</v>
+        <v>878</v>
       </c>
       <c r="D261" s="1" t="s">
-        <v>871</v>
+        <v>317</v>
       </c>
       <c r="E261" s="1" t="s">
+        <v>885</v>
+      </c>
+      <c r="F261" t="s">
         <v>872</v>
-      </c>
-[...1 lines deleted...]
-        <v>873</v>
       </c>
     </row>
     <row r="262" spans="1:6">
       <c r="A262">
-        <v>132</v>
+        <v>142</v>
       </c>
       <c r="B262" t="s">
-        <v>874</v>
+        <v>645</v>
       </c>
       <c r="C262" s="1" t="s">
-        <v>855</v>
+        <v>878</v>
       </c>
       <c r="D262" s="1" t="s">
-        <v>862</v>
+        <v>18</v>
       </c>
       <c r="E262" s="1" t="s">
-        <v>875</v>
+        <v>886</v>
       </c>
       <c r="F262" t="s">
-        <v>853</v>
+        <v>872</v>
       </c>
     </row>
     <row r="263" spans="1:6">
       <c r="A263">
-        <v>131</v>
+        <v>142</v>
       </c>
       <c r="B263" t="s">
-        <v>876</v>
+        <v>887</v>
       </c>
       <c r="C263" s="1" t="s">
-        <v>877</v>
+        <v>888</v>
       </c>
       <c r="D263" s="1" t="s">
-        <v>199</v>
+        <v>25</v>
       </c>
       <c r="E263" s="1" t="s">
-        <v>878</v>
+        <v>889</v>
       </c>
       <c r="F263" t="s">
-        <v>212</v>
+        <v>890</v>
       </c>
     </row>
     <row r="264" spans="1:6">
       <c r="A264">
-        <v>131</v>
+        <v>142</v>
       </c>
       <c r="B264" t="s">
-        <v>879</v>
+        <v>891</v>
       </c>
       <c r="C264" s="1" t="s">
-        <v>858</v>
+        <v>888</v>
       </c>
       <c r="D264" s="1" t="s">
-        <v>880</v>
+        <v>392</v>
       </c>
       <c r="E264" s="1" t="s">
-        <v>881</v>
+        <v>892</v>
       </c>
       <c r="F264" t="s">
-        <v>853</v>
+        <v>890</v>
       </c>
     </row>
     <row r="265" spans="1:6">
       <c r="A265">
-        <v>130</v>
+        <v>142</v>
       </c>
       <c r="B265" t="s">
-        <v>882</v>
+        <v>893</v>
       </c>
       <c r="C265" s="1" t="s">
-        <v>858</v>
+        <v>888</v>
       </c>
       <c r="D265" s="1" t="s">
-        <v>883</v>
+        <v>317</v>
       </c>
       <c r="E265" s="1" t="s">
-        <v>884</v>
+        <v>894</v>
       </c>
       <c r="F265" t="s">
-        <v>853</v>
+        <v>890</v>
       </c>
     </row>
     <row r="266" spans="1:6">
       <c r="A266">
-        <v>129</v>
+        <v>142</v>
       </c>
       <c r="B266" t="s">
-        <v>885</v>
+        <v>895</v>
       </c>
       <c r="C266" s="1" t="s">
-        <v>855</v>
+        <v>888</v>
       </c>
       <c r="D266" s="1" t="s">
-        <v>883</v>
+        <v>18</v>
       </c>
       <c r="E266" s="1" t="s">
-        <v>886</v>
+        <v>896</v>
       </c>
       <c r="F266" t="s">
-        <v>853</v>
+        <v>890</v>
       </c>
     </row>
     <row r="267" spans="1:6">
       <c r="A267">
-        <v>128</v>
+        <v>142</v>
       </c>
       <c r="B267" t="s">
-        <v>887</v>
+        <v>897</v>
       </c>
       <c r="C267" s="1" t="s">
-        <v>850</v>
+        <v>898</v>
       </c>
       <c r="D267" s="1" t="s">
-        <v>883</v>
+        <v>725</v>
       </c>
       <c r="E267" s="1" t="s">
-        <v>888</v>
+        <v>899</v>
       </c>
       <c r="F267" t="s">
-        <v>853</v>
+        <v>900</v>
       </c>
     </row>
     <row r="268" spans="1:6">
       <c r="A268">
-        <v>127</v>
+        <v>141</v>
       </c>
       <c r="B268" t="s">
-        <v>889</v>
+        <v>901</v>
       </c>
       <c r="C268" s="1" t="s">
-        <v>850</v>
+        <v>902</v>
       </c>
       <c r="D268" s="1" t="s">
-        <v>862</v>
+        <v>725</v>
       </c>
       <c r="E268" s="1" t="s">
-        <v>890</v>
+        <v>903</v>
       </c>
       <c r="F268" t="s">
-        <v>864</v>
+        <v>900</v>
       </c>
     </row>
     <row r="269" spans="1:6">
       <c r="A269">
-        <v>126</v>
+        <v>140</v>
       </c>
       <c r="B269" t="s">
-        <v>891</v>
+        <v>904</v>
       </c>
       <c r="C269" s="1" t="s">
-        <v>855</v>
+        <v>905</v>
       </c>
       <c r="D269" s="1" t="s">
-        <v>862</v>
+        <v>25</v>
       </c>
       <c r="E269" s="1" t="s">
-        <v>892</v>
+        <v>906</v>
       </c>
       <c r="F269" t="s">
-        <v>864</v>
+        <v>907</v>
       </c>
     </row>
     <row r="270" spans="1:6">
       <c r="A270">
-        <v>125</v>
+        <v>140</v>
       </c>
       <c r="B270" t="s">
-        <v>893</v>
+        <v>908</v>
       </c>
       <c r="C270" s="1" t="s">
-        <v>850</v>
+        <v>905</v>
       </c>
       <c r="D270" s="1" t="s">
-        <v>883</v>
+        <v>18</v>
       </c>
       <c r="E270" s="1" t="s">
-        <v>894</v>
+        <v>909</v>
       </c>
       <c r="F270" t="s">
-        <v>864</v>
+        <v>907</v>
       </c>
     </row>
     <row r="271" spans="1:6">
       <c r="A271">
-        <v>124</v>
+        <v>140</v>
       </c>
       <c r="B271" t="s">
-        <v>895</v>
+        <v>910</v>
       </c>
       <c r="C271" s="1" t="s">
-        <v>858</v>
+        <v>911</v>
       </c>
       <c r="D271" s="1" t="s">
-        <v>883</v>
+        <v>912</v>
       </c>
       <c r="E271" s="1" t="s">
-        <v>896</v>
+        <v>913</v>
       </c>
       <c r="F271" t="s">
-        <v>864</v>
+        <v>678</v>
       </c>
     </row>
     <row r="272" spans="1:6">
       <c r="A272">
-        <v>123</v>
+        <v>139</v>
       </c>
       <c r="B272" t="s">
-        <v>897</v>
+        <v>914</v>
       </c>
       <c r="C272" s="1" t="s">
-        <v>855</v>
+        <v>915</v>
       </c>
       <c r="D272" s="1" t="s">
-        <v>883</v>
+        <v>92</v>
       </c>
       <c r="E272" s="1" t="s">
-        <v>898</v>
+        <v>916</v>
       </c>
       <c r="F272" t="s">
-        <v>864</v>
+        <v>917</v>
       </c>
     </row>
     <row r="273" spans="1:6">
       <c r="A273">
-        <v>122</v>
+        <v>139</v>
       </c>
       <c r="B273" t="s">
-        <v>899</v>
+        <v>914</v>
       </c>
       <c r="C273" s="1" t="s">
-        <v>855</v>
+        <v>915</v>
       </c>
       <c r="D273" s="1" t="s">
-        <v>880</v>
+        <v>92</v>
       </c>
       <c r="E273" s="1" t="s">
-        <v>900</v>
+        <v>916</v>
       </c>
       <c r="F273" t="s">
-        <v>864</v>
+        <v>917</v>
       </c>
     </row>
     <row r="274" spans="1:6">
       <c r="A274">
-        <v>121</v>
+        <v>139</v>
       </c>
       <c r="B274" t="s">
-        <v>901</v>
+        <v>918</v>
       </c>
       <c r="C274" s="1" t="s">
-        <v>858</v>
+        <v>915</v>
       </c>
       <c r="D274" s="1" t="s">
-        <v>880</v>
+        <v>101</v>
       </c>
       <c r="E274" s="1" t="s">
-        <v>902</v>
+        <v>919</v>
       </c>
       <c r="F274" t="s">
-        <v>903</v>
+        <v>917</v>
       </c>
     </row>
     <row r="275" spans="1:6">
       <c r="A275">
-        <v>120</v>
+        <v>139</v>
       </c>
       <c r="B275" t="s">
-        <v>43</v>
+        <v>920</v>
       </c>
       <c r="C275" s="1" t="s">
-        <v>904</v>
+        <v>921</v>
       </c>
       <c r="D275" s="1" t="s">
-        <v>45</v>
+        <v>34</v>
       </c>
       <c r="E275" s="1" t="s">
-        <v>905</v>
+        <v>922</v>
       </c>
       <c r="F275" t="s">
-        <v>563</v>
+        <v>440</v>
       </c>
     </row>
     <row r="276" spans="1:6">
       <c r="A276">
-        <v>119</v>
+        <v>138</v>
       </c>
       <c r="B276" t="s">
-        <v>48</v>
+        <v>923</v>
       </c>
       <c r="C276" s="1" t="s">
-        <v>906</v>
+        <v>924</v>
       </c>
       <c r="D276" s="1" t="s">
-        <v>45</v>
+        <v>69</v>
       </c>
       <c r="E276" s="1" t="s">
-        <v>907</v>
+        <v>925</v>
       </c>
       <c r="F276" t="s">
-        <v>440</v>
+        <v>926</v>
       </c>
     </row>
     <row r="277" spans="1:6">
       <c r="A277">
-        <v>118</v>
+        <v>138</v>
       </c>
       <c r="B277" t="s">
-        <v>52</v>
+        <v>927</v>
       </c>
       <c r="C277" s="1" t="s">
-        <v>908</v>
+        <v>924</v>
       </c>
       <c r="D277" s="1" t="s">
-        <v>45</v>
+        <v>25</v>
       </c>
       <c r="E277" s="1" t="s">
-        <v>909</v>
+        <v>928</v>
       </c>
       <c r="F277" t="s">
-        <v>563</v>
+        <v>926</v>
       </c>
     </row>
     <row r="278" spans="1:6">
       <c r="A278">
-        <v>117</v>
+        <v>138</v>
       </c>
       <c r="B278" t="s">
-        <v>910</v>
+        <v>929</v>
       </c>
       <c r="C278" s="1" t="s">
-        <v>911</v>
+        <v>930</v>
       </c>
       <c r="D278" s="1" t="s">
-        <v>25</v>
+        <v>69</v>
       </c>
       <c r="E278" s="1" t="s">
-        <v>912</v>
+        <v>931</v>
       </c>
       <c r="F278" t="s">
-        <v>440</v>
+        <v>932</v>
       </c>
     </row>
     <row r="279" spans="1:6">
       <c r="A279">
-        <v>116</v>
+        <v>138</v>
       </c>
       <c r="B279" t="s">
-        <v>32</v>
+        <v>933</v>
       </c>
       <c r="C279" s="1" t="s">
-        <v>913</v>
+        <v>65</v>
       </c>
       <c r="D279" s="1" t="s">
-        <v>34</v>
+        <v>25</v>
       </c>
       <c r="E279" s="1" t="s">
-        <v>914</v>
+        <v>934</v>
       </c>
       <c r="F279" t="s">
-        <v>563</v>
+        <v>932</v>
       </c>
     </row>
     <row r="280" spans="1:6">
       <c r="A280">
-        <v>115</v>
+        <v>138</v>
       </c>
       <c r="B280" t="s">
-        <v>40</v>
+        <v>935</v>
       </c>
       <c r="C280" s="1" t="s">
-        <v>915</v>
+        <v>936</v>
       </c>
       <c r="D280" s="1" t="s">
-        <v>34</v>
+        <v>937</v>
       </c>
       <c r="E280" s="1" t="s">
-        <v>916</v>
+        <v>938</v>
       </c>
       <c r="F280" t="s">
-        <v>563</v>
+        <v>939</v>
       </c>
     </row>
     <row r="281" spans="1:6">
       <c r="A281">
-        <v>114</v>
+        <v>137</v>
       </c>
       <c r="B281" t="s">
-        <v>917</v>
+        <v>940</v>
       </c>
       <c r="C281" s="1" t="s">
-        <v>918</v>
+        <v>941</v>
       </c>
       <c r="D281" s="1" t="s">
-        <v>34</v>
+        <v>937</v>
       </c>
       <c r="E281" s="1" t="s">
-        <v>919</v>
+        <v>942</v>
       </c>
       <c r="F281" t="s">
-        <v>563</v>
+        <v>939</v>
       </c>
     </row>
     <row r="282" spans="1:6">
       <c r="A282">
-        <v>113</v>
+        <v>136</v>
       </c>
       <c r="B282" t="s">
-        <v>920</v>
+        <v>943</v>
       </c>
       <c r="C282" s="1" t="s">
-        <v>921</v>
+        <v>944</v>
       </c>
       <c r="D282" s="1" t="s">
-        <v>922</v>
+        <v>937</v>
       </c>
       <c r="E282" s="1" t="s">
-        <v>923</v>
+        <v>945</v>
       </c>
       <c r="F282" t="s">
-        <v>924</v>
+        <v>939</v>
       </c>
     </row>
     <row r="283" spans="1:6">
       <c r="A283">
-        <v>112</v>
+        <v>135</v>
       </c>
       <c r="B283" t="s">
-        <v>925</v>
+        <v>946</v>
       </c>
       <c r="C283" s="1" t="s">
-        <v>921</v>
+        <v>947</v>
       </c>
       <c r="D283" s="1" t="s">
-        <v>69</v>
+        <v>948</v>
       </c>
       <c r="E283" s="1" t="s">
-        <v>926</v>
+        <v>949</v>
       </c>
       <c r="F283" t="s">
-        <v>449</v>
+        <v>950</v>
       </c>
     </row>
     <row r="284" spans="1:6">
       <c r="A284">
-        <v>111</v>
+        <v>134</v>
       </c>
       <c r="B284" t="s">
-        <v>920</v>
+        <v>951</v>
       </c>
       <c r="C284" s="1" t="s">
-        <v>921</v>
+        <v>944</v>
       </c>
       <c r="D284" s="1" t="s">
-        <v>922</v>
+        <v>948</v>
       </c>
       <c r="E284" s="1" t="s">
-        <v>927</v>
+        <v>952</v>
       </c>
       <c r="F284" t="s">
-        <v>924</v>
+        <v>939</v>
       </c>
     </row>
     <row r="285" spans="1:6">
       <c r="A285">
-        <v>110</v>
+        <v>133</v>
       </c>
       <c r="B285" t="s">
-        <v>232</v>
+        <v>953</v>
       </c>
       <c r="C285" s="1" t="s">
-        <v>819</v>
+        <v>936</v>
       </c>
       <c r="D285" s="1" t="s">
-        <v>234</v>
+        <v>948</v>
       </c>
       <c r="E285" s="1" t="s">
-        <v>928</v>
+        <v>954</v>
       </c>
       <c r="F285" t="s">
-        <v>929</v>
+        <v>939</v>
       </c>
     </row>
     <row r="286" spans="1:6">
       <c r="A286">
-        <v>109</v>
+        <v>132</v>
       </c>
       <c r="B286" t="s">
-        <v>228</v>
+        <v>955</v>
       </c>
       <c r="C286" s="1" t="s">
-        <v>819</v>
+        <v>956</v>
       </c>
       <c r="D286" s="1" t="s">
-        <v>229</v>
+        <v>957</v>
       </c>
       <c r="E286" s="1" t="s">
-        <v>930</v>
+        <v>958</v>
       </c>
       <c r="F286" t="s">
-        <v>929</v>
+        <v>959</v>
       </c>
     </row>
     <row r="287" spans="1:6">
       <c r="A287">
-        <v>108</v>
+        <v>132</v>
       </c>
       <c r="B287" t="s">
-        <v>931</v>
+        <v>960</v>
       </c>
       <c r="C287" s="1" t="s">
-        <v>932</v>
+        <v>941</v>
       </c>
       <c r="D287" s="1" t="s">
-        <v>25</v>
+        <v>948</v>
       </c>
       <c r="E287" s="1" t="s">
-        <v>933</v>
+        <v>961</v>
       </c>
       <c r="F287" t="s">
-        <v>934</v>
+        <v>939</v>
       </c>
     </row>
     <row r="288" spans="1:6">
       <c r="A288">
-        <v>107</v>
+        <v>131</v>
       </c>
       <c r="B288" t="s">
-        <v>935</v>
+        <v>962</v>
       </c>
       <c r="C288" s="1" t="s">
-        <v>936</v>
+        <v>963</v>
       </c>
       <c r="D288" s="1" t="s">
-        <v>25</v>
+        <v>199</v>
       </c>
       <c r="E288" s="1" t="s">
-        <v>937</v>
+        <v>964</v>
       </c>
       <c r="F288" t="s">
-        <v>934</v>
+        <v>212</v>
       </c>
     </row>
     <row r="289" spans="1:6">
       <c r="A289">
-        <v>106</v>
+        <v>131</v>
       </c>
       <c r="B289" t="s">
-        <v>938</v>
+        <v>965</v>
       </c>
       <c r="C289" s="1" t="s">
+        <v>944</v>
+      </c>
+      <c r="D289" s="1" t="s">
+        <v>966</v>
+      </c>
+      <c r="E289" s="1" t="s">
+        <v>967</v>
+      </c>
+      <c r="F289" t="s">
         <v>939</v>
-      </c>
-[...7 lines deleted...]
-        <v>942</v>
       </c>
     </row>
     <row r="290" spans="1:6">
       <c r="A290">
-        <v>105</v>
+        <v>130</v>
       </c>
       <c r="B290" t="s">
-        <v>943</v>
+        <v>968</v>
       </c>
       <c r="C290" s="1" t="s">
         <v>944</v>
       </c>
       <c r="D290" s="1" t="s">
-        <v>25</v>
+        <v>969</v>
       </c>
       <c r="E290" s="1" t="s">
-        <v>945</v>
+        <v>970</v>
       </c>
       <c r="F290" t="s">
-        <v>946</v>
+        <v>939</v>
       </c>
     </row>
     <row r="291" spans="1:6">
       <c r="A291">
-        <v>104</v>
+        <v>129</v>
       </c>
       <c r="B291" t="s">
-        <v>947</v>
+        <v>971</v>
       </c>
       <c r="C291" s="1" t="s">
-        <v>948</v>
+        <v>941</v>
       </c>
       <c r="D291" s="1" t="s">
-        <v>25</v>
+        <v>969</v>
       </c>
       <c r="E291" s="1" t="s">
-        <v>949</v>
+        <v>972</v>
       </c>
       <c r="F291" t="s">
-        <v>946</v>
+        <v>939</v>
       </c>
     </row>
     <row r="292" spans="1:6">
       <c r="A292">
-        <v>103</v>
+        <v>128</v>
       </c>
       <c r="B292" t="s">
-        <v>950</v>
+        <v>973</v>
       </c>
       <c r="C292" s="1" t="s">
-        <v>944</v>
+        <v>936</v>
       </c>
       <c r="D292" s="1" t="s">
-        <v>69</v>
+        <v>969</v>
       </c>
       <c r="E292" s="1" t="s">
-        <v>951</v>
+        <v>974</v>
       </c>
       <c r="F292" t="s">
-        <v>946</v>
+        <v>939</v>
       </c>
     </row>
     <row r="293" spans="1:6">
       <c r="A293">
-        <v>102</v>
+        <v>127</v>
       </c>
       <c r="B293" t="s">
-        <v>952</v>
+        <v>975</v>
       </c>
       <c r="C293" s="1" t="s">
-        <v>953</v>
+        <v>936</v>
       </c>
       <c r="D293" s="1" t="s">
-        <v>84</v>
+        <v>948</v>
       </c>
       <c r="E293" s="1" t="s">
-        <v>954</v>
+        <v>976</v>
       </c>
       <c r="F293" t="s">
-        <v>946</v>
+        <v>950</v>
       </c>
     </row>
     <row r="294" spans="1:6">
       <c r="A294">
-        <v>101</v>
+        <v>126</v>
       </c>
       <c r="B294" t="s">
-        <v>955</v>
+        <v>977</v>
       </c>
       <c r="C294" s="1" t="s">
-        <v>956</v>
+        <v>941</v>
       </c>
       <c r="D294" s="1" t="s">
-        <v>25</v>
+        <v>948</v>
       </c>
       <c r="E294" s="1" t="s">
-        <v>957</v>
+        <v>978</v>
       </c>
       <c r="F294" t="s">
-        <v>946</v>
+        <v>950</v>
       </c>
     </row>
     <row r="295" spans="1:6">
       <c r="A295">
-        <v>100</v>
+        <v>125</v>
       </c>
       <c r="B295" t="s">
-        <v>958</v>
+        <v>979</v>
       </c>
       <c r="C295" s="1" t="s">
-        <v>959</v>
+        <v>936</v>
       </c>
       <c r="D295" s="1" t="s">
-        <v>25</v>
+        <v>969</v>
       </c>
       <c r="E295" s="1" t="s">
-        <v>960</v>
+        <v>980</v>
       </c>
       <c r="F295" t="s">
-        <v>946</v>
+        <v>950</v>
       </c>
     </row>
     <row r="296" spans="1:6">
       <c r="A296">
-        <v>99</v>
+        <v>124</v>
       </c>
       <c r="B296" t="s">
-        <v>961</v>
+        <v>981</v>
       </c>
       <c r="C296" s="1" t="s">
-        <v>83</v>
+        <v>944</v>
       </c>
       <c r="D296" s="1" t="s">
-        <v>84</v>
+        <v>969</v>
       </c>
       <c r="E296" s="1" t="s">
-        <v>962</v>
+        <v>982</v>
       </c>
       <c r="F296" t="s">
-        <v>946</v>
+        <v>950</v>
       </c>
     </row>
     <row r="297" spans="1:6">
       <c r="A297">
-        <v>98</v>
+        <v>123</v>
       </c>
       <c r="B297" t="s">
-        <v>963</v>
+        <v>983</v>
       </c>
       <c r="C297" s="1" t="s">
-        <v>83</v>
+        <v>941</v>
       </c>
       <c r="D297" s="1" t="s">
-        <v>84</v>
+        <v>969</v>
       </c>
       <c r="E297" s="1" t="s">
-        <v>962</v>
+        <v>984</v>
       </c>
       <c r="F297" t="s">
-        <v>946</v>
+        <v>950</v>
       </c>
     </row>
     <row r="298" spans="1:6">
       <c r="A298">
-        <v>97</v>
+        <v>122</v>
       </c>
       <c r="B298" t="s">
-        <v>964</v>
+        <v>985</v>
       </c>
       <c r="C298" s="1" t="s">
-        <v>965</v>
+        <v>941</v>
       </c>
       <c r="D298" s="1" t="s">
-        <v>69</v>
+        <v>966</v>
       </c>
       <c r="E298" s="1" t="s">
-        <v>966</v>
+        <v>986</v>
       </c>
       <c r="F298" t="s">
-        <v>967</v>
+        <v>950</v>
       </c>
     </row>
     <row r="299" spans="1:6">
       <c r="A299">
-        <v>96</v>
+        <v>121</v>
       </c>
       <c r="B299" t="s">
-        <v>968</v>
+        <v>987</v>
       </c>
       <c r="C299" s="1" t="s">
-        <v>969</v>
+        <v>944</v>
       </c>
       <c r="D299" s="1" t="s">
-        <v>25</v>
+        <v>966</v>
       </c>
       <c r="E299" s="1" t="s">
-        <v>970</v>
+        <v>988</v>
       </c>
       <c r="F299" t="s">
-        <v>563</v>
+        <v>989</v>
       </c>
     </row>
     <row r="300" spans="1:6">
       <c r="A300">
-        <v>95</v>
+        <v>120</v>
       </c>
       <c r="B300" t="s">
-        <v>971</v>
+        <v>43</v>
       </c>
       <c r="C300" s="1" t="s">
-        <v>972</v>
+        <v>990</v>
       </c>
       <c r="D300" s="1" t="s">
-        <v>973</v>
+        <v>45</v>
       </c>
       <c r="E300" s="1" t="s">
-        <v>974</v>
+        <v>991</v>
       </c>
       <c r="F300" t="s">
-        <v>942</v>
+        <v>620</v>
       </c>
     </row>
     <row r="301" spans="1:6">
       <c r="A301">
-        <v>94</v>
+        <v>119</v>
       </c>
       <c r="B301" t="s">
-        <v>975</v>
+        <v>48</v>
       </c>
       <c r="C301" s="1" t="s">
-        <v>972</v>
+        <v>992</v>
       </c>
       <c r="D301" s="1" t="s">
-        <v>976</v>
+        <v>45</v>
       </c>
       <c r="E301" s="1" t="s">
-        <v>977</v>
+        <v>993</v>
       </c>
       <c r="F301" t="s">
-        <v>942</v>
+        <v>440</v>
       </c>
     </row>
     <row r="302" spans="1:6">
       <c r="A302">
-        <v>93</v>
+        <v>118</v>
       </c>
       <c r="B302" t="s">
-        <v>978</v>
+        <v>52</v>
       </c>
       <c r="C302" s="1" t="s">
-        <v>972</v>
+        <v>994</v>
       </c>
       <c r="D302" s="1" t="s">
-        <v>940</v>
+        <v>45</v>
       </c>
       <c r="E302" s="1" t="s">
-        <v>979</v>
+        <v>995</v>
       </c>
       <c r="F302" t="s">
-        <v>942</v>
+        <v>620</v>
       </c>
     </row>
     <row r="303" spans="1:6">
       <c r="A303">
-        <v>92</v>
+        <v>117</v>
       </c>
       <c r="B303" t="s">
-        <v>54</v>
+        <v>996</v>
       </c>
       <c r="C303" s="1" t="s">
-        <v>980</v>
+        <v>997</v>
       </c>
       <c r="D303" s="1" t="s">
-        <v>55</v>
+        <v>25</v>
       </c>
       <c r="E303" s="1" t="s">
-        <v>981</v>
+        <v>998</v>
       </c>
       <c r="F303" t="s">
-        <v>982</v>
+        <v>440</v>
       </c>
     </row>
     <row r="304" spans="1:6">
       <c r="A304">
-        <v>91</v>
+        <v>116</v>
       </c>
       <c r="B304" t="s">
-        <v>58</v>
+        <v>32</v>
       </c>
       <c r="C304" s="1" t="s">
-        <v>983</v>
+        <v>999</v>
       </c>
       <c r="D304" s="1" t="s">
-        <v>55</v>
+        <v>34</v>
       </c>
       <c r="E304" s="1" t="s">
-        <v>984</v>
+        <v>1000</v>
       </c>
       <c r="F304" t="s">
-        <v>982</v>
+        <v>620</v>
       </c>
     </row>
     <row r="305" spans="1:6">
       <c r="A305">
-        <v>90</v>
+        <v>116</v>
       </c>
       <c r="B305" t="s">
-        <v>61</v>
+        <v>280</v>
       </c>
       <c r="C305" s="1" t="s">
-        <v>985</v>
+        <v>1001</v>
       </c>
       <c r="D305" s="1" t="s">
-        <v>55</v>
+        <v>282</v>
       </c>
       <c r="E305" s="1" t="s">
-        <v>986</v>
+        <v>1002</v>
       </c>
       <c r="F305" t="s">
-        <v>982</v>
+        <v>1003</v>
       </c>
     </row>
     <row r="306" spans="1:6">
       <c r="A306">
-        <v>89</v>
+        <v>115</v>
       </c>
       <c r="B306" t="s">
-        <v>987</v>
+        <v>40</v>
       </c>
       <c r="C306" s="1" t="s">
-        <v>988</v>
+        <v>1004</v>
       </c>
       <c r="D306" s="1" t="s">
-        <v>429</v>
+        <v>34</v>
       </c>
       <c r="E306" s="1" t="s">
-        <v>989</v>
+        <v>1005</v>
       </c>
       <c r="F306" t="s">
-        <v>990</v>
+        <v>620</v>
       </c>
     </row>
     <row r="307" spans="1:6">
       <c r="A307">
-        <v>88</v>
+        <v>114</v>
       </c>
       <c r="B307" t="s">
-        <v>121</v>
+        <v>1006</v>
       </c>
       <c r="C307" s="1" t="s">
-        <v>991</v>
+        <v>1007</v>
       </c>
       <c r="D307" s="1" t="s">
-        <v>123</v>
+        <v>34</v>
       </c>
       <c r="E307" s="1" t="s">
-        <v>992</v>
+        <v>1008</v>
       </c>
       <c r="F307" t="s">
-        <v>993</v>
+        <v>620</v>
       </c>
     </row>
     <row r="308" spans="1:6">
       <c r="A308">
-        <v>87</v>
+        <v>113</v>
       </c>
       <c r="B308" t="s">
-        <v>994</v>
+        <v>1009</v>
       </c>
       <c r="C308" s="1" t="s">
-        <v>995</v>
+        <v>1010</v>
       </c>
       <c r="D308" s="1" t="s">
-        <v>429</v>
+        <v>1011</v>
       </c>
       <c r="E308" s="1" t="s">
-        <v>996</v>
+        <v>1012</v>
       </c>
       <c r="F308" t="s">
-        <v>990</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="309" spans="1:6">
       <c r="A309">
-        <v>86</v>
+        <v>112</v>
       </c>
       <c r="B309" t="s">
-        <v>997</v>
+        <v>1014</v>
       </c>
       <c r="C309" s="1" t="s">
-        <v>998</v>
+        <v>1010</v>
       </c>
       <c r="D309" s="1" t="s">
-        <v>999</v>
+        <v>69</v>
       </c>
       <c r="E309" s="1" t="s">
-        <v>1000</v>
+        <v>1015</v>
       </c>
       <c r="F309" t="s">
-        <v>1001</v>
+        <v>449</v>
       </c>
     </row>
     <row r="310" spans="1:6">
       <c r="A310">
-        <v>85</v>
+        <v>111</v>
       </c>
       <c r="B310" t="s">
-        <v>1002</v>
+        <v>1009</v>
       </c>
       <c r="C310" s="1" t="s">
-        <v>1003</v>
+        <v>1010</v>
       </c>
       <c r="D310" s="1" t="s">
-        <v>557</v>
+        <v>1011</v>
       </c>
       <c r="E310" s="1" t="s">
-        <v>1004</v>
+        <v>1016</v>
       </c>
       <c r="F310" t="s">
-        <v>1005</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="311" spans="1:6">
       <c r="A311">
-        <v>84</v>
+        <v>110</v>
       </c>
       <c r="B311" t="s">
-        <v>1006</v>
+        <v>232</v>
       </c>
       <c r="C311" s="1" t="s">
-        <v>1007</v>
+        <v>905</v>
       </c>
       <c r="D311" s="1" t="s">
-        <v>1008</v>
+        <v>234</v>
       </c>
       <c r="E311" s="1" t="s">
-        <v>1009</v>
+        <v>1017</v>
       </c>
       <c r="F311" t="s">
-        <v>1010</v>
+        <v>1018</v>
       </c>
     </row>
     <row r="312" spans="1:6">
       <c r="A312">
-        <v>83</v>
+        <v>109</v>
       </c>
       <c r="B312" t="s">
-        <v>769</v>
+        <v>228</v>
       </c>
       <c r="C312" s="1" t="s">
-        <v>1011</v>
+        <v>905</v>
       </c>
       <c r="D312" s="1" t="s">
-        <v>771</v>
+        <v>229</v>
       </c>
       <c r="E312" s="1" t="s">
-        <v>1012</v>
+        <v>1019</v>
       </c>
       <c r="F312" t="s">
-        <v>1013</v>
+        <v>1018</v>
       </c>
     </row>
     <row r="313" spans="1:6">
       <c r="A313">
-        <v>82</v>
+        <v>108</v>
       </c>
       <c r="B313" t="s">
-        <v>275</v>
+        <v>1020</v>
       </c>
       <c r="C313" s="1" t="s">
-        <v>276</v>
+        <v>1021</v>
       </c>
       <c r="D313" s="1" t="s">
-        <v>277</v>
+        <v>25</v>
       </c>
       <c r="E313" s="1" t="s">
-        <v>1014</v>
+        <v>1022</v>
       </c>
       <c r="F313" t="s">
-        <v>1015</v>
+        <v>1023</v>
       </c>
     </row>
     <row r="314" spans="1:6">
       <c r="A314">
-        <v>81</v>
+        <v>108</v>
       </c>
       <c r="B314" t="s">
-        <v>1016</v>
+        <v>371</v>
       </c>
       <c r="C314" s="1" t="s">
-        <v>1017</v>
+        <v>1024</v>
       </c>
       <c r="D314" s="1" t="s">
-        <v>262</v>
+        <v>18</v>
       </c>
       <c r="E314" s="1" t="s">
-        <v>1018</v>
+        <v>1025</v>
       </c>
       <c r="F314" t="s">
-        <v>1019</v>
+        <v>1026</v>
       </c>
     </row>
     <row r="315" spans="1:6">
       <c r="A315">
-        <v>80</v>
+        <v>108</v>
       </c>
       <c r="B315" t="s">
-        <v>265</v>
+        <v>368</v>
       </c>
       <c r="C315" s="1" t="s">
-        <v>266</v>
+        <v>1024</v>
       </c>
       <c r="D315" s="1" t="s">
-        <v>262</v>
+        <v>317</v>
       </c>
       <c r="E315" s="1" t="s">
-        <v>1020</v>
+        <v>1027</v>
       </c>
       <c r="F315" t="s">
-        <v>1019</v>
+        <v>1028</v>
       </c>
     </row>
     <row r="316" spans="1:6">
       <c r="A316">
-        <v>79</v>
+        <v>108</v>
       </c>
       <c r="B316" t="s">
-        <v>260</v>
+        <v>347</v>
       </c>
       <c r="C316" s="1" t="s">
-        <v>261</v>
+        <v>1029</v>
       </c>
       <c r="D316" s="1" t="s">
-        <v>262</v>
+        <v>18</v>
       </c>
       <c r="E316" s="1" t="s">
-        <v>1021</v>
+        <v>1030</v>
       </c>
       <c r="F316" t="s">
-        <v>1019</v>
+        <v>1026</v>
       </c>
     </row>
     <row r="317" spans="1:6">
       <c r="A317">
-        <v>78</v>
+        <v>108</v>
       </c>
       <c r="B317" t="s">
-        <v>268</v>
+        <v>343</v>
       </c>
       <c r="C317" s="1" t="s">
-        <v>269</v>
+        <v>1029</v>
       </c>
       <c r="D317" s="1" t="s">
-        <v>262</v>
+        <v>317</v>
       </c>
       <c r="E317" s="1" t="s">
-        <v>1022</v>
+        <v>1030</v>
       </c>
       <c r="F317" t="s">
-        <v>1019</v>
+        <v>1028</v>
       </c>
     </row>
     <row r="318" spans="1:6">
       <c r="A318">
-        <v>74</v>
+        <v>108</v>
       </c>
       <c r="B318" t="s">
-        <v>1023</v>
+        <v>360</v>
       </c>
       <c r="C318" s="1" t="s">
-        <v>1024</v>
+        <v>1031</v>
       </c>
       <c r="D318" s="1" t="s">
-        <v>638</v>
+        <v>18</v>
       </c>
       <c r="E318" s="1" t="s">
-        <v>1025</v>
+        <v>1032</v>
       </c>
       <c r="F318" t="s">
         <v>1026</v>
       </c>
     </row>
     <row r="319" spans="1:6">
       <c r="A319">
-        <v>73</v>
+        <v>108</v>
       </c>
       <c r="B319" t="s">
-        <v>1027</v>
+        <v>357</v>
       </c>
       <c r="C319" s="1" t="s">
-        <v>1028</v>
+        <v>1033</v>
       </c>
       <c r="D319" s="1" t="s">
-        <v>638</v>
+        <v>317</v>
       </c>
       <c r="E319" s="1" t="s">
-        <v>1029</v>
+        <v>1034</v>
       </c>
       <c r="F319" t="s">
-        <v>1026</v>
+        <v>1035</v>
       </c>
     </row>
     <row r="320" spans="1:6">
       <c r="A320">
-        <v>72</v>
+        <v>107</v>
       </c>
       <c r="B320" t="s">
-        <v>1030</v>
+        <v>1036</v>
       </c>
       <c r="C320" s="1" t="s">
-        <v>1031</v>
+        <v>1037</v>
       </c>
       <c r="D320" s="1" t="s">
-        <v>638</v>
+        <v>25</v>
       </c>
       <c r="E320" s="1" t="s">
-        <v>1032</v>
+        <v>1038</v>
       </c>
       <c r="F320" t="s">
-        <v>1026</v>
+        <v>1023</v>
       </c>
     </row>
     <row r="321" spans="1:6">
       <c r="A321">
-        <v>71</v>
+        <v>106</v>
       </c>
       <c r="B321" t="s">
-        <v>1033</v>
+        <v>1039</v>
       </c>
       <c r="C321" s="1" t="s">
-        <v>1034</v>
+        <v>1040</v>
       </c>
       <c r="D321" s="1" t="s">
-        <v>638</v>
+        <v>1041</v>
       </c>
       <c r="E321" s="1" t="s">
-        <v>1035</v>
+        <v>1042</v>
       </c>
       <c r="F321" t="s">
-        <v>1026</v>
+        <v>1043</v>
       </c>
     </row>
     <row r="322" spans="1:6">
       <c r="A322">
-        <v>70</v>
+        <v>105</v>
       </c>
       <c r="B322" t="s">
-        <v>1036</v>
+        <v>1044</v>
       </c>
       <c r="C322" s="1" t="s">
-        <v>1037</v>
+        <v>1045</v>
       </c>
       <c r="D322" s="1" t="s">
-        <v>443</v>
+        <v>25</v>
       </c>
       <c r="E322" s="1" t="s">
-        <v>1038</v>
+        <v>1046</v>
       </c>
       <c r="F322" t="s">
-        <v>1039</v>
+        <v>1047</v>
       </c>
     </row>
     <row r="323" spans="1:6">
       <c r="A323">
-        <v>69</v>
+        <v>104</v>
       </c>
       <c r="B323" t="s">
-        <v>1040</v>
+        <v>1048</v>
       </c>
       <c r="C323" s="1" t="s">
-        <v>1041</v>
+        <v>1049</v>
       </c>
       <c r="D323" s="1" t="s">
-        <v>1042</v>
+        <v>25</v>
       </c>
       <c r="E323" s="1" t="s">
-        <v>1043</v>
+        <v>1050</v>
       </c>
       <c r="F323" t="s">
-        <v>1044</v>
+        <v>1047</v>
       </c>
     </row>
     <row r="324" spans="1:6">
       <c r="A324">
-        <v>68</v>
+        <v>103</v>
       </c>
       <c r="B324" t="s">
+        <v>1051</v>
+      </c>
+      <c r="C324" s="1" t="s">
         <v>1045</v>
       </c>
-      <c r="C324" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D324" s="1" t="s">
-        <v>1042</v>
+        <v>69</v>
       </c>
       <c r="E324" s="1" t="s">
-        <v>1046</v>
+        <v>1052</v>
       </c>
       <c r="F324" t="s">
-        <v>1044</v>
+        <v>1047</v>
       </c>
     </row>
     <row r="325" spans="1:6">
       <c r="A325">
-        <v>67</v>
+        <v>102</v>
       </c>
       <c r="B325" t="s">
+        <v>1053</v>
+      </c>
+      <c r="C325" s="1" t="s">
+        <v>1054</v>
+      </c>
+      <c r="D325" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="E325" s="1" t="s">
+        <v>1055</v>
+      </c>
+      <c r="F325" t="s">
         <v>1047</v>
-      </c>
-[...10 lines deleted...]
-        <v>1044</v>
       </c>
     </row>
     <row r="326" spans="1:6">
       <c r="A326">
-        <v>66</v>
+        <v>101</v>
       </c>
       <c r="B326" t="s">
-        <v>1050</v>
+        <v>1056</v>
       </c>
       <c r="C326" s="1" t="s">
-        <v>256</v>
+        <v>1057</v>
       </c>
       <c r="D326" s="1" t="s">
-        <v>1051</v>
+        <v>25</v>
       </c>
       <c r="E326" s="1" t="s">
-        <v>1052</v>
+        <v>1058</v>
       </c>
       <c r="F326" t="s">
-        <v>1053</v>
+        <v>1047</v>
       </c>
     </row>
     <row r="327" spans="1:6">
       <c r="A327">
-        <v>65</v>
+        <v>100</v>
       </c>
       <c r="B327" t="s">
-        <v>1054</v>
+        <v>1059</v>
       </c>
       <c r="C327" s="1" t="s">
-        <v>1055</v>
+        <v>1060</v>
       </c>
       <c r="D327" s="1" t="s">
-        <v>1056</v>
+        <v>25</v>
       </c>
       <c r="E327" s="1" t="s">
-        <v>1057</v>
+        <v>1061</v>
       </c>
       <c r="F327" t="s">
-        <v>1058</v>
+        <v>1047</v>
       </c>
     </row>
     <row r="328" spans="1:6">
       <c r="A328">
-        <v>64</v>
+        <v>99</v>
       </c>
       <c r="B328" t="s">
-        <v>1059</v>
+        <v>1062</v>
       </c>
       <c r="C328" s="1" t="s">
-        <v>1060</v>
+        <v>83</v>
       </c>
       <c r="D328" s="1" t="s">
-        <v>170</v>
+        <v>84</v>
       </c>
       <c r="E328" s="1" t="s">
-        <v>1061</v>
+        <v>1063</v>
       </c>
       <c r="F328" t="s">
-        <v>1062</v>
+        <v>1047</v>
       </c>
     </row>
     <row r="329" spans="1:6">
       <c r="A329">
-        <v>63</v>
+        <v>98</v>
       </c>
       <c r="B329" t="s">
+        <v>1064</v>
+      </c>
+      <c r="C329" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="D329" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="E329" s="1" t="s">
         <v>1063</v>
       </c>
-      <c r="C329" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F329" t="s">
-        <v>1062</v>
+        <v>1047</v>
       </c>
     </row>
     <row r="330" spans="1:6">
       <c r="A330">
-        <v>62</v>
+        <v>97</v>
       </c>
       <c r="B330" t="s">
+        <v>1065</v>
+      </c>
+      <c r="C330" s="1" t="s">
         <v>1066</v>
       </c>
-      <c r="C330" s="1" t="s">
+      <c r="D330" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="E330" s="1" t="s">
         <v>1067</v>
       </c>
-      <c r="D330" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E330" s="1" t="s">
+      <c r="F330" t="s">
         <v>1068</v>
-      </c>
-[...1 lines deleted...]
-        <v>1062</v>
       </c>
     </row>
     <row r="331" spans="1:6">
       <c r="A331">
-        <v>61</v>
+        <v>96</v>
       </c>
       <c r="B331" t="s">
         <v>1069</v>
       </c>
       <c r="C331" s="1" t="s">
-        <v>1064</v>
+        <v>1070</v>
       </c>
       <c r="D331" s="1" t="s">
-        <v>1070</v>
+        <v>25</v>
       </c>
       <c r="E331" s="1" t="s">
         <v>1071</v>
       </c>
       <c r="F331" t="s">
-        <v>1062</v>
+        <v>620</v>
       </c>
     </row>
     <row r="332" spans="1:6">
       <c r="A332">
-        <v>60</v>
+        <v>95</v>
       </c>
       <c r="B332" t="s">
         <v>1072</v>
       </c>
       <c r="C332" s="1" t="s">
-        <v>1060</v>
+        <v>1073</v>
       </c>
       <c r="D332" s="1" t="s">
-        <v>1070</v>
+        <v>1074</v>
       </c>
       <c r="E332" s="1" t="s">
-        <v>1073</v>
+        <v>1075</v>
       </c>
       <c r="F332" t="s">
-        <v>1062</v>
+        <v>1043</v>
       </c>
     </row>
     <row r="333" spans="1:6">
       <c r="A333">
-        <v>59</v>
+        <v>94</v>
       </c>
       <c r="B333" t="s">
-        <v>307</v>
+        <v>1076</v>
       </c>
       <c r="C333" s="1" t="s">
-        <v>1067</v>
+        <v>1073</v>
       </c>
       <c r="D333" s="1" t="s">
-        <v>1070</v>
+        <v>1077</v>
       </c>
       <c r="E333" s="1" t="s">
-        <v>1074</v>
+        <v>1078</v>
       </c>
       <c r="F333" t="s">
-        <v>1062</v>
+        <v>1043</v>
       </c>
     </row>
     <row r="334" spans="1:6">
       <c r="A334">
-        <v>58</v>
+        <v>93</v>
       </c>
       <c r="B334" t="s">
-        <v>515</v>
+        <v>1079</v>
       </c>
       <c r="C334" s="1" t="s">
-        <v>516</v>
+        <v>1073</v>
       </c>
       <c r="D334" s="1" t="s">
-        <v>517</v>
+        <v>1041</v>
       </c>
       <c r="E334" s="1" t="s">
-        <v>1075</v>
+        <v>1080</v>
       </c>
       <c r="F334" t="s">
-        <v>1076</v>
+        <v>1043</v>
       </c>
     </row>
     <row r="335" spans="1:6">
       <c r="A335">
-        <v>57</v>
+        <v>92</v>
       </c>
       <c r="B335" t="s">
-        <v>1077</v>
+        <v>54</v>
       </c>
       <c r="C335" s="1" t="s">
-        <v>1078</v>
+        <v>1081</v>
       </c>
       <c r="D335" s="1" t="s">
-        <v>1079</v>
+        <v>55</v>
       </c>
       <c r="E335" s="1" t="s">
-        <v>1080</v>
+        <v>1082</v>
       </c>
       <c r="F335" t="s">
-        <v>1081</v>
+        <v>1083</v>
       </c>
     </row>
     <row r="336" spans="1:6">
       <c r="A336">
-        <v>56</v>
+        <v>91</v>
       </c>
       <c r="B336" t="s">
-        <v>1082</v>
+        <v>58</v>
       </c>
       <c r="C336" s="1" t="s">
-        <v>1083</v>
+        <v>1084</v>
       </c>
       <c r="D336" s="1" t="s">
-        <v>1084</v>
+        <v>55</v>
       </c>
       <c r="E336" s="1" t="s">
         <v>1085</v>
       </c>
       <c r="F336" t="s">
-        <v>1081</v>
+        <v>1083</v>
       </c>
     </row>
     <row r="337" spans="1:6">
       <c r="A337">
+        <v>90</v>
+      </c>
+      <c r="B337" t="s">
+        <v>61</v>
+      </c>
+      <c r="C337" s="1" t="s">
+        <v>1086</v>
+      </c>
+      <c r="D337" s="1" t="s">
         <v>55</v>
       </c>
-      <c r="B337" t="s">
-[...2 lines deleted...]
-      <c r="C337" s="1" t="s">
+      <c r="E337" s="1" t="s">
         <v>1087</v>
       </c>
-      <c r="D337" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F337" t="s">
-        <v>1089</v>
+        <v>1083</v>
       </c>
     </row>
     <row r="338" spans="1:6">
       <c r="A338">
-        <v>54</v>
+        <v>89</v>
       </c>
       <c r="B338" t="s">
+        <v>1088</v>
+      </c>
+      <c r="C338" s="1" t="s">
+        <v>1089</v>
+      </c>
+      <c r="D338" s="1" t="s">
+        <v>429</v>
+      </c>
+      <c r="E338" s="1" t="s">
         <v>1090</v>
       </c>
-      <c r="C338" s="1" t="s">
+      <c r="F338" t="s">
         <v>1091</v>
-      </c>
-[...7 lines deleted...]
-        <v>1094</v>
       </c>
     </row>
     <row r="339" spans="1:6">
       <c r="A339">
-        <v>53</v>
+        <v>88</v>
       </c>
       <c r="B339" t="s">
-        <v>1095</v>
+        <v>121</v>
       </c>
       <c r="C339" s="1" t="s">
-        <v>1091</v>
+        <v>1092</v>
       </c>
       <c r="D339" s="1" t="s">
-        <v>1096</v>
+        <v>123</v>
       </c>
       <c r="E339" s="1" t="s">
-        <v>1097</v>
+        <v>1093</v>
       </c>
       <c r="F339" t="s">
         <v>1094</v>
       </c>
     </row>
     <row r="340" spans="1:6">
       <c r="A340">
-        <v>52</v>
+        <v>87</v>
       </c>
       <c r="B340" t="s">
-        <v>1098</v>
+        <v>1095</v>
       </c>
       <c r="C340" s="1" t="s">
-        <v>1099</v>
+        <v>1096</v>
       </c>
       <c r="D340" s="1" t="s">
-        <v>1092</v>
+        <v>429</v>
       </c>
       <c r="E340" s="1" t="s">
-        <v>1100</v>
+        <v>1097</v>
       </c>
       <c r="F340" t="s">
-        <v>1094</v>
+        <v>1091</v>
       </c>
     </row>
     <row r="341" spans="1:6">
       <c r="A341">
-        <v>51</v>
+        <v>86</v>
       </c>
       <c r="B341" t="s">
-        <v>1101</v>
+        <v>1098</v>
       </c>
       <c r="C341" s="1" t="s">
         <v>1099</v>
       </c>
       <c r="D341" s="1" t="s">
-        <v>1096</v>
+        <v>1100</v>
       </c>
       <c r="E341" s="1" t="s">
+        <v>1101</v>
+      </c>
+      <c r="F341" t="s">
         <v>1102</v>
-      </c>
-[...1 lines deleted...]
-        <v>1094</v>
       </c>
     </row>
     <row r="342" spans="1:6">
       <c r="A342">
-        <v>50</v>
+        <v>85</v>
       </c>
       <c r="B342" t="s">
         <v>1103</v>
       </c>
       <c r="C342" s="1" t="s">
         <v>1104</v>
       </c>
       <c r="D342" s="1" t="s">
-        <v>1092</v>
+        <v>614</v>
       </c>
       <c r="E342" s="1" t="s">
         <v>1105</v>
       </c>
       <c r="F342" t="s">
-        <v>1094</v>
+        <v>1106</v>
       </c>
     </row>
     <row r="343" spans="1:6">
       <c r="A343">
-        <v>49</v>
+        <v>84</v>
       </c>
       <c r="B343" t="s">
-        <v>1106</v>
+        <v>1107</v>
       </c>
       <c r="C343" s="1" t="s">
-        <v>1107</v>
+        <v>1108</v>
       </c>
       <c r="D343" s="1" t="s">
-        <v>1096</v>
+        <v>1109</v>
       </c>
       <c r="E343" s="1" t="s">
-        <v>1108</v>
+        <v>1110</v>
       </c>
       <c r="F343" t="s">
-        <v>1094</v>
+        <v>1111</v>
       </c>
     </row>
     <row r="344" spans="1:6">
       <c r="A344">
-        <v>48</v>
+        <v>83</v>
       </c>
       <c r="B344" t="s">
-        <v>1109</v>
+        <v>855</v>
       </c>
       <c r="C344" s="1" t="s">
-        <v>1110</v>
+        <v>1112</v>
       </c>
       <c r="D344" s="1" t="s">
-        <v>1111</v>
+        <v>857</v>
       </c>
       <c r="E344" s="1" t="s">
-        <v>1112</v>
+        <v>1113</v>
       </c>
       <c r="F344" t="s">
-        <v>431</v>
+        <v>1114</v>
       </c>
     </row>
     <row r="345" spans="1:6">
       <c r="A345">
-        <v>47</v>
+        <v>82</v>
       </c>
       <c r="B345" t="s">
-        <v>1113</v>
+        <v>275</v>
       </c>
       <c r="C345" s="1" t="s">
-        <v>1114</v>
+        <v>276</v>
       </c>
       <c r="D345" s="1" t="s">
-        <v>1111</v>
+        <v>277</v>
       </c>
       <c r="E345" s="1" t="s">
         <v>1115</v>
       </c>
       <c r="F345" t="s">
-        <v>431</v>
+        <v>1116</v>
       </c>
     </row>
     <row r="346" spans="1:6">
       <c r="A346">
-        <v>46</v>
+        <v>81</v>
       </c>
       <c r="B346" t="s">
-        <v>1116</v>
+        <v>1117</v>
       </c>
       <c r="C346" s="1" t="s">
-        <v>1117</v>
+        <v>1118</v>
       </c>
       <c r="D346" s="1" t="s">
-        <v>1118</v>
+        <v>262</v>
       </c>
       <c r="E346" s="1" t="s">
         <v>1119</v>
       </c>
       <c r="F346" t="s">
         <v>1120</v>
       </c>
     </row>
     <row r="347" spans="1:6">
       <c r="A347">
-        <v>43</v>
+        <v>80</v>
       </c>
       <c r="B347" t="s">
+        <v>265</v>
+      </c>
+      <c r="C347" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="D347" s="1" t="s">
+        <v>262</v>
+      </c>
+      <c r="E347" s="1" t="s">
         <v>1121</v>
       </c>
-      <c r="C347" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F347" t="s">
-        <v>1125</v>
+        <v>1120</v>
       </c>
     </row>
     <row r="348" spans="1:6">
       <c r="A348">
-        <v>42</v>
+        <v>79</v>
       </c>
       <c r="B348" t="s">
-        <v>1126</v>
+        <v>260</v>
       </c>
       <c r="C348" s="1" t="s">
-        <v>1127</v>
+        <v>261</v>
       </c>
       <c r="D348" s="1" t="s">
-        <v>638</v>
+        <v>262</v>
       </c>
       <c r="E348" s="1" t="s">
-        <v>1128</v>
+        <v>1122</v>
       </c>
       <c r="F348" t="s">
-        <v>1129</v>
+        <v>1120</v>
       </c>
     </row>
     <row r="349" spans="1:6">
       <c r="A349">
-        <v>41</v>
+        <v>78</v>
       </c>
       <c r="B349" t="s">
-        <v>1130</v>
+        <v>268</v>
       </c>
       <c r="C349" s="1" t="s">
-        <v>1131</v>
+        <v>269</v>
       </c>
       <c r="D349" s="1" t="s">
-        <v>1132</v>
+        <v>262</v>
       </c>
       <c r="E349" s="1" t="s">
-        <v>1133</v>
+        <v>1123</v>
       </c>
       <c r="F349" t="s">
-        <v>1134</v>
+        <v>1120</v>
       </c>
     </row>
     <row r="350" spans="1:6">
       <c r="A350">
-        <v>40</v>
+        <v>74</v>
       </c>
       <c r="B350" t="s">
-        <v>1135</v>
+        <v>1124</v>
       </c>
       <c r="C350" s="1" t="s">
-        <v>1136</v>
+        <v>1125</v>
       </c>
       <c r="D350" s="1" t="s">
-        <v>1137</v>
+        <v>725</v>
       </c>
       <c r="E350" s="1" t="s">
-        <v>1138</v>
+        <v>1126</v>
       </c>
       <c r="F350" t="s">
-        <v>1139</v>
+        <v>1127</v>
       </c>
     </row>
     <row r="351" spans="1:6">
       <c r="A351">
-        <v>39</v>
+        <v>73</v>
       </c>
       <c r="B351" t="s">
-        <v>1140</v>
+        <v>1128</v>
       </c>
       <c r="C351" s="1" t="s">
-        <v>1136</v>
+        <v>1129</v>
       </c>
       <c r="D351" s="1" t="s">
-        <v>1141</v>
+        <v>725</v>
       </c>
       <c r="E351" s="1" t="s">
-        <v>1142</v>
+        <v>1130</v>
       </c>
       <c r="F351" t="s">
-        <v>1143</v>
+        <v>1127</v>
       </c>
     </row>
     <row r="352" spans="1:6">
       <c r="A352">
-        <v>38</v>
+        <v>72</v>
       </c>
       <c r="B352" t="s">
-        <v>1144</v>
+        <v>1131</v>
       </c>
       <c r="C352" s="1" t="s">
-        <v>1145</v>
+        <v>1132</v>
       </c>
       <c r="D352" s="1" t="s">
-        <v>1146</v>
+        <v>725</v>
       </c>
       <c r="E352" s="1" t="s">
-        <v>1147</v>
+        <v>1133</v>
       </c>
       <c r="F352" t="s">
-        <v>1148</v>
+        <v>1127</v>
       </c>
     </row>
     <row r="353" spans="1:6">
       <c r="A353">
-        <v>37</v>
+        <v>71</v>
       </c>
       <c r="B353" t="s">
-        <v>1149</v>
+        <v>1134</v>
       </c>
       <c r="C353" s="1" t="s">
-        <v>1150</v>
+        <v>1135</v>
       </c>
       <c r="D353" s="1" t="s">
-        <v>1151</v>
+        <v>725</v>
       </c>
       <c r="E353" s="1" t="s">
-        <v>1152</v>
+        <v>1136</v>
       </c>
       <c r="F353" t="s">
-        <v>1153</v>
+        <v>1127</v>
       </c>
     </row>
     <row r="354" spans="1:6">
       <c r="A354">
-        <v>36</v>
+        <v>70</v>
       </c>
       <c r="B354" t="s">
-        <v>1154</v>
+        <v>1137</v>
       </c>
       <c r="C354" s="1" t="s">
-        <v>605</v>
+        <v>1138</v>
       </c>
       <c r="D354" s="1" t="s">
-        <v>606</v>
+        <v>443</v>
       </c>
       <c r="E354" s="1" t="s">
-        <v>1155</v>
+        <v>1139</v>
       </c>
       <c r="F354" t="s">
-        <v>1156</v>
+        <v>1140</v>
       </c>
     </row>
     <row r="355" spans="1:6">
       <c r="A355">
-        <v>35</v>
+        <v>69</v>
       </c>
       <c r="B355" t="s">
-        <v>1157</v>
+        <v>1141</v>
       </c>
       <c r="C355" s="1" t="s">
-        <v>605</v>
+        <v>1142</v>
       </c>
       <c r="D355" s="1" t="s">
-        <v>1158</v>
+        <v>1143</v>
       </c>
       <c r="E355" s="1" t="s">
-        <v>1159</v>
+        <v>1144</v>
       </c>
       <c r="F355" t="s">
-        <v>1160</v>
+        <v>1145</v>
       </c>
     </row>
     <row r="356" spans="1:6">
       <c r="A356">
-        <v>34</v>
+        <v>68</v>
       </c>
       <c r="B356" t="s">
-        <v>1161</v>
+        <v>1146</v>
       </c>
       <c r="C356" s="1" t="s">
-        <v>1162</v>
+        <v>1142</v>
       </c>
       <c r="D356" s="1" t="s">
-        <v>1163</v>
+        <v>1143</v>
       </c>
       <c r="E356" s="1" t="s">
-        <v>1164</v>
+        <v>1147</v>
       </c>
       <c r="F356" t="s">
-        <v>1165</v>
+        <v>1145</v>
       </c>
     </row>
     <row r="357" spans="1:6">
       <c r="A357">
-        <v>33</v>
+        <v>67</v>
       </c>
       <c r="B357" t="s">
-        <v>1166</v>
+        <v>1148</v>
       </c>
       <c r="C357" s="1" t="s">
-        <v>1167</v>
+        <v>1142</v>
       </c>
       <c r="D357" s="1" t="s">
-        <v>1168</v>
+        <v>1149</v>
       </c>
       <c r="E357" s="1" t="s">
-        <v>1169</v>
+        <v>1150</v>
       </c>
       <c r="F357" t="s">
-        <v>1170</v>
+        <v>1145</v>
       </c>
     </row>
     <row r="358" spans="1:6">
       <c r="A358">
-        <v>32</v>
+        <v>66</v>
       </c>
       <c r="B358" t="s">
-        <v>1171</v>
+        <v>1151</v>
       </c>
       <c r="C358" s="1" t="s">
-        <v>1172</v>
+        <v>256</v>
       </c>
       <c r="D358" s="1" t="s">
-        <v>1173</v>
+        <v>1152</v>
       </c>
       <c r="E358" s="1" t="s">
-        <v>1174</v>
+        <v>1153</v>
       </c>
       <c r="F358" t="s">
-        <v>1175</v>
+        <v>1154</v>
       </c>
     </row>
     <row r="359" spans="1:6">
       <c r="A359">
-        <v>31</v>
+        <v>65</v>
       </c>
       <c r="B359" t="s">
-        <v>1176</v>
+        <v>1155</v>
       </c>
       <c r="C359" s="1" t="s">
-        <v>472</v>
+        <v>1156</v>
       </c>
       <c r="D359" s="1" t="s">
-        <v>92</v>
+        <v>1157</v>
       </c>
       <c r="E359" s="1" t="s">
-        <v>1177</v>
+        <v>1158</v>
       </c>
       <c r="F359" t="s">
-        <v>1019</v>
+        <v>1159</v>
       </c>
     </row>
     <row r="360" spans="1:6">
       <c r="A360">
-        <v>30</v>
+        <v>64</v>
       </c>
       <c r="B360" t="s">
-        <v>1178</v>
+        <v>1160</v>
       </c>
       <c r="C360" s="1" t="s">
-        <v>462</v>
+        <v>1161</v>
       </c>
       <c r="D360" s="1" t="s">
-        <v>92</v>
+        <v>170</v>
       </c>
       <c r="E360" s="1" t="s">
-        <v>1179</v>
+        <v>1162</v>
       </c>
       <c r="F360" t="s">
-        <v>1019</v>
+        <v>1163</v>
       </c>
     </row>
     <row r="361" spans="1:6">
       <c r="A361">
-        <v>29</v>
+        <v>63</v>
       </c>
       <c r="B361" t="s">
-        <v>1180</v>
+        <v>1164</v>
       </c>
       <c r="C361" s="1" t="s">
-        <v>479</v>
+        <v>1165</v>
       </c>
       <c r="D361" s="1" t="s">
-        <v>92</v>
+        <v>170</v>
       </c>
       <c r="E361" s="1" t="s">
-        <v>1181</v>
+        <v>1166</v>
       </c>
       <c r="F361" t="s">
-        <v>1019</v>
+        <v>1163</v>
       </c>
     </row>
     <row r="362" spans="1:6">
       <c r="A362">
-        <v>28</v>
+        <v>62</v>
       </c>
       <c r="B362" t="s">
-        <v>1182</v>
+        <v>1167</v>
       </c>
       <c r="C362" s="1" t="s">
-        <v>1183</v>
+        <v>1168</v>
       </c>
       <c r="D362" s="1" t="s">
-        <v>1184</v>
+        <v>170</v>
       </c>
       <c r="E362" s="1" t="s">
-        <v>1185</v>
+        <v>1169</v>
       </c>
       <c r="F362" t="s">
-        <v>1186</v>
+        <v>1163</v>
       </c>
     </row>
     <row r="363" spans="1:6">
       <c r="A363">
-        <v>27</v>
+        <v>61</v>
       </c>
       <c r="B363" t="s">
-        <v>1187</v>
+        <v>1170</v>
       </c>
       <c r="C363" s="1" t="s">
-        <v>1188</v>
+        <v>1165</v>
       </c>
       <c r="D363" s="1" t="s">
-        <v>1189</v>
+        <v>1171</v>
       </c>
       <c r="E363" s="1" t="s">
-        <v>1190</v>
+        <v>1172</v>
       </c>
       <c r="F363" t="s">
-        <v>1191</v>
+        <v>1163</v>
       </c>
     </row>
     <row r="364" spans="1:6">
       <c r="A364">
-        <v>26</v>
+        <v>60</v>
       </c>
       <c r="B364" t="s">
-        <v>1192</v>
+        <v>1173</v>
       </c>
       <c r="C364" s="1" t="s">
-        <v>1193</v>
+        <v>1161</v>
       </c>
       <c r="D364" s="1" t="s">
-        <v>1194</v>
+        <v>1171</v>
       </c>
       <c r="E364" s="1" t="s">
-        <v>1195</v>
+        <v>1174</v>
       </c>
       <c r="F364" t="s">
-        <v>1196</v>
+        <v>1163</v>
       </c>
     </row>
     <row r="365" spans="1:6">
       <c r="A365">
-        <v>25</v>
+        <v>59</v>
       </c>
       <c r="B365" t="s">
-        <v>1192</v>
+        <v>307</v>
       </c>
       <c r="C365" s="1" t="s">
-        <v>1193</v>
+        <v>1168</v>
       </c>
       <c r="D365" s="1" t="s">
-        <v>1194</v>
+        <v>1171</v>
+      </c>
+      <c r="E365" s="1" t="s">
+        <v>1175</v>
       </c>
       <c r="F365" t="s">
-        <v>1196</v>
+        <v>1163</v>
       </c>
     </row>
     <row r="366" spans="1:6">
       <c r="A366">
-        <v>24</v>
+        <v>58</v>
       </c>
       <c r="B366" t="s">
-        <v>1054</v>
+        <v>553</v>
       </c>
       <c r="C366" s="1" t="s">
-        <v>1197</v>
+        <v>554</v>
       </c>
       <c r="D366" s="1" t="s">
-        <v>1056</v>
+        <v>555</v>
       </c>
       <c r="E366" s="1" t="s">
-        <v>1198</v>
+        <v>1176</v>
       </c>
       <c r="F366" t="s">
-        <v>231</v>
+        <v>1177</v>
       </c>
     </row>
     <row r="367" spans="1:6">
       <c r="A367">
-        <v>24</v>
+        <v>57</v>
       </c>
       <c r="B367" t="s">
-        <v>1199</v>
+        <v>1178</v>
       </c>
       <c r="C367" s="1" t="s">
-        <v>1200</v>
+        <v>1179</v>
       </c>
       <c r="D367" s="1" t="s">
-        <v>1201</v>
+        <v>1180</v>
       </c>
       <c r="E367" s="1" t="s">
-        <v>1202</v>
+        <v>1181</v>
       </c>
       <c r="F367" t="s">
-        <v>1203</v>
+        <v>1182</v>
       </c>
     </row>
     <row r="368" spans="1:6">
       <c r="A368">
-        <v>24</v>
+        <v>56</v>
       </c>
       <c r="B368" t="s">
-        <v>1054</v>
+        <v>1183</v>
       </c>
       <c r="C368" s="1" t="s">
-        <v>1204</v>
+        <v>1184</v>
       </c>
       <c r="D368" s="1" t="s">
-        <v>1056</v>
+        <v>1185</v>
       </c>
       <c r="E368" s="1" t="s">
-        <v>1205</v>
+        <v>1186</v>
       </c>
       <c r="F368" t="s">
-        <v>1206</v>
+        <v>1182</v>
       </c>
     </row>
     <row r="369" spans="1:6">
       <c r="A369">
-        <v>23</v>
+        <v>55</v>
       </c>
       <c r="B369" t="s">
-        <v>1207</v>
+        <v>1187</v>
       </c>
       <c r="C369" s="1" t="s">
-        <v>1208</v>
+        <v>1188</v>
       </c>
       <c r="D369" s="1" t="s">
-        <v>1209</v>
+        <v>114</v>
       </c>
       <c r="E369" s="1" t="s">
-        <v>1210</v>
+        <v>1189</v>
       </c>
       <c r="F369" t="s">
-        <v>1211</v>
+        <v>1190</v>
       </c>
     </row>
     <row r="370" spans="1:6">
       <c r="A370">
-        <v>22</v>
+        <v>54</v>
       </c>
       <c r="B370" t="s">
-        <v>1212</v>
+        <v>1191</v>
       </c>
       <c r="C370" s="1" t="s">
-        <v>1213</v>
+        <v>1192</v>
       </c>
       <c r="D370" s="1" t="s">
-        <v>1214</v>
+        <v>1193</v>
       </c>
       <c r="E370" s="1" t="s">
-        <v>1215</v>
+        <v>1194</v>
       </c>
       <c r="F370" t="s">
-        <v>1216</v>
+        <v>1195</v>
       </c>
     </row>
     <row r="371" spans="1:6">
       <c r="A371">
-        <v>21</v>
+        <v>53</v>
       </c>
       <c r="B371" t="s">
-        <v>1217</v>
+        <v>1196</v>
       </c>
       <c r="C371" s="1" t="s">
-        <v>1218</v>
+        <v>1192</v>
       </c>
       <c r="D371" s="1" t="s">
-        <v>1219</v>
+        <v>1197</v>
       </c>
       <c r="E371" s="1" t="s">
-        <v>1220</v>
+        <v>1198</v>
       </c>
       <c r="F371" t="s">
-        <v>1221</v>
+        <v>1195</v>
       </c>
     </row>
     <row r="372" spans="1:6">
       <c r="A372">
-        <v>20</v>
+        <v>52</v>
       </c>
       <c r="B372" t="s">
-        <v>1222</v>
+        <v>1199</v>
       </c>
       <c r="C372" s="1" t="s">
-        <v>1223</v>
+        <v>1200</v>
       </c>
       <c r="D372" s="1" t="s">
-        <v>1224</v>
+        <v>1193</v>
       </c>
       <c r="E372" s="1" t="s">
-        <v>1225</v>
+        <v>1201</v>
       </c>
       <c r="F372" t="s">
-        <v>1226</v>
+        <v>1195</v>
       </c>
     </row>
     <row r="373" spans="1:6">
       <c r="A373">
-        <v>19</v>
+        <v>51</v>
       </c>
       <c r="B373" t="s">
-        <v>1227</v>
+        <v>1202</v>
       </c>
       <c r="C373" s="1" t="s">
-        <v>1228</v>
+        <v>1200</v>
       </c>
       <c r="D373" s="1" t="s">
-        <v>1229</v>
+        <v>1197</v>
       </c>
       <c r="E373" s="1" t="s">
-        <v>1230</v>
+        <v>1203</v>
       </c>
       <c r="F373" t="s">
-        <v>1231</v>
+        <v>1195</v>
       </c>
     </row>
     <row r="374" spans="1:6">
       <c r="A374">
-        <v>18</v>
+        <v>50</v>
       </c>
       <c r="B374" t="s">
-        <v>1232</v>
+        <v>1204</v>
       </c>
       <c r="C374" s="1" t="s">
-        <v>1233</v>
+        <v>1205</v>
       </c>
       <c r="D374" s="1" t="s">
-        <v>1234</v>
+        <v>1193</v>
       </c>
       <c r="E374" s="1" t="s">
-        <v>1235</v>
+        <v>1206</v>
       </c>
       <c r="F374" t="s">
-        <v>1236</v>
+        <v>1195</v>
       </c>
     </row>
     <row r="375" spans="1:6">
       <c r="A375">
-        <v>17</v>
+        <v>49</v>
       </c>
       <c r="B375" t="s">
-        <v>1237</v>
+        <v>1207</v>
       </c>
       <c r="C375" s="1" t="s">
-        <v>1233</v>
+        <v>1208</v>
       </c>
       <c r="D375" s="1" t="s">
-        <v>1238</v>
+        <v>1197</v>
       </c>
       <c r="E375" s="1" t="s">
-        <v>1239</v>
+        <v>1209</v>
       </c>
       <c r="F375" t="s">
-        <v>1236</v>
+        <v>1195</v>
       </c>
     </row>
     <row r="376" spans="1:6">
       <c r="A376">
-        <v>16</v>
+        <v>48</v>
       </c>
       <c r="B376" t="s">
-        <v>1240</v>
+        <v>1210</v>
       </c>
       <c r="C376" s="1" t="s">
-        <v>1055</v>
+        <v>1211</v>
       </c>
       <c r="D376" s="1" t="s">
-        <v>1241</v>
+        <v>1212</v>
       </c>
       <c r="E376" s="1" t="s">
-        <v>1242</v>
+        <v>1213</v>
       </c>
       <c r="F376" t="s">
-        <v>1243</v>
+        <v>431</v>
       </c>
     </row>
     <row r="377" spans="1:6">
       <c r="A377">
-        <v>15</v>
+        <v>47</v>
       </c>
       <c r="B377" t="s">
-        <v>1244</v>
+        <v>1214</v>
       </c>
       <c r="C377" s="1" t="s">
-        <v>1245</v>
+        <v>1215</v>
       </c>
       <c r="D377" s="1" t="s">
-        <v>1246</v>
+        <v>1212</v>
       </c>
       <c r="E377" s="1" t="s">
-        <v>1247</v>
+        <v>1216</v>
       </c>
       <c r="F377" t="s">
-        <v>1248</v>
+        <v>431</v>
       </c>
     </row>
     <row r="378" spans="1:6">
       <c r="A378">
-        <v>14</v>
+        <v>46</v>
       </c>
       <c r="B378" t="s">
-        <v>1249</v>
+        <v>1217</v>
       </c>
       <c r="C378" s="1" t="s">
-        <v>1245</v>
+        <v>1218</v>
       </c>
       <c r="D378" s="1" t="s">
-        <v>1246</v>
+        <v>488</v>
       </c>
       <c r="E378" s="1" t="s">
-        <v>1250</v>
+        <v>1219</v>
       </c>
       <c r="F378" t="s">
-        <v>1251</v>
+        <v>1220</v>
       </c>
     </row>
     <row r="379" spans="1:6">
       <c r="A379">
-        <v>13</v>
+        <v>43</v>
       </c>
       <c r="B379" t="s">
-        <v>1252</v>
+        <v>1221</v>
       </c>
       <c r="C379" s="1" t="s">
-        <v>1253</v>
+        <v>1222</v>
       </c>
       <c r="D379" s="1" t="s">
-        <v>1254</v>
+        <v>1223</v>
       </c>
       <c r="E379" s="1" t="s">
-        <v>1255</v>
+        <v>1224</v>
       </c>
       <c r="F379" t="s">
-        <v>1256</v>
+        <v>1225</v>
       </c>
     </row>
     <row r="380" spans="1:6">
       <c r="A380">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="B380" t="s">
-        <v>1257</v>
+        <v>1226</v>
       </c>
       <c r="C380" s="1" t="s">
-        <v>1253</v>
+        <v>1227</v>
       </c>
       <c r="D380" s="1" t="s">
-        <v>1254</v>
+        <v>725</v>
       </c>
       <c r="E380" s="1" t="s">
-        <v>1258</v>
+        <v>1228</v>
       </c>
       <c r="F380" t="s">
-        <v>1259</v>
+        <v>1229</v>
       </c>
     </row>
     <row r="381" spans="1:6">
       <c r="A381">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="B381" t="s">
-        <v>1244</v>
+        <v>1230</v>
       </c>
       <c r="C381" s="1" t="s">
-        <v>1253</v>
+        <v>1231</v>
       </c>
       <c r="D381" s="1" t="s">
-        <v>1254</v>
+        <v>1232</v>
       </c>
       <c r="E381" s="1" t="s">
-        <v>1260</v>
+        <v>1233</v>
       </c>
       <c r="F381" t="s">
-        <v>1261</v>
+        <v>1234</v>
       </c>
     </row>
     <row r="382" spans="1:6">
       <c r="A382">
-        <v>11</v>
+        <v>40</v>
       </c>
       <c r="B382" t="s">
-        <v>1262</v>
+        <v>1235</v>
       </c>
       <c r="C382" s="1" t="s">
-        <v>1263</v>
+        <v>1236</v>
       </c>
       <c r="D382" s="1" t="s">
-        <v>1096</v>
+        <v>1237</v>
       </c>
       <c r="E382" s="1" t="s">
-        <v>1264</v>
+        <v>1238</v>
       </c>
       <c r="F382" t="s">
-        <v>1265</v>
+        <v>1239</v>
       </c>
     </row>
     <row r="383" spans="1:6">
       <c r="A383">
-        <v>10</v>
+        <v>39</v>
       </c>
       <c r="B383" t="s">
-        <v>1266</v>
+        <v>1240</v>
       </c>
       <c r="C383" s="1" t="s">
-        <v>1253</v>
+        <v>1236</v>
       </c>
       <c r="D383" s="1" t="s">
-        <v>1254</v>
+        <v>1241</v>
       </c>
       <c r="E383" s="1" t="s">
-        <v>1267</v>
+        <v>1242</v>
       </c>
       <c r="F383" t="s">
-        <v>1268</v>
+        <v>1243</v>
       </c>
     </row>
     <row r="384" spans="1:6">
       <c r="A384">
-        <v>9</v>
+        <v>38</v>
       </c>
       <c r="B384" t="s">
-        <v>1269</v>
+        <v>1244</v>
       </c>
       <c r="C384" s="1" t="s">
-        <v>605</v>
+        <v>1245</v>
       </c>
       <c r="D384" s="1" t="s">
-        <v>1270</v>
+        <v>1246</v>
       </c>
       <c r="E384" s="1" t="s">
-        <v>1271</v>
+        <v>1247</v>
       </c>
       <c r="F384" t="s">
-        <v>1120</v>
+        <v>1248</v>
       </c>
     </row>
     <row r="385" spans="1:6">
       <c r="A385">
-        <v>8</v>
+        <v>37</v>
       </c>
       <c r="B385" t="s">
-        <v>1272</v>
+        <v>1249</v>
       </c>
       <c r="C385" s="1" t="s">
-        <v>1273</v>
+        <v>1250</v>
       </c>
       <c r="D385" s="1" t="s">
-        <v>1274</v>
+        <v>1251</v>
       </c>
       <c r="E385" s="1" t="s">
-        <v>1275</v>
+        <v>1252</v>
       </c>
       <c r="F385" t="s">
-        <v>1276</v>
+        <v>1253</v>
       </c>
     </row>
     <row r="386" spans="1:6">
       <c r="A386">
-        <v>7</v>
+        <v>36</v>
       </c>
       <c r="B386" t="s">
-        <v>1277</v>
+        <v>1254</v>
       </c>
       <c r="C386" s="1" t="s">
-        <v>1278</v>
+        <v>692</v>
       </c>
       <c r="D386" s="1" t="s">
-        <v>1274</v>
+        <v>693</v>
       </c>
       <c r="E386" s="1" t="s">
-        <v>1279</v>
+        <v>1255</v>
       </c>
       <c r="F386" t="s">
-        <v>1276</v>
+        <v>1256</v>
       </c>
     </row>
     <row r="387" spans="1:6">
       <c r="A387">
-        <v>6</v>
+        <v>35</v>
       </c>
       <c r="B387" t="s">
-        <v>1280</v>
+        <v>1257</v>
       </c>
       <c r="C387" s="1" t="s">
-        <v>1281</v>
+        <v>692</v>
       </c>
       <c r="D387" s="1" t="s">
-        <v>1274</v>
+        <v>1258</v>
       </c>
       <c r="E387" s="1" t="s">
-        <v>1282</v>
+        <v>1259</v>
       </c>
       <c r="F387" t="s">
-        <v>1276</v>
+        <v>1260</v>
       </c>
     </row>
     <row r="388" spans="1:6">
       <c r="A388">
-        <v>4</v>
+        <v>34</v>
       </c>
       <c r="B388" t="s">
-        <v>1283</v>
+        <v>1261</v>
       </c>
       <c r="C388" s="1" t="s">
-        <v>1284</v>
+        <v>1262</v>
       </c>
       <c r="D388" s="1" t="s">
-        <v>1274</v>
+        <v>1263</v>
       </c>
       <c r="E388" s="1" t="s">
-        <v>1285</v>
+        <v>1264</v>
       </c>
       <c r="F388" t="s">
-        <v>1276</v>
+        <v>1265</v>
       </c>
     </row>
     <row r="389" spans="1:6">
       <c r="A389">
-        <v>3</v>
+        <v>33</v>
       </c>
       <c r="B389" t="s">
-        <v>1286</v>
+        <v>1266</v>
       </c>
       <c r="C389" s="1" t="s">
-        <v>113</v>
+        <v>1267</v>
       </c>
       <c r="D389" s="1" t="s">
-        <v>1287</v>
+        <v>1268</v>
       </c>
       <c r="E389" s="1" t="s">
-        <v>1288</v>
+        <v>1269</v>
       </c>
       <c r="F389" t="s">
-        <v>1289</v>
+        <v>1270</v>
       </c>
     </row>
     <row r="390" spans="1:6">
       <c r="A390">
-        <v>2</v>
+        <v>32</v>
       </c>
       <c r="B390" t="s">
-        <v>1290</v>
+        <v>1271</v>
       </c>
       <c r="C390" s="1" t="s">
-        <v>1150</v>
+        <v>1272</v>
       </c>
       <c r="D390" s="1" t="s">
-        <v>1151</v>
+        <v>1273</v>
       </c>
       <c r="E390" s="1" t="s">
-        <v>1291</v>
+        <v>1274</v>
       </c>
       <c r="F390" t="s">
-        <v>1292</v>
+        <v>1275</v>
       </c>
     </row>
     <row r="391" spans="1:6">
       <c r="A391">
+        <v>31</v>
+      </c>
+      <c r="B391" t="s">
+        <v>1276</v>
+      </c>
+      <c r="C391" s="1" t="s">
+        <v>472</v>
+      </c>
+      <c r="D391" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="E391" s="1" t="s">
+        <v>1277</v>
+      </c>
+      <c r="F391" t="s">
+        <v>1120</v>
+      </c>
+    </row>
+    <row r="392" spans="1:6">
+      <c r="A392">
+        <v>30</v>
+      </c>
+      <c r="B392" t="s">
+        <v>1278</v>
+      </c>
+      <c r="C392" s="1" t="s">
+        <v>462</v>
+      </c>
+      <c r="D392" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="E392" s="1" t="s">
+        <v>1279</v>
+      </c>
+      <c r="F392" t="s">
+        <v>1120</v>
+      </c>
+    </row>
+    <row r="393" spans="1:6">
+      <c r="A393">
+        <v>29</v>
+      </c>
+      <c r="B393" t="s">
+        <v>1280</v>
+      </c>
+      <c r="C393" s="1" t="s">
+        <v>484</v>
+      </c>
+      <c r="D393" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="E393" s="1" t="s">
+        <v>1281</v>
+      </c>
+      <c r="F393" t="s">
+        <v>1120</v>
+      </c>
+    </row>
+    <row r="394" spans="1:6">
+      <c r="A394">
+        <v>28</v>
+      </c>
+      <c r="B394" t="s">
+        <v>1282</v>
+      </c>
+      <c r="C394" s="1" t="s">
+        <v>1283</v>
+      </c>
+      <c r="D394" s="1" t="s">
+        <v>1284</v>
+      </c>
+      <c r="E394" s="1" t="s">
+        <v>1285</v>
+      </c>
+      <c r="F394" t="s">
+        <v>1286</v>
+      </c>
+    </row>
+    <row r="395" spans="1:6">
+      <c r="A395">
+        <v>27</v>
+      </c>
+      <c r="B395" t="s">
+        <v>1287</v>
+      </c>
+      <c r="C395" s="1" t="s">
+        <v>1288</v>
+      </c>
+      <c r="D395" s="1" t="s">
+        <v>1289</v>
+      </c>
+      <c r="E395" s="1" t="s">
+        <v>1290</v>
+      </c>
+      <c r="F395" t="s">
+        <v>1291</v>
+      </c>
+    </row>
+    <row r="396" spans="1:6">
+      <c r="A396">
+        <v>26</v>
+      </c>
+      <c r="B396" t="s">
+        <v>1292</v>
+      </c>
+      <c r="C396" s="1" t="s">
+        <v>1293</v>
+      </c>
+      <c r="D396" s="1" t="s">
+        <v>1294</v>
+      </c>
+      <c r="E396" s="1" t="s">
+        <v>1295</v>
+      </c>
+      <c r="F396" t="s">
+        <v>1296</v>
+      </c>
+    </row>
+    <row r="397" spans="1:6">
+      <c r="A397">
+        <v>25</v>
+      </c>
+      <c r="B397" t="s">
+        <v>1292</v>
+      </c>
+      <c r="C397" s="1" t="s">
+        <v>1293</v>
+      </c>
+      <c r="D397" s="1" t="s">
+        <v>1294</v>
+      </c>
+      <c r="F397" t="s">
+        <v>1296</v>
+      </c>
+    </row>
+    <row r="398" spans="1:6">
+      <c r="A398">
+        <v>24</v>
+      </c>
+      <c r="B398" t="s">
+        <v>1155</v>
+      </c>
+      <c r="C398" s="1" t="s">
+        <v>1297</v>
+      </c>
+      <c r="D398" s="1" t="s">
+        <v>1157</v>
+      </c>
+      <c r="E398" s="1" t="s">
+        <v>1298</v>
+      </c>
+      <c r="F398" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="399" spans="1:6">
+      <c r="A399">
+        <v>24</v>
+      </c>
+      <c r="B399" t="s">
+        <v>1299</v>
+      </c>
+      <c r="C399" s="1" t="s">
+        <v>1300</v>
+      </c>
+      <c r="D399" s="1" t="s">
+        <v>1301</v>
+      </c>
+      <c r="E399" s="1" t="s">
+        <v>1302</v>
+      </c>
+      <c r="F399" t="s">
+        <v>1303</v>
+      </c>
+    </row>
+    <row r="400" spans="1:6">
+      <c r="A400">
+        <v>24</v>
+      </c>
+      <c r="B400" t="s">
+        <v>1155</v>
+      </c>
+      <c r="C400" s="1" t="s">
+        <v>1304</v>
+      </c>
+      <c r="D400" s="1" t="s">
+        <v>1157</v>
+      </c>
+      <c r="E400" s="1" t="s">
+        <v>1305</v>
+      </c>
+      <c r="F400" t="s">
+        <v>1306</v>
+      </c>
+    </row>
+    <row r="401" spans="1:6">
+      <c r="A401">
+        <v>23</v>
+      </c>
+      <c r="B401" t="s">
+        <v>1307</v>
+      </c>
+      <c r="C401" s="1" t="s">
+        <v>1308</v>
+      </c>
+      <c r="D401" s="1" t="s">
+        <v>1309</v>
+      </c>
+      <c r="E401" s="1" t="s">
+        <v>1310</v>
+      </c>
+      <c r="F401" t="s">
+        <v>1311</v>
+      </c>
+    </row>
+    <row r="402" spans="1:6">
+      <c r="A402">
+        <v>22</v>
+      </c>
+      <c r="B402" t="s">
+        <v>1312</v>
+      </c>
+      <c r="C402" s="1" t="s">
+        <v>1313</v>
+      </c>
+      <c r="D402" s="1" t="s">
+        <v>1314</v>
+      </c>
+      <c r="E402" s="1" t="s">
+        <v>1315</v>
+      </c>
+      <c r="F402" t="s">
+        <v>1316</v>
+      </c>
+    </row>
+    <row r="403" spans="1:6">
+      <c r="A403">
+        <v>21</v>
+      </c>
+      <c r="B403" t="s">
+        <v>1317</v>
+      </c>
+      <c r="C403" s="1" t="s">
+        <v>1318</v>
+      </c>
+      <c r="D403" s="1" t="s">
+        <v>1319</v>
+      </c>
+      <c r="E403" s="1" t="s">
+        <v>1320</v>
+      </c>
+      <c r="F403" t="s">
+        <v>1321</v>
+      </c>
+    </row>
+    <row r="404" spans="1:6">
+      <c r="A404">
+        <v>20</v>
+      </c>
+      <c r="B404" t="s">
+        <v>1322</v>
+      </c>
+      <c r="C404" s="1" t="s">
+        <v>1323</v>
+      </c>
+      <c r="D404" s="1" t="s">
+        <v>1324</v>
+      </c>
+      <c r="E404" s="1" t="s">
+        <v>1325</v>
+      </c>
+      <c r="F404" t="s">
+        <v>1326</v>
+      </c>
+    </row>
+    <row r="405" spans="1:6">
+      <c r="A405">
+        <v>19</v>
+      </c>
+      <c r="B405" t="s">
+        <v>1327</v>
+      </c>
+      <c r="C405" s="1" t="s">
+        <v>1328</v>
+      </c>
+      <c r="D405" s="1" t="s">
+        <v>1329</v>
+      </c>
+      <c r="E405" s="1" t="s">
+        <v>1330</v>
+      </c>
+      <c r="F405" t="s">
+        <v>1331</v>
+      </c>
+    </row>
+    <row r="406" spans="1:6">
+      <c r="A406">
+        <v>18</v>
+      </c>
+      <c r="B406" t="s">
+        <v>1332</v>
+      </c>
+      <c r="C406" s="1" t="s">
+        <v>1333</v>
+      </c>
+      <c r="D406" s="1" t="s">
+        <v>1334</v>
+      </c>
+      <c r="E406" s="1" t="s">
+        <v>1335</v>
+      </c>
+      <c r="F406" t="s">
+        <v>1336</v>
+      </c>
+    </row>
+    <row r="407" spans="1:6">
+      <c r="A407">
+        <v>17</v>
+      </c>
+      <c r="B407" t="s">
+        <v>1337</v>
+      </c>
+      <c r="C407" s="1" t="s">
+        <v>1333</v>
+      </c>
+      <c r="D407" s="1" t="s">
+        <v>1338</v>
+      </c>
+      <c r="E407" s="1" t="s">
+        <v>1339</v>
+      </c>
+      <c r="F407" t="s">
+        <v>1336</v>
+      </c>
+    </row>
+    <row r="408" spans="1:6">
+      <c r="A408">
+        <v>16</v>
+      </c>
+      <c r="B408" t="s">
+        <v>1340</v>
+      </c>
+      <c r="C408" s="1" t="s">
+        <v>1156</v>
+      </c>
+      <c r="D408" s="1" t="s">
+        <v>1341</v>
+      </c>
+      <c r="E408" s="1" t="s">
+        <v>1342</v>
+      </c>
+      <c r="F408" t="s">
+        <v>1343</v>
+      </c>
+    </row>
+    <row r="409" spans="1:6">
+      <c r="A409">
+        <v>15</v>
+      </c>
+      <c r="B409" t="s">
+        <v>1344</v>
+      </c>
+      <c r="C409" s="1" t="s">
+        <v>1345</v>
+      </c>
+      <c r="D409" s="1" t="s">
+        <v>1346</v>
+      </c>
+      <c r="E409" s="1" t="s">
+        <v>1347</v>
+      </c>
+      <c r="F409" t="s">
+        <v>1348</v>
+      </c>
+    </row>
+    <row r="410" spans="1:6">
+      <c r="A410">
+        <v>14</v>
+      </c>
+      <c r="B410" t="s">
+        <v>1349</v>
+      </c>
+      <c r="C410" s="1" t="s">
+        <v>1345</v>
+      </c>
+      <c r="D410" s="1" t="s">
+        <v>1346</v>
+      </c>
+      <c r="E410" s="1" t="s">
+        <v>1350</v>
+      </c>
+      <c r="F410" t="s">
+        <v>1351</v>
+      </c>
+    </row>
+    <row r="411" spans="1:6">
+      <c r="A411">
+        <v>13</v>
+      </c>
+      <c r="B411" t="s">
+        <v>1352</v>
+      </c>
+      <c r="C411" s="1" t="s">
+        <v>1353</v>
+      </c>
+      <c r="D411" s="1" t="s">
+        <v>1354</v>
+      </c>
+      <c r="E411" s="1" t="s">
+        <v>1355</v>
+      </c>
+      <c r="F411" t="s">
+        <v>1356</v>
+      </c>
+    </row>
+    <row r="412" spans="1:6">
+      <c r="A412">
+        <v>12</v>
+      </c>
+      <c r="B412" t="s">
+        <v>1357</v>
+      </c>
+      <c r="C412" s="1" t="s">
+        <v>1353</v>
+      </c>
+      <c r="D412" s="1" t="s">
+        <v>1354</v>
+      </c>
+      <c r="E412" s="1" t="s">
+        <v>1358</v>
+      </c>
+      <c r="F412" t="s">
+        <v>1359</v>
+      </c>
+    </row>
+    <row r="413" spans="1:6">
+      <c r="A413">
+        <v>11</v>
+      </c>
+      <c r="B413" t="s">
+        <v>1344</v>
+      </c>
+      <c r="C413" s="1" t="s">
+        <v>1353</v>
+      </c>
+      <c r="D413" s="1" t="s">
+        <v>1354</v>
+      </c>
+      <c r="E413" s="1" t="s">
+        <v>1360</v>
+      </c>
+      <c r="F413" t="s">
+        <v>1361</v>
+      </c>
+    </row>
+    <row r="414" spans="1:6">
+      <c r="A414">
+        <v>11</v>
+      </c>
+      <c r="B414" t="s">
+        <v>1362</v>
+      </c>
+      <c r="C414" s="1" t="s">
+        <v>1363</v>
+      </c>
+      <c r="D414" s="1" t="s">
+        <v>1197</v>
+      </c>
+      <c r="E414" s="1" t="s">
+        <v>1364</v>
+      </c>
+      <c r="F414" t="s">
+        <v>1365</v>
+      </c>
+    </row>
+    <row r="415" spans="1:6">
+      <c r="A415">
+        <v>10</v>
+      </c>
+      <c r="B415" t="s">
+        <v>1366</v>
+      </c>
+      <c r="C415" s="1" t="s">
+        <v>1353</v>
+      </c>
+      <c r="D415" s="1" t="s">
+        <v>1354</v>
+      </c>
+      <c r="E415" s="1" t="s">
+        <v>1367</v>
+      </c>
+      <c r="F415" t="s">
+        <v>1368</v>
+      </c>
+    </row>
+    <row r="416" spans="1:6">
+      <c r="A416">
+        <v>9</v>
+      </c>
+      <c r="B416" t="s">
+        <v>1369</v>
+      </c>
+      <c r="C416" s="1" t="s">
+        <v>692</v>
+      </c>
+      <c r="D416" s="1" t="s">
+        <v>1370</v>
+      </c>
+      <c r="E416" s="1" t="s">
+        <v>1371</v>
+      </c>
+      <c r="F416" t="s">
+        <v>1220</v>
+      </c>
+    </row>
+    <row r="417" spans="1:6">
+      <c r="A417">
+        <v>8</v>
+      </c>
+      <c r="B417" t="s">
+        <v>1372</v>
+      </c>
+      <c r="C417" s="1" t="s">
+        <v>1373</v>
+      </c>
+      <c r="D417" s="1" t="s">
+        <v>1374</v>
+      </c>
+      <c r="E417" s="1" t="s">
+        <v>1375</v>
+      </c>
+      <c r="F417" t="s">
+        <v>1376</v>
+      </c>
+    </row>
+    <row r="418" spans="1:6">
+      <c r="A418">
+        <v>7</v>
+      </c>
+      <c r="B418" t="s">
+        <v>1377</v>
+      </c>
+      <c r="C418" s="1" t="s">
+        <v>1378</v>
+      </c>
+      <c r="D418" s="1" t="s">
+        <v>1374</v>
+      </c>
+      <c r="E418" s="1" t="s">
+        <v>1379</v>
+      </c>
+      <c r="F418" t="s">
+        <v>1376</v>
+      </c>
+    </row>
+    <row r="419" spans="1:6">
+      <c r="A419">
+        <v>6</v>
+      </c>
+      <c r="B419" t="s">
+        <v>1380</v>
+      </c>
+      <c r="C419" s="1" t="s">
+        <v>1381</v>
+      </c>
+      <c r="D419" s="1" t="s">
+        <v>1374</v>
+      </c>
+      <c r="E419" s="1" t="s">
+        <v>1382</v>
+      </c>
+      <c r="F419" t="s">
+        <v>1376</v>
+      </c>
+    </row>
+    <row r="420" spans="1:6">
+      <c r="A420">
+        <v>4</v>
+      </c>
+      <c r="B420" t="s">
+        <v>1383</v>
+      </c>
+      <c r="C420" s="1" t="s">
+        <v>1384</v>
+      </c>
+      <c r="D420" s="1" t="s">
+        <v>1374</v>
+      </c>
+      <c r="E420" s="1" t="s">
+        <v>1385</v>
+      </c>
+      <c r="F420" t="s">
+        <v>1376</v>
+      </c>
+    </row>
+    <row r="421" spans="1:6">
+      <c r="A421">
+        <v>3</v>
+      </c>
+      <c r="B421" t="s">
+        <v>1386</v>
+      </c>
+      <c r="C421" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="D421" s="1" t="s">
+        <v>1387</v>
+      </c>
+      <c r="E421" s="1" t="s">
+        <v>1388</v>
+      </c>
+      <c r="F421" t="s">
+        <v>1389</v>
+      </c>
+    </row>
+    <row r="422" spans="1:6">
+      <c r="A422">
+        <v>2</v>
+      </c>
+      <c r="B422" t="s">
+        <v>1390</v>
+      </c>
+      <c r="C422" s="1" t="s">
+        <v>1250</v>
+      </c>
+      <c r="D422" s="1" t="s">
+        <v>1251</v>
+      </c>
+      <c r="E422" s="1" t="s">
+        <v>1391</v>
+      </c>
+      <c r="F422" t="s">
+        <v>1392</v>
+      </c>
+    </row>
+    <row r="423" spans="1:6">
+      <c r="A423">
         <v>1</v>
       </c>
-      <c r="B391" t="s">
-[...29 lines deleted...]
-        <v>514</v>
+      <c r="B423" t="s">
+        <v>1393</v>
+      </c>
+      <c r="C423" s="1" t="s">
+        <v>1394</v>
+      </c>
+      <c r="D423" s="1" t="s">
+        <v>1395</v>
+      </c>
+      <c r="E423" s="1" t="s">
+        <v>1396</v>
+      </c>
+      <c r="F423" t="s">
+        <v>1397</v>
+      </c>
+    </row>
+    <row r="424" spans="1:6">
+      <c r="B424" t="s">
+        <v>1398</v>
+      </c>
+      <c r="C424" s="1" t="s">
+        <v>1399</v>
+      </c>
+      <c r="D424" s="1" t="s">
+        <v>1400</v>
+      </c>
+      <c r="E424" s="1" t="s">
+        <v>1401</v>
+      </c>
+      <c r="F424" t="s">
+        <v>552</v>
+      </c>
+    </row>
+    <row r="425" spans="1:6">
+      <c r="B425" t="s">
+        <v>1402</v>
+      </c>
+      <c r="C425" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="D425" s="1" t="s">
+        <v>1403</v>
+      </c>
+      <c r="E425" s="1" t="s">
+        <v>1404</v>
+      </c>
+      <c r="F425" t="s">
+        <v>1405</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">